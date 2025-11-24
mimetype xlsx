--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ecea7389b0f46b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b34e170110949e2a98d6f83e26bfc33.psmdcp" Id="R558d6a82b59c4281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d894983f8d444ca" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8081d46339a49c29d35946c12f4aeb3.psmdcp" Id="Rb28e23cedc71420d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>