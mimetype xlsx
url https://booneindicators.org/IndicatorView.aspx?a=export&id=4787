--- v1 (2025-11-24)
+++ v2 (2026-01-10)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d894983f8d444ca" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8081d46339a49c29d35946c12f4aeb3.psmdcp" Id="Rb28e23cedc71420d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172c6fcf71d74491" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d44bead79fd45e6bd1bec9083161a59.psmdcp" Id="Rd07eb979ae09442b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -463,1780 +463,1780 @@
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Category 2</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Category 3</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Value</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>ValueMOE</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>NumeratorValue</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>NumeratorMOE</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>8938</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>0.5 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>338</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v/>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v/>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>211</x:v>
+        <x:v>8938</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v/>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>504720</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v/>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>9724</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>732.7</x:v>
+        <x:v>159.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C9" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v/>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v/>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>248</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>159.1</x:v>
+        <x:v>87.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C10" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D10" t="str">
         <x:v/>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v/>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C11" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v/>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>0.2 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v/>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>92</x:v>
+        <x:v>9724</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>87.5</x:v>
+        <x:v>732.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v/>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v/>
       </x:c>
       <x:c r="H12" t="str">
         <x:v>486881</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v>8976</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C13" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v/>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v/>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>9692</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>760</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C14" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v/>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v/>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>225</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>167</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B15" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C15" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v/>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
         <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v/>
       </x:c>
       <x:c r="H15" t="str">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v/>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>0.2 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v/>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>96</x:v>
+        <x:v>9692</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>90</x:v>
+        <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v/>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v/>
       </x:c>
       <x:c r="H17" t="str">
         <x:v>474563</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v>6397</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C18" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v/>
       </x:c>
       <x:c r="E18" t="str">
         <x:v/>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.1 %</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v/>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>9883</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>870</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C19" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v/>
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
       <x:c r="F19" t="str">
         <x:v>0.1 %</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v/>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>81</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B20" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C20" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D20" t="str">
         <x:v/>
       </x:c>
       <x:c r="E20" t="str">
         <x:v/>
       </x:c>
       <x:c r="F20" t="str">
         <x:v>0.1 %</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v/>
       </x:c>
       <x:c r="H20" t="str">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C21" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D21" t="str">
         <x:v/>
       </x:c>
       <x:c r="E21" t="str">
         <x:v/>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>0.1 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v/>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>64</x:v>
+        <x:v>9883</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>69</x:v>
+        <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C22" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D22" t="str">
         <x:v/>
       </x:c>
       <x:c r="E22" t="str">
         <x:v/>
       </x:c>
       <x:c r="F22" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v/>
       </x:c>
       <x:c r="H22" t="str">
         <x:v>460275</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v>6645</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C23" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D23" t="str">
         <x:v/>
       </x:c>
       <x:c r="E23" t="str">
         <x:v/>
       </x:c>
       <x:c r="F23" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>10024</x:v>
+        <x:v>468497</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v>7.16</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C24" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D24" t="str">
         <x:v/>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>0.2 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>0.14</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>117</x:v>
+        <x:v>10024</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>69.23</x:v>
+        <x:v>7.16</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C25" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D25" t="str">
         <x:v/>
       </x:c>
       <x:c r="E25" t="str">
         <x:v/>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>0.1 %</x:v>
+        <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>69</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v>105.8</x:v>
+        <x:v>69.23</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B26" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C26" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D26" t="str">
         <x:v/>
       </x:c>
       <x:c r="E26" t="str">
         <x:v/>
       </x:c>
       <x:c r="F26" t="str">
         <x:v>0.1 %</x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="H26" t="str">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v>108.96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C27" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v/>
       </x:c>
       <x:c r="E27" t="str">
         <x:v/>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.1 %</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>0</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>468497</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>1.19</x:v>
+        <x:v>105.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C28" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D28" t="str">
         <x:v/>
       </x:c>
       <x:c r="E28" t="str">
         <x:v/>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v/>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>9815</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v>692</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C29" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D29" t="str">
         <x:v/>
       </x:c>
       <x:c r="E29" t="str">
         <x:v/>
       </x:c>
       <x:c r="F29" t="str">
         <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v/>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>157</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v>99</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B30" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C30" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D30" t="str">
         <x:v/>
       </x:c>
       <x:c r="E30" t="str">
         <x:v/>
       </x:c>
       <x:c r="F30" t="str">
         <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v/>
       </x:c>
       <x:c r="H30" t="str">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I30" t="str">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C31" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D31" t="str">
         <x:v/>
       </x:c>
       <x:c r="E31" t="str">
         <x:v/>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>0.2 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G31" t="str">
         <x:v/>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>102</x:v>
+        <x:v>9815</x:v>
       </x:c>
       <x:c r="I31" t="str">
-        <x:v>86</x:v>
+        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C32" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D32" t="str">
         <x:v/>
       </x:c>
       <x:c r="E32" t="str">
         <x:v/>
       </x:c>
       <x:c r="F32" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G32" t="str">
         <x:v/>
       </x:c>
       <x:c r="H32" t="str">
         <x:v>472098</x:v>
       </x:c>
       <x:c r="I32" t="str">
         <x:v>5507</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C33" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D33" t="str">
         <x:v/>
       </x:c>
       <x:c r="E33" t="str">
         <x:v/>
       </x:c>
       <x:c r="F33" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v/>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>9904</x:v>
+        <x:v>470774</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v>649</x:v>
+        <x:v>5546</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C34" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D34" t="str">
         <x:v/>
       </x:c>
       <x:c r="E34" t="str">
         <x:v/>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v/>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>181</x:v>
+        <x:v>9904</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v>126</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C35" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D35" t="str">
         <x:v/>
       </x:c>
       <x:c r="E35" t="str">
         <x:v/>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>0.2 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G35" t="str">
         <x:v/>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>135</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v>115</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B36" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C36" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D36" t="str">
         <x:v/>
       </x:c>
       <x:c r="E36" t="str">
         <x:v/>
       </x:c>
       <x:c r="F36" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G36" t="str">
         <x:v/>
       </x:c>
       <x:c r="H36" t="str">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I36" t="str">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C37" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D37" t="str">
         <x:v/>
       </x:c>
       <x:c r="E37" t="str">
         <x:v/>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G37" t="str">
         <x:v/>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>470774</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>5546</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C38" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D38" t="str">
         <x:v/>
       </x:c>
       <x:c r="E38" t="str">
         <x:v/>
       </x:c>
       <x:c r="F38" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G38" t="str">
         <x:v/>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>9550</x:v>
+        <x:v>463649</x:v>
       </x:c>
       <x:c r="I38" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C39" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D39" t="str">
         <x:v/>
       </x:c>
       <x:c r="E39" t="str">
         <x:v/>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G39" t="str">
         <x:v/>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>219</x:v>
+        <x:v>9550</x:v>
       </x:c>
       <x:c r="I39" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C40" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D40" t="str">
         <x:v/>
       </x:c>
       <x:c r="E40" t="str">
         <x:v/>
       </x:c>
       <x:c r="F40" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G40" t="str">
         <x:v/>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>179</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I40" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C41" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D41" t="str">
         <x:v/>
       </x:c>
       <x:c r="E41" t="str">
         <x:v/>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G41" t="str">
         <x:v/>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>169</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I41" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C42" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D42" t="str">
         <x:v/>
       </x:c>
       <x:c r="E42" t="str">
         <x:v/>
       </x:c>
       <x:c r="F42" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G42" t="str">
         <x:v/>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>463649</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I42" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C43" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D43" t="str">
         <x:v/>
       </x:c>
       <x:c r="E43" t="str">
         <x:v/>
       </x:c>
       <x:c r="F43" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G43" t="str">
         <x:v/>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>10554</x:v>
+        <x:v>508997</x:v>
       </x:c>
       <x:c r="I43" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C44" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D44" t="str">
         <x:v/>
       </x:c>
       <x:c r="E44" t="str">
         <x:v/>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G44" t="str">
         <x:v/>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>211</x:v>
+        <x:v>10554</x:v>
       </x:c>
       <x:c r="I44" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C45" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D45" t="str">
         <x:v/>
       </x:c>
       <x:c r="E45" t="str">
         <x:v/>
       </x:c>
       <x:c r="F45" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G45" t="str">
         <x:v/>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>186</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I45" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B46" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C46" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D46" t="str">
         <x:v/>
       </x:c>
       <x:c r="E46" t="str">
         <x:v/>
       </x:c>
       <x:c r="F46" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G46" t="str">
         <x:v/>
       </x:c>
       <x:c r="H46" t="str">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I46" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C47" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D47" t="str">
         <x:v/>
       </x:c>
       <x:c r="E47" t="str">
         <x:v/>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G47" t="str">
         <x:v/>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>508997</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I47" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9">
       <x:c r="A48" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C48" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D48" t="str">
         <x:v/>
       </x:c>
       <x:c r="E48" t="str">
         <x:v/>
       </x:c>
       <x:c r="F48" t="str">
         <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G48" t="str">
         <x:v/>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>11121</x:v>
+        <x:v>537459</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v>753</x:v>
+        <x:v>6589</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9">
       <x:c r="A49" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C49" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D49" t="str">
         <x:v/>
       </x:c>
       <x:c r="E49" t="str">
         <x:v/>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G49" t="str">
         <x:v/>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>187</x:v>
+        <x:v>11121</x:v>
       </x:c>
       <x:c r="I49" t="str">
-        <x:v>88</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9">
       <x:c r="A50" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C50" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D50" t="str">
         <x:v/>
       </x:c>
       <x:c r="E50" t="str">
         <x:v/>
       </x:c>
       <x:c r="F50" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G50" t="str">
         <x:v/>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>165</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9">
       <x:c r="A51" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B51" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C51" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D51" t="str">
         <x:v/>
       </x:c>
       <x:c r="E51" t="str">
         <x:v/>
       </x:c>
       <x:c r="F51" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G51" t="str">
         <x:v/>
       </x:c>
       <x:c r="H51" t="str">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I51" t="str">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9">
       <x:c r="A52" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C52" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D52" t="str">
         <x:v/>
       </x:c>
       <x:c r="E52" t="str">
         <x:v/>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>0.5 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G52" t="str">
         <x:v/>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>537459</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I52" t="str">
-        <x:v>6589</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9">
       <x:c r="A53" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C53" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D53" t="str">
         <x:v/>
       </x:c>
       <x:c r="E53" t="str">
         <x:v/>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>0.5 %</x:v>
+        <x:v>0.6 %</x:v>
       </x:c>
       <x:c r="G53" t="str">
         <x:v/>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>11722</x:v>
+        <x:v>639418</x:v>
       </x:c>
       <x:c r="I53" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9">
       <x:c r="A54" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C54" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D54" t="str">
         <x:v/>
       </x:c>
       <x:c r="E54" t="str">
         <x:v/>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G54" t="str">
         <x:v/>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>204</x:v>
+        <x:v>11722</x:v>
       </x:c>
       <x:c r="I54" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9">
       <x:c r="A55" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C55" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D55" t="str">
         <x:v/>
       </x:c>
       <x:c r="E55" t="str">
         <x:v/>
       </x:c>
       <x:c r="F55" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G55" t="str">
         <x:v/>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>184</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I55" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9">
       <x:c r="A56" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C56" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D56" t="str">
         <x:v/>
       </x:c>
       <x:c r="E56" t="str">
         <x:v/>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G56" t="str">
         <x:v/>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>164</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I56" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9">
       <x:c r="A57" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C57" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D57" t="str">
         <x:v/>
       </x:c>
       <x:c r="E57" t="str">
         <x:v/>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>0.6 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G57" t="str">
         <x:v/>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>639418</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I57" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9">
       <x:c r="A58" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C58" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D58" t="str">
         <x:v/>
       </x:c>
       <x:c r="E58" t="str">
         <x:v/>
       </x:c>
       <x:c r="F58" t="str">
         <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G58" t="str">
         <x:v/>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>10783</x:v>
+        <x:v>602324</x:v>
       </x:c>
       <x:c r="I58" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9">
       <x:c r="A59" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C59" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D59" t="str">
         <x:v/>
       </x:c>
       <x:c r="E59" t="str">
         <x:v/>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G59" t="str">
         <x:v/>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>215</x:v>
+        <x:v>10783</x:v>
       </x:c>
       <x:c r="I59" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9">
       <x:c r="A60" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C60" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D60" t="str">
         <x:v/>
       </x:c>
       <x:c r="E60" t="str">
         <x:v/>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G60" t="str">
         <x:v/>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>198</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I60" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9">
       <x:c r="A61" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B61" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C61" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D61" t="str">
         <x:v/>
       </x:c>
       <x:c r="E61" t="str">
         <x:v/>
       </x:c>
       <x:c r="F61" t="str">
         <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G61" t="str">
         <x:v/>
       </x:c>
       <x:c r="H61" t="str">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I61" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9">
       <x:c r="A62" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C62" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D62" t="str">
         <x:v/>
       </x:c>
       <x:c r="E62" t="str">
         <x:v/>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>0.5 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G62" t="str">
         <x:v/>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>602324</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I62" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>