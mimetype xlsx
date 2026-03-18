--- v2 (2026-01-10)
+++ v3 (2026-03-18)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172c6fcf71d74491" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d44bead79fd45e6bd1bec9083161a59.psmdcp" Id="Rd07eb979ae09442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d46a9d939f49fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b7cfe501db04db38e64cd976acc8dd8.psmdcp" Id="R60dd2a3d348e4bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -463,1780 +463,1780 @@
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Category 2</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Category 3</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Value</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>ValueMOE</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>NumeratorValue</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>NumeratorMOE</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>0.5 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>338</x:v>
+        <x:v>8938</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>211</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v/>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v/>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>8938</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v/>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>504720</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v/>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>248</x:v>
+        <x:v>9724</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>159.1</x:v>
+        <x:v>732.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C9" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v/>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>0.2 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v/>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>92</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>87.5</x:v>
+        <x:v>159.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C10" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D10" t="str">
         <x:v/>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v/>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C11" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v/>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v/>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>9724</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>732.7</x:v>
+        <x:v>87.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v/>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v/>
       </x:c>
       <x:c r="H12" t="str">
         <x:v>486881</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v>8976</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C13" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v/>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v/>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>225</x:v>
+        <x:v>9692</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>167</x:v>
+        <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C14" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v/>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>0.2 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v/>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>96</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>90</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B15" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C15" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v/>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
         <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v/>
       </x:c>
       <x:c r="H15" t="str">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v/>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v/>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>9692</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>760</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v/>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v/>
       </x:c>
       <x:c r="H17" t="str">
         <x:v>474563</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v>6397</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C18" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v/>
       </x:c>
       <x:c r="E18" t="str">
         <x:v/>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>0.1 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v/>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>81</x:v>
+        <x:v>9883</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>74</x:v>
+        <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C19" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v/>
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
       <x:c r="F19" t="str">
         <x:v>0.1 %</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v/>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>64</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B20" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C20" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D20" t="str">
         <x:v/>
       </x:c>
       <x:c r="E20" t="str">
         <x:v/>
       </x:c>
       <x:c r="F20" t="str">
         <x:v>0.1 %</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v/>
       </x:c>
       <x:c r="H20" t="str">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C21" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D21" t="str">
         <x:v/>
       </x:c>
       <x:c r="E21" t="str">
         <x:v/>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.1 %</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v/>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>9883</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>870</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C22" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D22" t="str">
         <x:v/>
       </x:c>
       <x:c r="E22" t="str">
         <x:v/>
       </x:c>
       <x:c r="F22" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v/>
       </x:c>
       <x:c r="H22" t="str">
         <x:v>460275</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v>6645</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C23" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D23" t="str">
         <x:v/>
       </x:c>
       <x:c r="E23" t="str">
         <x:v/>
       </x:c>
       <x:c r="F23" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>0</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>468497</x:v>
+        <x:v>10024</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v>1.19</x:v>
+        <x:v>7.16</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C24" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D24" t="str">
         <x:v/>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>0.03</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>10024</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>7.16</x:v>
+        <x:v>69.23</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C25" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D25" t="str">
         <x:v/>
       </x:c>
       <x:c r="E25" t="str">
         <x:v/>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>0.2 %</x:v>
+        <x:v>0.1 %</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>0.14</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>117</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v>69.23</x:v>
+        <x:v>105.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B26" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C26" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D26" t="str">
         <x:v/>
       </x:c>
       <x:c r="E26" t="str">
         <x:v/>
       </x:c>
       <x:c r="F26" t="str">
         <x:v>0.1 %</x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="H26" t="str">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v>108.96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C27" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v/>
       </x:c>
       <x:c r="E27" t="str">
         <x:v/>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>0.1 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>0.11</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>69</x:v>
+        <x:v>468497</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>105.8</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C28" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D28" t="str">
         <x:v/>
       </x:c>
       <x:c r="E28" t="str">
         <x:v/>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>0.2 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v/>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>157</x:v>
+        <x:v>9815</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v>99</x:v>
+        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C29" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D29" t="str">
         <x:v/>
       </x:c>
       <x:c r="E29" t="str">
         <x:v/>
       </x:c>
       <x:c r="F29" t="str">
         <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v/>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>102</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v>86</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B30" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C30" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D30" t="str">
         <x:v/>
       </x:c>
       <x:c r="E30" t="str">
         <x:v/>
       </x:c>
       <x:c r="F30" t="str">
         <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v/>
       </x:c>
       <x:c r="H30" t="str">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I30" t="str">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C31" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D31" t="str">
         <x:v/>
       </x:c>
       <x:c r="E31" t="str">
         <x:v/>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G31" t="str">
         <x:v/>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>9815</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I31" t="str">
-        <x:v>692</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C32" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D32" t="str">
         <x:v/>
       </x:c>
       <x:c r="E32" t="str">
         <x:v/>
       </x:c>
       <x:c r="F32" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G32" t="str">
         <x:v/>
       </x:c>
       <x:c r="H32" t="str">
         <x:v>472098</x:v>
       </x:c>
       <x:c r="I32" t="str">
         <x:v>5507</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C33" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D33" t="str">
         <x:v/>
       </x:c>
       <x:c r="E33" t="str">
         <x:v/>
       </x:c>
       <x:c r="F33" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v/>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>470774</x:v>
+        <x:v>9904</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v>5546</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C34" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D34" t="str">
         <x:v/>
       </x:c>
       <x:c r="E34" t="str">
         <x:v/>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v/>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>9904</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v>649</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C35" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D35" t="str">
         <x:v/>
       </x:c>
       <x:c r="E35" t="str">
         <x:v/>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.2 %</x:v>
       </x:c>
       <x:c r="G35" t="str">
         <x:v/>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>181</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v>126</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B36" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C36" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D36" t="str">
         <x:v/>
       </x:c>
       <x:c r="E36" t="str">
         <x:v/>
       </x:c>
       <x:c r="F36" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G36" t="str">
         <x:v/>
       </x:c>
       <x:c r="H36" t="str">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I36" t="str">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C37" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D37" t="str">
         <x:v/>
       </x:c>
       <x:c r="E37" t="str">
         <x:v/>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>0.2 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G37" t="str">
         <x:v/>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>135</x:v>
+        <x:v>470774</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>115</x:v>
+        <x:v>5546</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C38" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D38" t="str">
         <x:v/>
       </x:c>
       <x:c r="E38" t="str">
         <x:v/>
       </x:c>
       <x:c r="F38" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G38" t="str">
         <x:v/>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>463649</x:v>
+        <x:v>9550</x:v>
       </x:c>
       <x:c r="I38" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C39" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D39" t="str">
         <x:v/>
       </x:c>
       <x:c r="E39" t="str">
         <x:v/>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G39" t="str">
         <x:v/>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>9550</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I39" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C40" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D40" t="str">
         <x:v/>
       </x:c>
       <x:c r="E40" t="str">
         <x:v/>
       </x:c>
       <x:c r="F40" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G40" t="str">
         <x:v/>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>219</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I40" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C41" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D41" t="str">
         <x:v/>
       </x:c>
       <x:c r="E41" t="str">
         <x:v/>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G41" t="str">
         <x:v/>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>179</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I41" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C42" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D42" t="str">
         <x:v/>
       </x:c>
       <x:c r="E42" t="str">
         <x:v/>
       </x:c>
       <x:c r="F42" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G42" t="str">
         <x:v/>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>169</x:v>
+        <x:v>463649</x:v>
       </x:c>
       <x:c r="I42" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C43" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D43" t="str">
         <x:v/>
       </x:c>
       <x:c r="E43" t="str">
         <x:v/>
       </x:c>
       <x:c r="F43" t="str">
         <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G43" t="str">
         <x:v/>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>508997</x:v>
+        <x:v>10554</x:v>
       </x:c>
       <x:c r="I43" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C44" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D44" t="str">
         <x:v/>
       </x:c>
       <x:c r="E44" t="str">
         <x:v/>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G44" t="str">
         <x:v/>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>10554</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I44" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C45" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D45" t="str">
         <x:v/>
       </x:c>
       <x:c r="E45" t="str">
         <x:v/>
       </x:c>
       <x:c r="F45" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G45" t="str">
         <x:v/>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>211</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I45" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B46" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C46" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D46" t="str">
         <x:v/>
       </x:c>
       <x:c r="E46" t="str">
         <x:v/>
       </x:c>
       <x:c r="F46" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G46" t="str">
         <x:v/>
       </x:c>
       <x:c r="H46" t="str">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I46" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C47" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D47" t="str">
         <x:v/>
       </x:c>
       <x:c r="E47" t="str">
         <x:v/>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G47" t="str">
         <x:v/>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>186</x:v>
+        <x:v>508997</x:v>
       </x:c>
       <x:c r="I47" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9">
       <x:c r="A48" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C48" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D48" t="str">
         <x:v/>
       </x:c>
       <x:c r="E48" t="str">
         <x:v/>
       </x:c>
       <x:c r="F48" t="str">
         <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G48" t="str">
         <x:v/>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>537459</x:v>
+        <x:v>11121</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v>6589</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9">
       <x:c r="A49" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C49" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D49" t="str">
         <x:v/>
       </x:c>
       <x:c r="E49" t="str">
         <x:v/>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>0.5 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G49" t="str">
         <x:v/>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>11121</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I49" t="str">
-        <x:v>753</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9">
       <x:c r="A50" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C50" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D50" t="str">
         <x:v/>
       </x:c>
       <x:c r="E50" t="str">
         <x:v/>
       </x:c>
       <x:c r="F50" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G50" t="str">
         <x:v/>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>187</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9">
       <x:c r="A51" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B51" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C51" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D51" t="str">
         <x:v/>
       </x:c>
       <x:c r="E51" t="str">
         <x:v/>
       </x:c>
       <x:c r="F51" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G51" t="str">
         <x:v/>
       </x:c>
       <x:c r="H51" t="str">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I51" t="str">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9">
       <x:c r="A52" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C52" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D52" t="str">
         <x:v/>
       </x:c>
       <x:c r="E52" t="str">
         <x:v/>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G52" t="str">
         <x:v/>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>165</x:v>
+        <x:v>537459</x:v>
       </x:c>
       <x:c r="I52" t="str">
-        <x:v>85</x:v>
+        <x:v>6589</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9">
       <x:c r="A53" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C53" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D53" t="str">
         <x:v/>
       </x:c>
       <x:c r="E53" t="str">
         <x:v/>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>0.6 %</x:v>
+        <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G53" t="str">
         <x:v/>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>639418</x:v>
+        <x:v>11722</x:v>
       </x:c>
       <x:c r="I53" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9">
       <x:c r="A54" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C54" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D54" t="str">
         <x:v/>
       </x:c>
       <x:c r="E54" t="str">
         <x:v/>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>0.5 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G54" t="str">
         <x:v/>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>11722</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I54" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9">
       <x:c r="A55" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C55" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D55" t="str">
         <x:v/>
       </x:c>
       <x:c r="E55" t="str">
         <x:v/>
       </x:c>
       <x:c r="F55" t="str">
         <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G55" t="str">
         <x:v/>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>204</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I55" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9">
       <x:c r="A56" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C56" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D56" t="str">
         <x:v/>
       </x:c>
       <x:c r="E56" t="str">
         <x:v/>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G56" t="str">
         <x:v/>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>184</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I56" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9">
       <x:c r="A57" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C57" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D57" t="str">
         <x:v/>
       </x:c>
       <x:c r="E57" t="str">
         <x:v/>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.6 %</x:v>
       </x:c>
       <x:c r="G57" t="str">
         <x:v/>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>164</x:v>
+        <x:v>639418</x:v>
       </x:c>
       <x:c r="I57" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9">
       <x:c r="A58" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C58" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D58" t="str">
         <x:v/>
       </x:c>
       <x:c r="E58" t="str">
         <x:v/>
       </x:c>
       <x:c r="F58" t="str">
         <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G58" t="str">
         <x:v/>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>602324</x:v>
+        <x:v>10783</x:v>
       </x:c>
       <x:c r="I58" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9">
       <x:c r="A59" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C59" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D59" t="str">
         <x:v/>
       </x:c>
       <x:c r="E59" t="str">
         <x:v/>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>0.5 %</x:v>
+        <x:v>0.3 %</x:v>
       </x:c>
       <x:c r="G59" t="str">
         <x:v/>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>10783</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I59" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9">
       <x:c r="A60" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C60" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D60" t="str">
         <x:v/>
       </x:c>
       <x:c r="E60" t="str">
         <x:v/>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>0.3 %</x:v>
+        <x:v>0.4 %</x:v>
       </x:c>
       <x:c r="G60" t="str">
         <x:v/>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>215</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I60" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9">
       <x:c r="A61" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B61" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C61" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D61" t="str">
         <x:v/>
       </x:c>
       <x:c r="E61" t="str">
         <x:v/>
       </x:c>
       <x:c r="F61" t="str">
         <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G61" t="str">
         <x:v/>
       </x:c>
       <x:c r="H61" t="str">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I61" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9">
       <x:c r="A62" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C62" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D62" t="str">
         <x:v/>
       </x:c>
       <x:c r="E62" t="str">
         <x:v/>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>0.4 %</x:v>
+        <x:v>0.5 %</x:v>
       </x:c>
       <x:c r="G62" t="str">
         <x:v/>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>198</x:v>
+        <x:v>602324</x:v>
       </x:c>
       <x:c r="I62" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>