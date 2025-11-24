--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f35e51f0a94889" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/095a2c879845487a938ba2be4794e90a.psmdcp" Id="R44ace8f5d94f49d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9843f97e6654099" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed6e2432a3e54d67b9f5e8c3ae46800f.psmdcp" Id="Rd81faebba9034431" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>