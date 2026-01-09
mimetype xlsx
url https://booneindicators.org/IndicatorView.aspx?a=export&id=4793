--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9843f97e6654099" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed6e2432a3e54d67b9f5e8c3ae46800f.psmdcp" Id="Rd81faebba9034431" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086a6d0580e3458b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b47d1b8d9e474e1db2056c048974b61f.psmdcp" Id="R61a4a827905e49e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -460,1669 +460,857 @@
       </x:c>
       <x:c r="C2" t="str">
         <x:v>Category 1</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Category 2</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Category 3</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Value</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>ValueMOE</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>NumeratorValue</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>NumeratorMOE</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>18.59 per 100,000 residents</x:v>
+        <x:v>18.37 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>5810</x:v>
+        <x:v>5774</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>Under 15</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>1.14 per 100,000 residents</x:v>
+        <x:v>15.24 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>65</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>15-19</x:v>
+        <x:v>Under 15</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>14.73 per 100,000 residents</x:v>
+        <x:v>1.08 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>289</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>20-34</x:v>
+        <x:v>Under 15</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>26.12 per 100,000 residents</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>1604</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>35-64</x:v>
+        <x:v>15-19</x:v>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>24.66 per 100,000 residents</x:v>
+        <x:v>11.9 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>2864</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>65-74</x:v>
+        <x:v>15-19</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>16.66 per 100,000 residents</x:v>
+        <x:v>6.41 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>510</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B9" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C9" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>75 and older</x:v>
+        <x:v>20-34</x:v>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>21.58 per 100,000 residents</x:v>
+        <x:v>25.7 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v/>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>478</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C10" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v/>
+        <x:v>20-34</x:v>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>14.64 per 100,000 residents</x:v>
+        <x:v>19.9 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v/>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>133</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C11" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>Under 15</x:v>
+        <x:v>35-64</x:v>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v> </x:v>
+        <x:v>24.43 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v/>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v/>
+        <x:v>2829</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B12" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>15-19</x:v>
+        <x:v>35-64</x:v>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>6.8 per 100,000 residents</x:v>
+        <x:v>19.6 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v/>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>5</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C13" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>20-34</x:v>
+        <x:v>65-74</x:v>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>15.58 per 100,000 residents</x:v>
+        <x:v>17.06 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v/>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>41</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B14" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C14" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>35-64</x:v>
+        <x:v>65-74</x:v>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>20.97 per 100,000 residents</x:v>
+        <x:v>16.87 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v/>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>63</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C15" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>65-74</x:v>
+        <x:v>75 and older</x:v>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>14.08 per 100,000 residents</x:v>
+        <x:v>23.35 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v/>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>10</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v>75 and older</x:v>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>27.01 per 100,000 residents</x:v>
+        <x:v>23.06 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v/>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B17" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v/>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>18.53 per 100,000 residents</x:v>
+        <x:v>17.87 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v/>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>5768</x:v>
+        <x:v>5560</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C18" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>Under 15</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E18" t="str">
         <x:v/>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>1.1 per 100,000 residents</x:v>
+        <x:v>11.02 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v/>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>63</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B19" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C19" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>15-19</x:v>
+        <x:v>Under 15</x:v>
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>14.96 per 100,000 residents</x:v>
+        <x:v>0.99 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v/>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>293</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C20" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>20-34</x:v>
+        <x:v>Under 15</x:v>
       </x:c>
       <x:c r="E20" t="str">
         <x:v/>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>25.19 per 100,000 residents</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v/>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>1552</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I20" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B21" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C21" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>35-64</x:v>
+        <x:v>15-19</x:v>
       </x:c>
       <x:c r="E21" t="str">
         <x:v/>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>24.9 per 100,000 residents</x:v>
+        <x:v>14.95 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v/>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>2893</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C22" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>65-74</x:v>
+        <x:v>15-19</x:v>
       </x:c>
       <x:c r="E22" t="str">
         <x:v/>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>16.62 per 100,000 residents</x:v>
+        <x:v>6.98 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v/>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>494</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B23" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C23" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>75 and older</x:v>
+        <x:v>20-34</x:v>
       </x:c>
       <x:c r="E23" t="str">
         <x:v/>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>21.52 per 100,000 residents</x:v>
+        <x:v>22.36 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G23" t="str">
         <x:v/>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>473</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B24" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C24" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v/>
+        <x:v>20-34</x:v>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>13.52 per 100,000 residents</x:v>
+        <x:v>10.08 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v/>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>119</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I24" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C25" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>Under 15</x:v>
+        <x:v>35-64</x:v>
       </x:c>
       <x:c r="E25" t="str">
         <x:v/>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v> </x:v>
+        <x:v>24.68 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v/>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v/>
+        <x:v>2883</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B26" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C26" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>15-19</x:v>
+        <x:v>35-64</x:v>
       </x:c>
       <x:c r="E26" t="str">
         <x:v/>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>6.9 per 100,000 residents</x:v>
+        <x:v>14.08 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v/>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>5</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C27" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>20-34</x:v>
+        <x:v>65-74</x:v>
       </x:c>
       <x:c r="E27" t="str">
         <x:v/>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>13.58 per 100,000 residents</x:v>
+        <x:v>17.18 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v/>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>36</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I27" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B28" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C28" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>35-64</x:v>
+        <x:v>65-74</x:v>
       </x:c>
       <x:c r="E28" t="str">
         <x:v/>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>18.87 per 100,000 residents</x:v>
+        <x:v>10.05 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v/>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>56</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="I28" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C29" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>65-74</x:v>
+        <x:v>75 and older</x:v>
       </x:c>
       <x:c r="E29" t="str">
         <x:v/>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>10.42 per 100,000 residents</x:v>
+        <x:v>21.99 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v/>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>7</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I29" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B30" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C30" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D30" t="str">
         <x:v>75 and older</x:v>
       </x:c>
       <x:c r="E30" t="str">
         <x:v/>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>29.94 per 100,000 residents</x:v>
+        <x:v>32.01 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v/>
       </x:c>
       <x:c r="H30" t="str">
         <x:v>13</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v/>
-[...810 lines deleted...]
-      <x:c r="I58" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>