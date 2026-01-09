--- v2 (2026-01-09)
+++ v3 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086a6d0580e3458b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b47d1b8d9e474e1db2056c048974b61f.psmdcp" Id="R61a4a827905e49e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb4f695de4a24f68" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47c881534cf94e90ad45d9bc3c54eaaa.psmdcp" Id="R021b97177ce44ade" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>