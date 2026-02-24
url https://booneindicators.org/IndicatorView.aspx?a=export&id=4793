--- v3 (2026-01-09)
+++ v4 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb4f695de4a24f68" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47c881534cf94e90ad45d9bc3c54eaaa.psmdcp" Id="R021b97177ce44ade" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81059780f4a34a3d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7d08b7a867742d8a6db6be70d5700d2.psmdcp" Id="R480be634d8b641db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>