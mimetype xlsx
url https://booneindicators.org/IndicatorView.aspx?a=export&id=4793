--- v4 (2026-02-24)
+++ v5 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81059780f4a34a3d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7d08b7a867742d8a6db6be70d5700d2.psmdcp" Id="R480be634d8b641db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde9f5b37029c4e81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e65a21e23cf64d108f6ea008cef4fd55.psmdcp" Id="Re58544807d214123" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>