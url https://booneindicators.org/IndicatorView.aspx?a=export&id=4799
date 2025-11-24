--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra04b824018244867" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b1f2dcdb6b148a891a9a7bf52051192.psmdcp" Id="Ra05c00135523493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07da979d0f684def" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9df9a24ff36749489ed482adf5d9b2f3.psmdcp" Id="R21b1c0303d6c47da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>