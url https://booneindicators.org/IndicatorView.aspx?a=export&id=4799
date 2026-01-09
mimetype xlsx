--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07da979d0f684def" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9df9a24ff36749489ed482adf5d9b2f3.psmdcp" Id="R21b1c0303d6c47da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R412c63cdd7eb4906" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1ede017b6f54fdfa281611cac2e84f0.psmdcp" Id="R53046aa83c6e48d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -579,150 +579,150 @@
       </x:c>
       <x:c r="D6" t="str">
         <x:v/>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>23.54 %</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
         <x:v/>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v/>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>34.36 %</x:v>
+        <x:v>26.52 %</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
         <x:v/>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v/>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>26.52 %</x:v>
+        <x:v>34.36 %</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
         <x:v/>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C9" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v/>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>20.36 %</x:v>
+        <x:v>13.26 %</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v/>
       </x:c>
       <x:c r="H9" t="str">
         <x:v/>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C10" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D10" t="str">
         <x:v/>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>13.26 %</x:v>
+        <x:v>20.36 %</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v/>
       </x:c>
       <x:c r="H10" t="str">
         <x:v/>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>