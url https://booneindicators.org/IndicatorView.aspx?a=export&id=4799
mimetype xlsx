--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R412c63cdd7eb4906" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1ede017b6f54fdfa281611cac2e84f0.psmdcp" Id="R53046aa83c6e48d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec811eddc5374e08" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a455c988e8914cae91ba8f06cef84991.psmdcp" Id="R1ee7c28c5b394b88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>