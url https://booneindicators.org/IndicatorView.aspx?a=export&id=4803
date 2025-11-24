--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4adf0d06f08d4c72" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/168208a2ed5146f997730625f70625de.psmdcp" Id="R93d7026fa8f647a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf92ff8c1d0e14bc8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f24a11f46774b61b7ece83a34d1683c.psmdcp" Id="Rea4abf0c84ab4a04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>