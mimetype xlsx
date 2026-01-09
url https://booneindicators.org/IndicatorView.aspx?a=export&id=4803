--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf92ff8c1d0e14bc8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f24a11f46774b61b7ece83a34d1683c.psmdcp" Id="Rea4abf0c84ab4a04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21168aa996444bf3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d8acc464dcf4bffabccb49082d35d40.psmdcp" Id="R6aac6c2c35334590" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -463,4016 +463,4016 @@
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Category 2</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Category 3</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Value</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>ValueMOE</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>NumeratorValue</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>NumeratorMOE</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>6168181 </x:v>
+        <x:v>332387540 </x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
         <x:v/>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>18-64</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>60.0255 %</x:v>
+        <x:v>6168181 </x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>3702481</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>6258.8009</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>22.5 %</x:v>
+        <x:v>185874 </x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>1386571</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>17.5 %</x:v>
+        <x:v>127200 </x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>1079129</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>5-17</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>16.6444 %</x:v>
+        <x:v>155714 </x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>1026656</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>5696.8534</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v/>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>185874 </x:v>
+        <x:v>16.4583 %</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v/>
+        <x:v>54705339</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v/>
+        <x:v>46484.7467</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C9" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>18-64</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>66.5892 %</x:v>
+        <x:v>16.6444 %</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v/>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>123772</x:v>
+        <x:v>1026656</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>1014.7965</x:v>
+        <x:v>5696.8534</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C10" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>20.3 %</x:v>
+        <x:v>14.8558 %</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v/>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>37772</x:v>
+        <x:v>27613</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v/>
+        <x:v>844.2417</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C11" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>13.1 %</x:v>
+        <x:v>13.7704 %</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v/>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>24330</x:v>
+        <x:v>17516</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v/>
+        <x:v>954.0597</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v>5-17</x:v>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>14.8558 %</x:v>
+        <x:v>14.3526 %</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v/>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>27613</x:v>
+        <x:v>22349</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>844.2417</x:v>
+        <x:v>899.4209</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C13" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>155714 </x:v>
+        <x:v>22.2 %</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v/>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v/>
+        <x:v>73645238</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C14" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>68.1204 %</x:v>
+        <x:v>22.5 %</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v/>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>106073</x:v>
+        <x:v>1386571</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>1336.6065</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C15" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>19.6 %</x:v>
+        <x:v>20.3 %</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v/>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>30495</x:v>
+        <x:v>37772</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>12.3 %</x:v>
+        <x:v>19.1 %</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v/>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>19146</x:v>
+        <x:v>24325</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B17" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>5-17</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>14.3526 %</x:v>
+        <x:v>19.6 %</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v/>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>22349</x:v>
+        <x:v>30495</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>899.4209</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C18" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v/>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E18" t="str">
         <x:v/>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>127200 </x:v>
+        <x:v>61.0048 %</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v/>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v/>
+        <x:v>202772255</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v/>
+        <x:v>49440.1132</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C19" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>69.5503 %</x:v>
+        <x:v>60.0255 %</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v/>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>88468</x:v>
+        <x:v>3702481</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>1581.1897</x:v>
+        <x:v>6258.8009</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C20" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E20" t="str">
         <x:v/>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>19.1 %</x:v>
+        <x:v>66.5892 %</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v/>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>24325</x:v>
+        <x:v>123772</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v/>
+        <x:v>1014.7965</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B21" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C21" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E21" t="str">
         <x:v/>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>11.3 %</x:v>
+        <x:v>69.5503 %</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v/>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>14407</x:v>
+        <x:v>88468</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v/>
+        <x:v>1581.1897</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C22" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>5-17</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E22" t="str">
         <x:v/>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>13.7704 %</x:v>
+        <x:v>68.1204 %</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v/>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>17516</x:v>
+        <x:v>106073</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v>954.0597</x:v>
+        <x:v>1336.6065</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C23" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E23" t="str">
         <x:v/>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>332387540 </x:v>
+        <x:v>16.8 %</x:v>
       </x:c>
       <x:c r="G23" t="str">
         <x:v/>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v/>
+        <x:v>55970047</x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C24" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>61.0048 %</x:v>
+        <x:v>17.5 %</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v/>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>202772255</x:v>
+        <x:v>1079129</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>49440.1132</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C25" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E25" t="str">
         <x:v/>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>22.2 %</x:v>
+        <x:v>13.1 %</x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v/>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>73645238</x:v>
+        <x:v>24330</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C26" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D26" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E26" t="str">
         <x:v/>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>16.8 %</x:v>
+        <x:v>11.3 %</x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v/>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>55970047</x:v>
+        <x:v>14407</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C27" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>5-17</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E27" t="str">
         <x:v/>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>16.4583 %</x:v>
+        <x:v>12.3 %</x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v/>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>54705339</x:v>
+        <x:v>19146</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>46484.7467</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C28" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D28" t="str">
         <x:v/>
       </x:c>
       <x:c r="E28" t="str">
         <x:v/>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>6154422 </x:v>
+        <x:v>331097593 </x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v/>
       </x:c>
       <x:c r="H28" t="str">
         <x:v/>
       </x:c>
       <x:c r="I28" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B29" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C29" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>18-64</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E29" t="str">
         <x:v/>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>60.4031 %</x:v>
+        <x:v>6154422 </x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v/>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>3717464</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v>6502.2545</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C30" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E30" t="str">
         <x:v/>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>22.3 %</x:v>
+        <x:v>184043 </x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v/>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>1374475</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I30" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C31" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E31" t="str">
         <x:v/>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>17.3 %</x:v>
+        <x:v>126172 </x:v>
       </x:c>
       <x:c r="G31" t="str">
         <x:v/>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>1062483</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I31" t="str">
-        <x:v>724</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C32" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>5-17</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E32" t="str">
         <x:v/>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>16.4808 %</x:v>
+        <x:v>154797 </x:v>
       </x:c>
       <x:c r="G32" t="str">
         <x:v/>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>1014300</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I32" t="str">
-        <x:v>5311.6397</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C33" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v/>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E33" t="str">
         <x:v/>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>184043 </x:v>
+        <x:v>16.3724 %</x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v/>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v/>
+        <x:v>54208780</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v/>
+        <x:v>43874.006</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C34" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>18-64</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E34" t="str">
         <x:v/>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>67.0164 %</x:v>
+        <x:v>16.4808 %</x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v/>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>123339</x:v>
+        <x:v>1014300</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v>1005.5223</x:v>
+        <x:v>5311.6397</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B35" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C35" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E35" t="str">
         <x:v/>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>20.1 %</x:v>
+        <x:v>14.5781 %</x:v>
       </x:c>
       <x:c r="G35" t="str">
         <x:v/>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>36938</x:v>
+        <x:v>26830</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v>934.7</x:v>
+        <x:v>934.099</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C36" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E36" t="str">
         <x:v/>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>12.9 %</x:v>
+        <x:v>13.61 %</x:v>
       </x:c>
       <x:c r="G36" t="str">
         <x:v/>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>23766</x:v>
+        <x:v>17172</x:v>
       </x:c>
       <x:c r="I36" t="str">
-        <x:v>97</x:v>
+        <x:v>922.6261</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C37" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D37" t="str">
         <x:v>5-17</x:v>
       </x:c>
       <x:c r="E37" t="str">
         <x:v/>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>14.5781 %</x:v>
+        <x:v>14.1372 %</x:v>
       </x:c>
       <x:c r="G37" t="str">
         <x:v/>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>26830</x:v>
+        <x:v>21884</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>934.099</x:v>
+        <x:v>952.3581</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C38" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E38" t="str">
         <x:v/>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>154797 </x:v>
+        <x:v>22.1 %</x:v>
       </x:c>
       <x:c r="G38" t="str">
         <x:v/>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v/>
+        <x:v>73213705</x:v>
       </x:c>
       <x:c r="I38" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C39" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E39" t="str">
         <x:v/>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>68.3909 %</x:v>
+        <x:v>22.3 %</x:v>
       </x:c>
       <x:c r="G39" t="str">
         <x:v/>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>105867</x:v>
+        <x:v>1374475</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v>1331.1243</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C40" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D40" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E40" t="str">
         <x:v/>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>19.5 %</x:v>
+        <x:v>20.1 %</x:v>
       </x:c>
       <x:c r="G40" t="str">
         <x:v/>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>30188</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="I40" t="str">
-        <x:v/>
+        <x:v>934.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C41" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E41" t="str">
         <x:v/>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>12.1 %</x:v>
+        <x:v>19 %</x:v>
       </x:c>
       <x:c r="G41" t="str">
         <x:v/>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>18742</x:v>
+        <x:v>23915</x:v>
       </x:c>
       <x:c r="I41" t="str">
-        <x:v>489</x:v>
+        <x:v>981.7</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B42" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C42" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>5-17</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E42" t="str">
         <x:v/>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>14.1372 %</x:v>
+        <x:v>19.5 %</x:v>
       </x:c>
       <x:c r="G42" t="str">
         <x:v/>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>21884</x:v>
+        <x:v>30188</x:v>
       </x:c>
       <x:c r="I42" t="str">
-        <x:v>952.3581</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C43" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D43" t="str">
-        <x:v/>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E43" t="str">
         <x:v/>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>126172 </x:v>
+        <x:v>61.3554 %</x:v>
       </x:c>
       <x:c r="G43" t="str">
         <x:v/>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v/>
+        <x:v>203146240</x:v>
       </x:c>
       <x:c r="I43" t="str">
-        <x:v/>
+        <x:v>45695.0826</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C44" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D44" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E44" t="str">
         <x:v/>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>69.9886 %</x:v>
+        <x:v>60.4031 %</x:v>
       </x:c>
       <x:c r="G44" t="str">
         <x:v/>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>88306</x:v>
+        <x:v>3717464</x:v>
       </x:c>
       <x:c r="I44" t="str">
-        <x:v>1590.5817</x:v>
+        <x:v>6502.2545</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C45" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E45" t="str">
         <x:v/>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>19 %</x:v>
+        <x:v>67.0164 %</x:v>
       </x:c>
       <x:c r="G45" t="str">
         <x:v/>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>23915</x:v>
+        <x:v>123339</x:v>
       </x:c>
       <x:c r="I45" t="str">
-        <x:v>981.7</x:v>
+        <x:v>1005.5223</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B46" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C46" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E46" t="str">
         <x:v/>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>11.1 %</x:v>
+        <x:v>69.9886 %</x:v>
       </x:c>
       <x:c r="G46" t="str">
         <x:v/>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>13951</x:v>
+        <x:v>88306</x:v>
       </x:c>
       <x:c r="I46" t="str">
-        <x:v>660</x:v>
+        <x:v>1590.5817</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C47" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>5-17</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E47" t="str">
         <x:v/>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>13.61 %</x:v>
+        <x:v>68.3909 %</x:v>
       </x:c>
       <x:c r="G47" t="str">
         <x:v/>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>17172</x:v>
+        <x:v>105867</x:v>
       </x:c>
       <x:c r="I47" t="str">
-        <x:v>922.6261</x:v>
+        <x:v>1331.1243</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9">
       <x:c r="A48" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B48" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C48" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E48" t="str">
         <x:v/>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v>331097593 </x:v>
+        <x:v>16.5 %</x:v>
       </x:c>
       <x:c r="G48" t="str">
         <x:v/>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v/>
+        <x:v>54737648</x:v>
       </x:c>
       <x:c r="I48" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9">
       <x:c r="A49" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C49" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E49" t="str">
         <x:v/>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>61.3554 %</x:v>
+        <x:v>17.3 %</x:v>
       </x:c>
       <x:c r="G49" t="str">
         <x:v/>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>203146240</x:v>
+        <x:v>1062483</x:v>
       </x:c>
       <x:c r="I49" t="str">
-        <x:v>45695.0826</x:v>
+        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9">
       <x:c r="A50" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C50" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E50" t="str">
         <x:v/>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>22.1 %</x:v>
+        <x:v>12.9 %</x:v>
       </x:c>
       <x:c r="G50" t="str">
         <x:v/>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>73213705</x:v>
+        <x:v>23766</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v/>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9">
       <x:c r="A51" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C51" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D51" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E51" t="str">
         <x:v/>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>16.5 %</x:v>
+        <x:v>11.1 %</x:v>
       </x:c>
       <x:c r="G51" t="str">
         <x:v/>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>54737648</x:v>
+        <x:v>13951</x:v>
       </x:c>
       <x:c r="I51" t="str">
-        <x:v/>
+        <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9">
       <x:c r="A52" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C52" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>5-17</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E52" t="str">
         <x:v/>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>16.3724 %</x:v>
+        <x:v>12.1 %</x:v>
       </x:c>
       <x:c r="G52" t="str">
         <x:v/>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>54208780</x:v>
+        <x:v>18742</x:v>
       </x:c>
       <x:c r="I52" t="str">
-        <x:v>43874.006</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9">
       <x:c r="A53" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C53" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D53" t="str">
         <x:v/>
       </x:c>
       <x:c r="E53" t="str">
         <x:v/>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>6141534 </x:v>
+        <x:v>329725472 </x:v>
       </x:c>
       <x:c r="G53" t="str">
         <x:v/>
       </x:c>
       <x:c r="H53" t="str">
         <x:v/>
       </x:c>
       <x:c r="I53" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9">
       <x:c r="A54" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B54" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C54" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>18-64</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E54" t="str">
         <x:v/>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>60.5 %</x:v>
+        <x:v>6141534 </x:v>
       </x:c>
       <x:c r="G54" t="str">
         <x:v/>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>3715323</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I54" t="str">
-        <x:v>6536</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9">
       <x:c r="A55" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C55" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E55" t="str">
         <x:v/>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>22.7 %</x:v>
+        <x:v>182170 </x:v>
       </x:c>
       <x:c r="G55" t="str">
         <x:v/>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>1392375</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I55" t="str">
-        <x:v>5487</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9">
       <x:c r="A56" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C56" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E56" t="str">
         <x:v/>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>16.8 %</x:v>
+        <x:v>124342 </x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v/>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>1033836</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v>724</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9">
       <x:c r="A57" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C57" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>5-17</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E57" t="str">
         <x:v/>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>16.7 %</x:v>
+        <x:v>153193 </x:v>
       </x:c>
       <x:c r="G57" t="str">
-        <x:v/>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>1025243</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I57" t="str">
-        <x:v>5414</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9">
       <x:c r="A58" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C58" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v/>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E58" t="str">
         <x:v/>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>182170 </x:v>
+        <x:v>16.6 %</x:v>
       </x:c>
       <x:c r="G58" t="str">
         <x:v/>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v/>
+        <x:v>54810954</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v/>
+        <x:v>43716</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9">
       <x:c r="A59" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C59" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>18-64</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E59" t="str">
         <x:v/>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>68.5 %</x:v>
+        <x:v>16.7 %</x:v>
       </x:c>
       <x:c r="G59" t="str">
         <x:v/>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>104931</x:v>
+        <x:v>1025243</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v>1400</x:v>
+        <x:v>5414</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9">
       <x:c r="A60" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B60" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C60" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E60" t="str">
         <x:v/>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>20.6 %</x:v>
+        <x:v>14.9 %</x:v>
       </x:c>
       <x:c r="G60" t="str">
         <x:v/>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>37472</x:v>
+        <x:v>27121</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v>1041</x:v>
+        <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9">
       <x:c r="A61" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C61" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E61" t="str">
         <x:v/>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>12.5 %</x:v>
+        <x:v>13.5 %</x:v>
       </x:c>
       <x:c r="G61" t="str">
         <x:v/>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>22750</x:v>
+        <x:v>16736</x:v>
       </x:c>
       <x:c r="I61" t="str">
-        <x:v>94</x:v>
+        <x:v>973</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9">
       <x:c r="A62" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C62" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D62" t="str">
         <x:v>5-17</x:v>
       </x:c>
       <x:c r="E62" t="str">
         <x:v/>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>14.9 %</x:v>
+        <x:v>14.2 %</x:v>
       </x:c>
       <x:c r="G62" t="str">
         <x:v/>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>27121</x:v>
+        <x:v>21756</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v>1035</x:v>
+        <x:v>1006</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9">
       <x:c r="A63" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C63" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E63" t="str">
         <x:v/>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>153193 </x:v>
+        <x:v>22.5 %</x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>985</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v/>
+        <x:v>74234075</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v/>
+        <x:v>44123</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9">
       <x:c r="A64" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C64" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E64" t="str">
         <x:v/>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>70 %</x:v>
+        <x:v>22.7 %</x:v>
       </x:c>
       <x:c r="G64" t="str">
         <x:v/>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>87084</x:v>
+        <x:v>1392375</x:v>
       </x:c>
       <x:c r="I64" t="str">
-        <x:v>1568</x:v>
+        <x:v>5487</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9">
       <x:c r="A65" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C65" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D65" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E65" t="str">
         <x:v/>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>19.9 %</x:v>
+        <x:v>20.6 %</x:v>
       </x:c>
       <x:c r="G65" t="str">
         <x:v/>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>30432</x:v>
+        <x:v>37472</x:v>
       </x:c>
       <x:c r="I65" t="str">
-        <x:v>1059</x:v>
+        <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9">
       <x:c r="A66" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C66" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D66" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E66" t="str">
         <x:v/>
       </x:c>
       <x:c r="F66" t="str">
-        <x:v>11.6 %</x:v>
+        <x:v>19.2 %</x:v>
       </x:c>
       <x:c r="G66" t="str">
         <x:v/>
       </x:c>
       <x:c r="H66" t="str">
-        <x:v>17830</x:v>
+        <x:v>23859</x:v>
       </x:c>
       <x:c r="I66" t="str">
-        <x:v>477</x:v>
+        <x:v>1049</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9">
       <x:c r="A67" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B67" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C67" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D67" t="str">
-        <x:v>5-17</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E67" t="str">
         <x:v/>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>14.2 %</x:v>
+        <x:v>19.9 %</x:v>
       </x:c>
       <x:c r="G67" t="str">
         <x:v/>
       </x:c>
       <x:c r="H67" t="str">
-        <x:v>21756</x:v>
+        <x:v>30432</x:v>
       </x:c>
       <x:c r="I67" t="str">
-        <x:v>1006</x:v>
+        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9">
       <x:c r="A68" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C68" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D68" t="str">
-        <x:v/>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E68" t="str">
         <x:v/>
       </x:c>
       <x:c r="F68" t="str">
-        <x:v>124342 </x:v>
+        <x:v>61.4 %</x:v>
       </x:c>
       <x:c r="G68" t="str">
-        <x:v>54</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H68" t="str">
-        <x:v/>
+        <x:v>202602785</x:v>
       </x:c>
       <x:c r="I68" t="str">
-        <x:v/>
+        <x:v>46360</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9">
       <x:c r="A69" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C69" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D69" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E69" t="str">
         <x:v/>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>66.9 %</x:v>
+        <x:v>60.5 %</x:v>
       </x:c>
       <x:c r="G69" t="str">
         <x:v/>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v>121948</x:v>
+        <x:v>3715323</x:v>
       </x:c>
       <x:c r="I69" t="str">
-        <x:v>1127</x:v>
+        <x:v>6536</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9">
       <x:c r="A70" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C70" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D70" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E70" t="str">
         <x:v/>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>19.2 %</x:v>
+        <x:v>68.5 %</x:v>
       </x:c>
       <x:c r="G70" t="str">
         <x:v/>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v>23859</x:v>
+        <x:v>104931</x:v>
       </x:c>
       <x:c r="I70" t="str">
-        <x:v>1049</x:v>
+        <x:v>1400</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9">
       <x:c r="A71" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B71" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C71" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D71" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E71" t="str">
         <x:v/>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>10.8 %</x:v>
+        <x:v>66.9 %</x:v>
       </x:c>
       <x:c r="G71" t="str">
         <x:v/>
       </x:c>
       <x:c r="H71" t="str">
-        <x:v>13399</x:v>
+        <x:v>121948</x:v>
       </x:c>
       <x:c r="I71" t="str">
-        <x:v>590</x:v>
+        <x:v>1127</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9">
       <x:c r="A72" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B72" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C72" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D72" t="str">
-        <x:v>5-17</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E72" t="str">
         <x:v/>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>13.5 %</x:v>
+        <x:v>70 %</x:v>
       </x:c>
       <x:c r="G72" t="str">
         <x:v/>
       </x:c>
       <x:c r="H72" t="str">
-        <x:v>16736</x:v>
+        <x:v>87084</x:v>
       </x:c>
       <x:c r="I72" t="str">
-        <x:v>973</x:v>
+        <x:v>1568</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9">
       <x:c r="A73" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B73" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C73" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D73" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E73" t="str">
         <x:v/>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>329725472 </x:v>
+        <x:v>16 %</x:v>
       </x:c>
       <x:c r="G73" t="str">
         <x:v/>
       </x:c>
       <x:c r="H73" t="str">
-        <x:v/>
+        <x:v>52888620</x:v>
       </x:c>
       <x:c r="I73" t="str">
-        <x:v/>
+        <x:v>4019</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9">
       <x:c r="A74" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C74" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D74" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E74" t="str">
         <x:v/>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>61.4 %</x:v>
+        <x:v>16.8 %</x:v>
       </x:c>
       <x:c r="G74" t="str">
         <x:v/>
       </x:c>
       <x:c r="H74" t="str">
-        <x:v>202602785</x:v>
+        <x:v>1033836</x:v>
       </x:c>
       <x:c r="I74" t="str">
-        <x:v>46360</x:v>
+        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9">
       <x:c r="A75" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B75" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C75" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D75" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E75" t="str">
         <x:v/>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v>22.5 %</x:v>
+        <x:v>12.5 %</x:v>
       </x:c>
       <x:c r="G75" t="str">
         <x:v/>
       </x:c>
       <x:c r="H75" t="str">
-        <x:v>74234075</x:v>
+        <x:v>22750</x:v>
       </x:c>
       <x:c r="I75" t="str">
-        <x:v>44123</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9">
       <x:c r="A76" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C76" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D76" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E76" t="str">
         <x:v/>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>16 %</x:v>
+        <x:v>10.8 %</x:v>
       </x:c>
       <x:c r="G76" t="str">
         <x:v/>
       </x:c>
       <x:c r="H76" t="str">
-        <x:v>52888620</x:v>
+        <x:v>13399</x:v>
       </x:c>
       <x:c r="I76" t="str">
-        <x:v>4019</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9">
       <x:c r="A77" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C77" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D77" t="str">
-        <x:v>5-17</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E77" t="str">
         <x:v/>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>16.6 %</x:v>
+        <x:v>11.6 %</x:v>
       </x:c>
       <x:c r="G77" t="str">
         <x:v/>
       </x:c>
       <x:c r="H77" t="str">
-        <x:v>54810954</x:v>
+        <x:v>17830</x:v>
       </x:c>
       <x:c r="I77" t="str">
-        <x:v>43716</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9">
       <x:c r="A78" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B78" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C78" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D78" t="str">
         <x:v/>
       </x:c>
       <x:c r="E78" t="str">
         <x:v/>
       </x:c>
       <x:c r="F78" t="str">
-        <x:v>6124160 </x:v>
+        <x:v>326569312 </x:v>
       </x:c>
       <x:c r="G78" t="str">
         <x:v/>
       </x:c>
       <x:c r="H78" t="str">
         <x:v/>
       </x:c>
       <x:c r="I78" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9">
       <x:c r="A79" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B79" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C79" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D79" t="str">
-        <x:v>18-64</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E79" t="str">
         <x:v/>
       </x:c>
       <x:c r="F79" t="str">
-        <x:v>60.6 %</x:v>
+        <x:v>6124160 </x:v>
       </x:c>
       <x:c r="G79" t="str">
         <x:v/>
       </x:c>
       <x:c r="H79" t="str">
-        <x:v>3711353</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I79" t="str">
-        <x:v>6375.34</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9">
       <x:c r="A80" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B80" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C80" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D80" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E80" t="str">
         <x:v/>
       </x:c>
       <x:c r="F80" t="str">
-        <x:v>22.5 %</x:v>
+        <x:v>179704 </x:v>
       </x:c>
       <x:c r="G80" t="str">
         <x:v/>
       </x:c>
       <x:c r="H80" t="str">
-        <x:v>1379423</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I80" t="str">
-        <x:v>4979</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9">
       <x:c r="A81" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B81" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C81" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D81" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E81" t="str">
         <x:v/>
       </x:c>
       <x:c r="F81" t="str">
-        <x:v>16.9 %</x:v>
+        <x:v>122659 </x:v>
       </x:c>
       <x:c r="G81" t="str">
-        <x:v/>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H81" t="str">
-        <x:v>1033384</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I81" t="str">
-        <x:v>828</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9">
       <x:c r="A82" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B82" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C82" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D82" t="str">
-        <x:v>5-17</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E82" t="str">
         <x:v/>
       </x:c>
       <x:c r="F82" t="str">
-        <x:v>16.47 %</x:v>
+        <x:v>151071 </x:v>
       </x:c>
       <x:c r="G82" t="str">
-        <x:v/>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="H82" t="str">
-        <x:v>1008377</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I82" t="str">
-        <x:v>4887.87</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9">
       <x:c r="A83" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B83" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C83" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D83" t="str">
-        <x:v/>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E83" t="str">
         <x:v/>
       </x:c>
       <x:c r="F83" t="str">
-        <x:v>179704 </x:v>
+        <x:v>16.43 %</x:v>
       </x:c>
       <x:c r="G83" t="str">
         <x:v/>
       </x:c>
       <x:c r="H83" t="str">
-        <x:v/>
+        <x:v>53646546</x:v>
       </x:c>
       <x:c r="I83" t="str">
-        <x:v/>
+        <x:v>40891.57</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9">
       <x:c r="A84" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B84" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C84" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D84" t="str">
-        <x:v>18-64</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E84" t="str">
         <x:v/>
       </x:c>
       <x:c r="F84" t="str">
-        <x:v>67.41 %</x:v>
+        <x:v>16.47 %</x:v>
       </x:c>
       <x:c r="G84" t="str">
         <x:v/>
       </x:c>
       <x:c r="H84" t="str">
-        <x:v>121131</x:v>
+        <x:v>1008377</x:v>
       </x:c>
       <x:c r="I84" t="str">
-        <x:v>1106.85</x:v>
+        <x:v>4887.87</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9">
       <x:c r="A85" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B85" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C85" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D85" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E85" t="str">
         <x:v/>
       </x:c>
       <x:c r="F85" t="str">
-        <x:v>20.3 %</x:v>
+        <x:v>14.56 %</x:v>
       </x:c>
       <x:c r="G85" t="str">
         <x:v/>
       </x:c>
       <x:c r="H85" t="str">
-        <x:v>36546</x:v>
+        <x:v>26156</x:v>
       </x:c>
       <x:c r="I85" t="str">
-        <x:v>952</x:v>
+        <x:v>940.4</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9">
       <x:c r="A86" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B86" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C86" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D86" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E86" t="str">
         <x:v/>
       </x:c>
       <x:c r="F86" t="str">
-        <x:v>12.3 %</x:v>
+        <x:v>13.07 %</x:v>
       </x:c>
       <x:c r="G86" t="str">
         <x:v/>
       </x:c>
       <x:c r="H86" t="str">
-        <x:v>22027</x:v>
+        <x:v>16035</x:v>
       </x:c>
       <x:c r="I86" t="str">
-        <x:v>103</x:v>
+        <x:v>916.94</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9">
       <x:c r="A87" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B87" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C87" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D87" t="str">
         <x:v>5-17</x:v>
       </x:c>
       <x:c r="E87" t="str">
         <x:v/>
       </x:c>
       <x:c r="F87" t="str">
-        <x:v>14.56 %</x:v>
+        <x:v>13.83 %</x:v>
       </x:c>
       <x:c r="G87" t="str">
         <x:v/>
       </x:c>
       <x:c r="H87" t="str">
-        <x:v>26156</x:v>
+        <x:v>20893</x:v>
       </x:c>
       <x:c r="I87" t="str">
-        <x:v>940.4</x:v>
+        <x:v>957.99</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9">
       <x:c r="A88" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B88" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C88" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D88" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E88" t="str">
         <x:v/>
       </x:c>
       <x:c r="F88" t="str">
-        <x:v>151071 </x:v>
+        <x:v>22.4 %</x:v>
       </x:c>
       <x:c r="G88" t="str">
-        <x:v>1108</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H88" t="str">
-        <x:v/>
+        <x:v>73296738</x:v>
       </x:c>
       <x:c r="I88" t="str">
-        <x:v/>
+        <x:v>41304</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9">
       <x:c r="A89" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B89" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C89" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D89" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E89" t="str">
         <x:v/>
       </x:c>
       <x:c r="F89" t="str">
-        <x:v>68.86 %</x:v>
+        <x:v>22.5 %</x:v>
       </x:c>
       <x:c r="G89" t="str">
         <x:v/>
       </x:c>
       <x:c r="H89" t="str">
-        <x:v>104035</x:v>
+        <x:v>1379423</x:v>
       </x:c>
       <x:c r="I89" t="str">
-        <x:v>1433.24</x:v>
+        <x:v>4979</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9">
       <x:c r="A90" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B90" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C90" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D90" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E90" t="str">
         <x:v/>
       </x:c>
       <x:c r="F90" t="str">
-        <x:v>19.5 %</x:v>
+        <x:v>20.3 %</x:v>
       </x:c>
       <x:c r="G90" t="str">
         <x:v/>
       </x:c>
       <x:c r="H90" t="str">
-        <x:v>29521</x:v>
+        <x:v>36546</x:v>
       </x:c>
       <x:c r="I90" t="str">
-        <x:v>1028</x:v>
+        <x:v>952</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9">
       <x:c r="A91" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B91" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C91" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D91" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E91" t="str">
         <x:v/>
       </x:c>
       <x:c r="F91" t="str">
-        <x:v>11.6 %</x:v>
+        <x:v>18.7 %</x:v>
       </x:c>
       <x:c r="G91" t="str">
         <x:v/>
       </x:c>
       <x:c r="H91" t="str">
-        <x:v>17515</x:v>
+        <x:v>22955</x:v>
       </x:c>
       <x:c r="I91" t="str">
-        <x:v>418</x:v>
+        <x:v>1018</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9">
       <x:c r="A92" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B92" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C92" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D92" t="str">
-        <x:v>5-17</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E92" t="str">
         <x:v/>
       </x:c>
       <x:c r="F92" t="str">
-        <x:v>13.83 %</x:v>
+        <x:v>19.5 %</x:v>
       </x:c>
       <x:c r="G92" t="str">
         <x:v/>
       </x:c>
       <x:c r="H92" t="str">
-        <x:v>20893</x:v>
+        <x:v>29521</x:v>
       </x:c>
       <x:c r="I92" t="str">
-        <x:v>957.99</x:v>
+        <x:v>1028</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9">
       <x:c r="A93" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B93" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C93" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D93" t="str">
-        <x:v/>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E93" t="str">
         <x:v/>
       </x:c>
       <x:c r="F93" t="str">
-        <x:v>122659 </x:v>
+        <x:v>61.52 %</x:v>
       </x:c>
       <x:c r="G93" t="str">
-        <x:v>60</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H93" t="str">
-        <x:v/>
+        <x:v>200909753</x:v>
       </x:c>
       <x:c r="I93" t="str">
-        <x:v/>
+        <x:v>41976.76</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9">
       <x:c r="A94" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B94" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C94" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D94" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E94" t="str">
         <x:v/>
       </x:c>
       <x:c r="F94" t="str">
-        <x:v>70.26 %</x:v>
+        <x:v>60.6 %</x:v>
       </x:c>
       <x:c r="G94" t="str">
         <x:v/>
       </x:c>
       <x:c r="H94" t="str">
-        <x:v>86177</x:v>
+        <x:v>3711353</x:v>
       </x:c>
       <x:c r="I94" t="str">
-        <x:v>1655.18</x:v>
+        <x:v>6375.34</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9">
       <x:c r="A95" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B95" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C95" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D95" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E95" t="str">
         <x:v/>
       </x:c>
       <x:c r="F95" t="str">
-        <x:v>18.7 %</x:v>
+        <x:v>67.41 %</x:v>
       </x:c>
       <x:c r="G95" t="str">
         <x:v/>
       </x:c>
       <x:c r="H95" t="str">
-        <x:v>22955</x:v>
+        <x:v>121131</x:v>
       </x:c>
       <x:c r="I95" t="str">
-        <x:v>1018</x:v>
+        <x:v>1106.85</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9">
       <x:c r="A96" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B96" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C96" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D96" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E96" t="str">
         <x:v/>
       </x:c>
       <x:c r="F96" t="str">
-        <x:v>11 %</x:v>
+        <x:v>70.26 %</x:v>
       </x:c>
       <x:c r="G96" t="str">
         <x:v/>
       </x:c>
       <x:c r="H96" t="str">
-        <x:v>13527</x:v>
+        <x:v>86177</x:v>
       </x:c>
       <x:c r="I96" t="str">
-        <x:v>585</x:v>
+        <x:v>1655.18</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9">
       <x:c r="A97" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B97" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C97" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D97" t="str">
-        <x:v>5-17</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E97" t="str">
         <x:v/>
       </x:c>
       <x:c r="F97" t="str">
-        <x:v>13.07 %</x:v>
+        <x:v>68.86 %</x:v>
       </x:c>
       <x:c r="G97" t="str">
         <x:v/>
       </x:c>
       <x:c r="H97" t="str">
-        <x:v>16035</x:v>
+        <x:v>104035</x:v>
       </x:c>
       <x:c r="I97" t="str">
-        <x:v>916.94</x:v>
+        <x:v>1433.24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9">
       <x:c r="A98" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B98" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C98" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D98" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E98" t="str">
         <x:v/>
       </x:c>
       <x:c r="F98" t="str">
-        <x:v>326569312 </x:v>
+        <x:v>16 %</x:v>
       </x:c>
       <x:c r="G98" t="str">
         <x:v/>
       </x:c>
       <x:c r="H98" t="str">
-        <x:v/>
+        <x:v>52362816</x:v>
       </x:c>
       <x:c r="I98" t="str">
-        <x:v/>
+        <x:v>4792</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9">
       <x:c r="A99" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B99" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C99" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D99" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E99" t="str">
         <x:v/>
       </x:c>
       <x:c r="F99" t="str">
-        <x:v>61.52 %</x:v>
+        <x:v>16.9 %</x:v>
       </x:c>
       <x:c r="G99" t="str">
         <x:v/>
       </x:c>
       <x:c r="H99" t="str">
-        <x:v>200909753</x:v>
+        <x:v>1033384</x:v>
       </x:c>
       <x:c r="I99" t="str">
-        <x:v>41976.76</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9">
       <x:c r="A100" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B100" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C100" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D100" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E100" t="str">
         <x:v/>
       </x:c>
       <x:c r="F100" t="str">
-        <x:v>22.4 %</x:v>
+        <x:v>12.3 %</x:v>
       </x:c>
       <x:c r="G100" t="str">
         <x:v/>
       </x:c>
       <x:c r="H100" t="str">
-        <x:v>73296738</x:v>
+        <x:v>22027</x:v>
       </x:c>
       <x:c r="I100" t="str">
-        <x:v>41304</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9">
       <x:c r="A101" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B101" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C101" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D101" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E101" t="str">
         <x:v/>
       </x:c>
       <x:c r="F101" t="str">
-        <x:v>16 %</x:v>
+        <x:v>11 %</x:v>
       </x:c>
       <x:c r="G101" t="str">
         <x:v/>
       </x:c>
       <x:c r="H101" t="str">
-        <x:v>52362816</x:v>
+        <x:v>13527</x:v>
       </x:c>
       <x:c r="I101" t="str">
-        <x:v>4792</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9">
       <x:c r="A102" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B102" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C102" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D102" t="str">
-        <x:v>5-17</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E102" t="str">
         <x:v/>
       </x:c>
       <x:c r="F102" t="str">
-        <x:v>16.43 %</x:v>
+        <x:v>11.6 %</x:v>
       </x:c>
       <x:c r="G102" t="str">
         <x:v/>
       </x:c>
       <x:c r="H102" t="str">
-        <x:v>53646546</x:v>
+        <x:v>17515</x:v>
       </x:c>
       <x:c r="I102" t="str">
-        <x:v>40891.57</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9">
       <x:c r="A103" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B103" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C103" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D103" t="str">
         <x:v/>
       </x:c>
       <x:c r="E103" t="str">
         <x:v/>
       </x:c>
       <x:c r="F103" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G103" t="str">
         <x:v/>
       </x:c>
       <x:c r="H103" t="str">
-        <x:v>6104910</x:v>
+        <x:v>324697792</x:v>
       </x:c>
       <x:c r="I103" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9">
       <x:c r="A104" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B104" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C104" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D104" t="str">
-        <x:v>18-64</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E104" t="str">
         <x:v/>
       </x:c>
       <x:c r="F104" t="str">
-        <x:v>60.9 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G104" t="str">
         <x:v/>
       </x:c>
       <x:c r="H104" t="str">
-        <x:v>3716573</x:v>
+        <x:v>6104910</x:v>
       </x:c>
       <x:c r="I104" t="str">
-        <x:v>5294.24</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9">
       <x:c r="A105" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B105" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C105" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D105" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E105" t="str">
         <x:v/>
       </x:c>
       <x:c r="F105" t="str">
-        <x:v>22.6 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G105" t="str">
         <x:v/>
       </x:c>
       <x:c r="H105" t="str">
-        <x:v>1381612</x:v>
+        <x:v>177651</x:v>
       </x:c>
       <x:c r="I105" t="str">
-        <x:v>4798</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9">
       <x:c r="A106" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B106" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C106" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D106" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E106" t="str">
         <x:v/>
       </x:c>
       <x:c r="F106" t="str">
-        <x:v>16.5 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G106" t="str">
         <x:v/>
       </x:c>
       <x:c r="H106" t="str">
-        <x:v>1006725</x:v>
+        <x:v>121230</x:v>
       </x:c>
       <x:c r="I106" t="str">
-        <x:v>800</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9">
       <x:c r="A107" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B107" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C107" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D107" t="str">
-        <x:v>5-17</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E107" t="str">
         <x:v/>
       </x:c>
       <x:c r="F107" t="str">
-        <x:v>16.5 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G107" t="str">
         <x:v/>
       </x:c>
       <x:c r="H107" t="str">
-        <x:v>1010042</x:v>
+        <x:v>148952</x:v>
       </x:c>
       <x:c r="I107" t="str">
-        <x:v>4714.52</x:v>
+        <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9">
       <x:c r="A108" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B108" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C108" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D108" t="str">
-        <x:v/>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E108" t="str">
         <x:v/>
       </x:c>
       <x:c r="F108" t="str">
-        <x:v> </x:v>
+        <x:v>61.7 %</x:v>
       </x:c>
       <x:c r="G108" t="str">
         <x:v/>
       </x:c>
       <x:c r="H108" t="str">
-        <x:v>177651</x:v>
+        <x:v>200484607</x:v>
       </x:c>
       <x:c r="I108" t="str">
-        <x:v/>
+        <x:v>40280.24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9">
       <x:c r="A109" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B109" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C109" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D109" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E109" t="str">
         <x:v/>
       </x:c>
       <x:c r="F109" t="str">
-        <x:v>67.8 %</x:v>
+        <x:v>60.9 %</x:v>
       </x:c>
       <x:c r="G109" t="str">
         <x:v/>
       </x:c>
       <x:c r="H109" t="str">
-        <x:v>120512</x:v>
+        <x:v>3716573</x:v>
       </x:c>
       <x:c r="I109" t="str">
-        <x:v>930.37</x:v>
+        <x:v>5294.24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9">
       <x:c r="A110" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B110" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C110" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D110" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E110" t="str">
         <x:v/>
       </x:c>
       <x:c r="F110" t="str">
-        <x:v>20.3 %</x:v>
+        <x:v>67.8 %</x:v>
       </x:c>
       <x:c r="G110" t="str">
         <x:v/>
       </x:c>
       <x:c r="H110" t="str">
-        <x:v>36059</x:v>
+        <x:v>120512</x:v>
       </x:c>
       <x:c r="I110" t="str">
-        <x:v>913</x:v>
+        <x:v>930.37</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9">
       <x:c r="A111" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B111" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C111" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D111" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E111" t="str">
         <x:v/>
       </x:c>
       <x:c r="F111" t="str">
-        <x:v>11.9 %</x:v>
+        <x:v>71.1 %</x:v>
       </x:c>
       <x:c r="G111" t="str">
         <x:v/>
       </x:c>
       <x:c r="H111" t="str">
-        <x:v>21080</x:v>
+        <x:v>86228</x:v>
       </x:c>
       <x:c r="I111" t="str">
-        <x:v>171</x:v>
+        <x:v>1441.06</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9">
       <x:c r="A112" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B112" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C112" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D112" t="str">
-        <x:v>5-17</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E112" t="str">
         <x:v/>
       </x:c>
       <x:c r="F112" t="str">
-        <x:v>14.4 %</x:v>
+        <x:v>69.4 %</x:v>
       </x:c>
       <x:c r="G112" t="str">
         <x:v/>
       </x:c>
       <x:c r="H112" t="str">
-        <x:v>25653</x:v>
+        <x:v>103445</x:v>
       </x:c>
       <x:c r="I112" t="str">
-        <x:v>901.96</x:v>
+        <x:v>1192.93</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9">
       <x:c r="A113" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B113" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C113" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D113" t="str">
-        <x:v/>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E113" t="str">
         <x:v/>
       </x:c>
       <x:c r="F113" t="str">
-        <x:v> </x:v>
+        <x:v>16.5 %</x:v>
       </x:c>
       <x:c r="G113" t="str">
         <x:v/>
       </x:c>
       <x:c r="H113" t="str">
-        <x:v>148952</x:v>
+        <x:v>53661722</x:v>
       </x:c>
       <x:c r="I113" t="str">
-        <x:v>996</x:v>
+        <x:v>36359.99</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9">
       <x:c r="A114" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B114" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C114" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D114" t="str">
-        <x:v>18-64</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E114" t="str">
         <x:v/>
       </x:c>
       <x:c r="F114" t="str">
-        <x:v>69.4 %</x:v>
+        <x:v>16.5 %</x:v>
       </x:c>
       <x:c r="G114" t="str">
         <x:v/>
       </x:c>
       <x:c r="H114" t="str">
-        <x:v>103445</x:v>
+        <x:v>1010042</x:v>
       </x:c>
       <x:c r="I114" t="str">
-        <x:v>1192.93</x:v>
+        <x:v>4714.52</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9">
       <x:c r="A115" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B115" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C115" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D115" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E115" t="str">
         <x:v/>
       </x:c>
       <x:c r="F115" t="str">
-        <x:v>19.3 %</x:v>
+        <x:v>14.4 %</x:v>
       </x:c>
       <x:c r="G115" t="str">
         <x:v/>
       </x:c>
       <x:c r="H115" t="str">
-        <x:v>28815</x:v>
+        <x:v>25653</x:v>
       </x:c>
       <x:c r="I115" t="str">
-        <x:v>923</x:v>
+        <x:v>901.96</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9">
       <x:c r="A116" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B116" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C116" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D116" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E116" t="str">
         <x:v/>
       </x:c>
       <x:c r="F116" t="str">
-        <x:v>11.2 %</x:v>
+        <x:v>12.4 %</x:v>
       </x:c>
       <x:c r="G116" t="str">
         <x:v/>
       </x:c>
       <x:c r="H116" t="str">
-        <x:v>16692</x:v>
+        <x:v>15021</x:v>
       </x:c>
       <x:c r="I116" t="str">
-        <x:v>325</x:v>
+        <x:v>805.01</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9">
       <x:c r="A117" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B117" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C117" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D117" t="str">
         <x:v>5-17</x:v>
       </x:c>
       <x:c r="E117" t="str">
         <x:v/>
       </x:c>
       <x:c r="F117" t="str">
         <x:v>13.5 %</x:v>
       </x:c>
       <x:c r="G117" t="str">
         <x:v/>
       </x:c>
       <x:c r="H117" t="str">
         <x:v>20121</x:v>
       </x:c>
       <x:c r="I117" t="str">
         <x:v>851.92</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9">
       <x:c r="A118" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B118" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C118" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D118" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E118" t="str">
         <x:v/>
       </x:c>
       <x:c r="F118" t="str">
-        <x:v> </x:v>
+        <x:v>22.6 %</x:v>
       </x:c>
       <x:c r="G118" t="str">
         <x:v/>
       </x:c>
       <x:c r="H118" t="str">
-        <x:v>121230</x:v>
+        <x:v>73429392</x:v>
       </x:c>
       <x:c r="I118" t="str">
-        <x:v>63</x:v>
+        <x:v>36729</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9">
       <x:c r="A119" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B119" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C119" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D119" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E119" t="str">
         <x:v/>
       </x:c>
       <x:c r="F119" t="str">
-        <x:v>71.1 %</x:v>
+        <x:v>22.6 %</x:v>
       </x:c>
       <x:c r="G119" t="str">
         <x:v/>
       </x:c>
       <x:c r="H119" t="str">
-        <x:v>86228</x:v>
+        <x:v>1381612</x:v>
       </x:c>
       <x:c r="I119" t="str">
-        <x:v>1441.06</x:v>
+        <x:v>4798</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9">
       <x:c r="A120" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B120" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C120" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D120" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E120" t="str">
         <x:v/>
       </x:c>
       <x:c r="F120" t="str">
-        <x:v>18.3 %</x:v>
+        <x:v>20.3 %</x:v>
       </x:c>
       <x:c r="G120" t="str">
         <x:v/>
       </x:c>
       <x:c r="H120" t="str">
-        <x:v>22183</x:v>
+        <x:v>36059</x:v>
       </x:c>
       <x:c r="I120" t="str">
-        <x:v>905</x:v>
+        <x:v>913</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9">
       <x:c r="A121" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B121" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C121" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D121" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E121" t="str">
         <x:v/>
       </x:c>
       <x:c r="F121" t="str">
-        <x:v>10.6 %</x:v>
+        <x:v>18.3 %</x:v>
       </x:c>
       <x:c r="G121" t="str">
         <x:v/>
       </x:c>
       <x:c r="H121" t="str">
-        <x:v>12819</x:v>
+        <x:v>22183</x:v>
       </x:c>
       <x:c r="I121" t="str">
-        <x:v>532</x:v>
+        <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9">
       <x:c r="A122" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B122" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C122" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D122" t="str">
-        <x:v>5-17</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E122" t="str">
         <x:v/>
       </x:c>
       <x:c r="F122" t="str">
-        <x:v>12.4 %</x:v>
+        <x:v>19.3 %</x:v>
       </x:c>
       <x:c r="G122" t="str">
         <x:v/>
       </x:c>
       <x:c r="H122" t="str">
-        <x:v>15021</x:v>
+        <x:v>28815</x:v>
       </x:c>
       <x:c r="I122" t="str">
-        <x:v>805.01</x:v>
+        <x:v>923</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:9">
       <x:c r="A123" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B123" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C123" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D123" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E123" t="str">
         <x:v/>
       </x:c>
       <x:c r="F123" t="str">
-        <x:v> </x:v>
+        <x:v>15.6 %</x:v>
       </x:c>
       <x:c r="G123" t="str">
         <x:v/>
       </x:c>
       <x:c r="H123" t="str">
-        <x:v>324697792</x:v>
+        <x:v>50783796</x:v>
       </x:c>
       <x:c r="I123" t="str">
-        <x:v/>
+        <x:v>6127</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:9">
       <x:c r="A124" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B124" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C124" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D124" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E124" t="str">
         <x:v/>
       </x:c>
       <x:c r="F124" t="str">
-        <x:v>61.7 %</x:v>
+        <x:v>16.5 %</x:v>
       </x:c>
       <x:c r="G124" t="str">
         <x:v/>
       </x:c>
       <x:c r="H124" t="str">
-        <x:v>200484607</x:v>
+        <x:v>1006725</x:v>
       </x:c>
       <x:c r="I124" t="str">
-        <x:v>40280.24</x:v>
+        <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9">
       <x:c r="A125" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B125" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C125" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D125" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E125" t="str">
         <x:v/>
       </x:c>
       <x:c r="F125" t="str">
-        <x:v>22.6 %</x:v>
+        <x:v>11.9 %</x:v>
       </x:c>
       <x:c r="G125" t="str">
         <x:v/>
       </x:c>
       <x:c r="H125" t="str">
-        <x:v>73429392</x:v>
+        <x:v>21080</x:v>
       </x:c>
       <x:c r="I125" t="str">
-        <x:v>36729</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9">
       <x:c r="A126" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B126" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C126" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D126" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E126" t="str">
         <x:v/>
       </x:c>
       <x:c r="F126" t="str">
-        <x:v>15.6 %</x:v>
+        <x:v>10.6 %</x:v>
       </x:c>
       <x:c r="G126" t="str">
         <x:v/>
       </x:c>
       <x:c r="H126" t="str">
-        <x:v>50783796</x:v>
+        <x:v>12819</x:v>
       </x:c>
       <x:c r="I126" t="str">
-        <x:v>6127</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9">
       <x:c r="A127" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B127" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C127" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D127" t="str">
-        <x:v>5-17</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E127" t="str">
         <x:v/>
       </x:c>
       <x:c r="F127" t="str">
-        <x:v>16.5 %</x:v>
+        <x:v>11.2 %</x:v>
       </x:c>
       <x:c r="G127" t="str">
         <x:v/>
       </x:c>
       <x:c r="H127" t="str">
-        <x:v>53661722</x:v>
+        <x:v>16692</x:v>
       </x:c>
       <x:c r="I127" t="str">
-        <x:v>36359.99</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9">
       <x:c r="A128" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B128" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C128" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D128" t="str">
-        <x:v/>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E128" t="str">
         <x:v/>
       </x:c>
       <x:c r="F128" t="str">
-        <x:v>6090062 </x:v>
+        <x:v>16.62 %</x:v>
       </x:c>
       <x:c r="G128" t="str">
         <x:v/>
       </x:c>
       <x:c r="H128" t="str">
-        <x:v/>
+        <x:v>1012131</x:v>
       </x:c>
       <x:c r="I128" t="str">
-        <x:v/>
+        <x:v>4147.9515</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9">
       <x:c r="A129" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B129" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C129" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D129" t="str">
-        <x:v>18-64</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E129" t="str">
         <x:v/>
       </x:c>
       <x:c r="F129" t="str">
-        <x:v>61.1 %</x:v>
+        <x:v>14.42 %</x:v>
       </x:c>
       <x:c r="G129" t="str">
         <x:v/>
       </x:c>
       <x:c r="H129" t="str">
-        <x:v>3723307</x:v>
+        <x:v>25461</x:v>
       </x:c>
       <x:c r="I129" t="str">
-        <x:v>5301.7358</x:v>
+        <x:v>882.4472</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9">
       <x:c r="A130" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B130" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C130" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D130" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E130" t="str">
         <x:v/>
       </x:c>
       <x:c r="F130" t="str">
-        <x:v>22.7 %</x:v>
+        <x:v>12.21 %</x:v>
       </x:c>
       <x:c r="G130" t="str">
         <x:v/>
       </x:c>
       <x:c r="H130" t="str">
-        <x:v>1385063</x:v>
+        <x:v>14685</x:v>
       </x:c>
       <x:c r="I130" t="str">
-        <x:v>4230</x:v>
+        <x:v>847.4662</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9">
       <x:c r="A131" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B131" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C131" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D131" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E131" t="str">
         <x:v/>
       </x:c>
       <x:c r="F131" t="str">
-        <x:v>16.1 %</x:v>
+        <x:v>13.55 %</x:v>
       </x:c>
       <x:c r="G131" t="str">
         <x:v/>
       </x:c>
       <x:c r="H131" t="str">
-        <x:v>981692</x:v>
+        <x:v>20118</x:v>
       </x:c>
       <x:c r="I131" t="str">
-        <x:v>798</x:v>
+        <x:v>862.6848</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9">
       <x:c r="A132" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B132" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C132" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D132" t="str">
-        <x:v>5-17</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E132" t="str">
         <x:v/>
       </x:c>
       <x:c r="F132" t="str">
-        <x:v>16.62 %</x:v>
+        <x:v>61.1 %</x:v>
       </x:c>
       <x:c r="G132" t="str">
         <x:v/>
       </x:c>
       <x:c r="H132" t="str">
-        <x:v>1012131</x:v>
+        <x:v>3723307</x:v>
       </x:c>
       <x:c r="I132" t="str">
-        <x:v>4147.9515</x:v>
+        <x:v>5301.7358</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9">
       <x:c r="A133" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B133" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C133" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D133" t="str">
-        <x:v/>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E133" t="str">
         <x:v/>
       </x:c>
       <x:c r="F133" t="str">
-        <x:v>175515 </x:v>
+        <x:v>68.2 %</x:v>
       </x:c>
       <x:c r="G133" t="str">
         <x:v/>
       </x:c>
       <x:c r="H133" t="str">
-        <x:v/>
+        <x:v>120436</x:v>
       </x:c>
       <x:c r="I133" t="str">
-        <x:v/>
+        <x:v>901.9806</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9">
       <x:c r="A134" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B134" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C134" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D134" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E134" t="str">
         <x:v/>
       </x:c>
       <x:c r="F134" t="str">
-        <x:v>68.2 %</x:v>
+        <x:v>71.8 %</x:v>
       </x:c>
       <x:c r="G134" t="str">
         <x:v/>
       </x:c>
       <x:c r="H134" t="str">
-        <x:v>120436</x:v>
+        <x:v>86304</x:v>
       </x:c>
       <x:c r="I134" t="str">
-        <x:v>901.9806</x:v>
+        <x:v>1502.5046</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9">
       <x:c r="A135" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B135" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C135" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D135" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E135" t="str">
         <x:v/>
       </x:c>
       <x:c r="F135" t="str">
-        <x:v>20.3 %</x:v>
+        <x:v>69.9 %</x:v>
       </x:c>
       <x:c r="G135" t="str">
         <x:v/>
       </x:c>
       <x:c r="H135" t="str">
-        <x:v>35916</x:v>
+        <x:v>103738</x:v>
       </x:c>
       <x:c r="I135" t="str">
-        <x:v>892</x:v>
+        <x:v>1146.2186</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9">
       <x:c r="A136" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B136" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C136" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D136" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E136" t="str">
         <x:v/>
       </x:c>
       <x:c r="F136" t="str">
-        <x:v>11.4 %</x:v>
+        <x:v>20.3 %</x:v>
       </x:c>
       <x:c r="G136" t="str">
         <x:v/>
       </x:c>
       <x:c r="H136" t="str">
-        <x:v>20163</x:v>
+        <x:v>35916</x:v>
       </x:c>
       <x:c r="I136" t="str">
-        <x:v>139</x:v>
+        <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:9">
       <x:c r="A137" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B137" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C137" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D137" t="str">
-        <x:v>5-17</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E137" t="str">
         <x:v/>
       </x:c>
       <x:c r="F137" t="str">
-        <x:v>14.42 %</x:v>
+        <x:v>11.4 %</x:v>
       </x:c>
       <x:c r="G137" t="str">
         <x:v/>
       </x:c>
       <x:c r="H137" t="str">
-        <x:v>25461</x:v>
+        <x:v>20163</x:v>
       </x:c>
       <x:c r="I137" t="str">
-        <x:v>882.4472</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:9">
       <x:c r="A138" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B138" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C138" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D138" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E138" t="str">
         <x:v/>
       </x:c>
       <x:c r="F138" t="str">
-        <x:v>148457 </x:v>
+        <x:v>18 %</x:v>
       </x:c>
       <x:c r="G138" t="str">
         <x:v/>
       </x:c>
       <x:c r="H138" t="str">
-        <x:v/>
+        <x:v>21635</x:v>
       </x:c>
       <x:c r="I138" t="str">
-        <x:v/>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:9">
       <x:c r="A139" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B139" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C139" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D139" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E139" t="str">
         <x:v/>
       </x:c>
       <x:c r="F139" t="str">
-        <x:v>69.9 %</x:v>
+        <x:v>10.2 %</x:v>
       </x:c>
       <x:c r="G139" t="str">
         <x:v/>
       </x:c>
       <x:c r="H139" t="str">
-        <x:v>103738</x:v>
+        <x:v>12309</x:v>
       </x:c>
       <x:c r="I139" t="str">
-        <x:v>1146.2186</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:9">
       <x:c r="A140" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B140" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C140" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D140" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E140" t="str">
         <x:v/>
       </x:c>
       <x:c r="F140" t="str">
         <x:v>19.4 %</x:v>
       </x:c>
       <x:c r="G140" t="str">
         <x:v/>
       </x:c>
       <x:c r="H140" t="str">
@@ -4494,3810 +4494,3810 @@
       </x:c>
       <x:c r="D141" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E141" t="str">
         <x:v/>
       </x:c>
       <x:c r="F141" t="str">
         <x:v>10.7 %</x:v>
       </x:c>
       <x:c r="G141" t="str">
         <x:v/>
       </x:c>
       <x:c r="H141" t="str">
         <x:v>15949</x:v>
       </x:c>
       <x:c r="I141" t="str">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9">
       <x:c r="A142" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B142" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C142" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D142" t="str">
-        <x:v>5-17</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E142" t="str">
         <x:v/>
       </x:c>
       <x:c r="F142" t="str">
-        <x:v>13.55 %</x:v>
+        <x:v>22.7 %</x:v>
       </x:c>
       <x:c r="G142" t="str">
         <x:v/>
       </x:c>
       <x:c r="H142" t="str">
-        <x:v>20118</x:v>
+        <x:v>1385063</x:v>
       </x:c>
       <x:c r="I142" t="str">
-        <x:v>862.6848</x:v>
+        <x:v>4230</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9">
       <x:c r="A143" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B143" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C143" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D143" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E143" t="str">
         <x:v/>
       </x:c>
       <x:c r="F143" t="str">
-        <x:v>120248 </x:v>
+        <x:v>16.1 %</x:v>
       </x:c>
       <x:c r="G143" t="str">
         <x:v/>
       </x:c>
       <x:c r="H143" t="str">
-        <x:v/>
+        <x:v>981692</x:v>
       </x:c>
       <x:c r="I143" t="str">
-        <x:v/>
+        <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9">
       <x:c r="A144" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B144" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C144" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D144" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E144" t="str">
         <x:v/>
       </x:c>
       <x:c r="F144" t="str">
-        <x:v>71.8 %</x:v>
+        <x:v>61.9725 %</x:v>
       </x:c>
       <x:c r="G144" t="str">
         <x:v/>
       </x:c>
       <x:c r="H144" t="str">
-        <x:v>86304</x:v>
+        <x:v>200111209</x:v>
       </x:c>
       <x:c r="I144" t="str">
-        <x:v>1502.5046</x:v>
+        <x:v>36358.4409</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9">
       <x:c r="A145" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B145" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C145" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D145" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E145" t="str">
         <x:v/>
       </x:c>
       <x:c r="F145" t="str">
-        <x:v>18 %</x:v>
+        <x:v>22.8 %</x:v>
       </x:c>
       <x:c r="G145" t="str">
         <x:v/>
       </x:c>
       <x:c r="H145" t="str">
-        <x:v>21635</x:v>
+        <x:v>73553240</x:v>
       </x:c>
       <x:c r="I145" t="str">
-        <x:v>944</x:v>
+        <x:v>33995</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9">
       <x:c r="A146" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B146" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C146" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D146" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E146" t="str">
         <x:v/>
       </x:c>
       <x:c r="F146" t="str">
-        <x:v>10.2 %</x:v>
+        <x:v>15.2 %</x:v>
       </x:c>
       <x:c r="G146" t="str">
         <x:v/>
       </x:c>
       <x:c r="H146" t="str">
-        <x:v>12309</x:v>
+        <x:v>49238580</x:v>
       </x:c>
       <x:c r="I146" t="str">
-        <x:v>500</x:v>
+        <x:v>5463</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9">
       <x:c r="A147" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B147" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C147" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D147" t="str">
         <x:v>5-17</x:v>
       </x:c>
       <x:c r="E147" t="str">
         <x:v/>
       </x:c>
       <x:c r="F147" t="str">
-        <x:v>12.21 %</x:v>
+        <x:v>16.6355 %</x:v>
       </x:c>
       <x:c r="G147" t="str">
         <x:v/>
       </x:c>
       <x:c r="H147" t="str">
-        <x:v>14685</x:v>
+        <x:v>53716390</x:v>
       </x:c>
       <x:c r="I147" t="str">
-        <x:v>847.4662</x:v>
+        <x:v>33577.3395</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:9">
       <x:c r="A148" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B148" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C148" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D148" t="str">
         <x:v/>
       </x:c>
       <x:c r="E148" t="str">
         <x:v/>
       </x:c>
       <x:c r="F148" t="str">
-        <x:v>322903040 </x:v>
+        <x:v>175515 </x:v>
       </x:c>
       <x:c r="G148" t="str">
         <x:v/>
       </x:c>
       <x:c r="H148" t="str">
         <x:v/>
       </x:c>
       <x:c r="I148" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:9">
       <x:c r="A149" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B149" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C149" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D149" t="str">
-        <x:v>18-64</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E149" t="str">
         <x:v/>
       </x:c>
       <x:c r="F149" t="str">
-        <x:v>61.9725 %</x:v>
+        <x:v>120248 </x:v>
       </x:c>
       <x:c r="G149" t="str">
         <x:v/>
       </x:c>
       <x:c r="H149" t="str">
-        <x:v>200111209</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I149" t="str">
-        <x:v>36358.4409</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:9">
       <x:c r="A150" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B150" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C150" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D150" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E150" t="str">
         <x:v/>
       </x:c>
       <x:c r="F150" t="str">
-        <x:v>22.8 %</x:v>
+        <x:v>148457 </x:v>
       </x:c>
       <x:c r="G150" t="str">
         <x:v/>
       </x:c>
       <x:c r="H150" t="str">
-        <x:v>73553240</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I150" t="str">
-        <x:v>33995</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:9">
       <x:c r="A151" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B151" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C151" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D151" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E151" t="str">
         <x:v/>
       </x:c>
       <x:c r="F151" t="str">
-        <x:v>15.2 %</x:v>
+        <x:v>6090062 </x:v>
       </x:c>
       <x:c r="G151" t="str">
         <x:v/>
       </x:c>
       <x:c r="H151" t="str">
-        <x:v>49238580</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I151" t="str">
-        <x:v>5463</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:9">
       <x:c r="A152" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B152" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C152" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D152" t="str">
-        <x:v>5-17</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E152" t="str">
         <x:v/>
       </x:c>
       <x:c r="F152" t="str">
-        <x:v>16.6355 %</x:v>
+        <x:v>322903040 </x:v>
       </x:c>
       <x:c r="G152" t="str">
         <x:v/>
       </x:c>
       <x:c r="H152" t="str">
-        <x:v>53716390</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I152" t="str">
-        <x:v>33577.3395</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:9">
       <x:c r="A153" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B153" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C153" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D153" t="str">
         <x:v/>
       </x:c>
       <x:c r="E153" t="str">
         <x:v/>
       </x:c>
       <x:c r="F153" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G153" t="str">
         <x:v/>
       </x:c>
       <x:c r="H153" t="str">
-        <x:v>6075300</x:v>
+        <x:v>321004416</x:v>
       </x:c>
       <x:c r="I153" t="str">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:9">
       <x:c r="A154" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B154" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C154" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D154" t="str">
-        <x:v>18-64</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E154" t="str">
         <x:v/>
       </x:c>
       <x:c r="F154" t="str">
-        <x:v>61.3938 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G154" t="str">
         <x:v/>
       </x:c>
       <x:c r="H154" t="str">
-        <x:v>3729859</x:v>
+        <x:v>6075300</x:v>
       </x:c>
       <x:c r="I154" t="str">
-        <x:v>5273.4823</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:9">
       <x:c r="A155" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B155" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C155" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D155" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E155" t="str">
         <x:v/>
       </x:c>
       <x:c r="F155" t="str">
-        <x:v>22.9 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G155" t="str">
         <x:v/>
       </x:c>
       <x:c r="H155" t="str">
-        <x:v>1389409</x:v>
+        <x:v>174589</x:v>
       </x:c>
       <x:c r="I155" t="str">
-        <x:v>4777</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:9">
       <x:c r="A156" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B156" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C156" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D156" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E156" t="str">
         <x:v/>
       </x:c>
       <x:c r="F156" t="str">
-        <x:v>15.7 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G156" t="str">
         <x:v/>
       </x:c>
       <x:c r="H156" t="str">
-        <x:v>956032</x:v>
+        <x:v>118620</x:v>
       </x:c>
       <x:c r="I156" t="str">
-        <x:v>702</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:9">
       <x:c r="A157" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B157" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C157" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D157" t="str">
         <x:v/>
       </x:c>
       <x:c r="E157" t="str">
         <x:v/>
       </x:c>
       <x:c r="F157" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G157" t="str">
         <x:v/>
       </x:c>
       <x:c r="H157" t="str">
-        <x:v>174589</x:v>
+        <x:v>146193</x:v>
       </x:c>
       <x:c r="I157" t="str">
-        <x:v>0</x:v>
+        <x:v>991</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:9">
       <x:c r="A158" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B158" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C158" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D158" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E158" t="str">
         <x:v/>
       </x:c>
       <x:c r="F158" t="str">
-        <x:v>68.6487 %</x:v>
+        <x:v>22.9 %</x:v>
       </x:c>
       <x:c r="G158" t="str">
         <x:v/>
       </x:c>
       <x:c r="H158" t="str">
-        <x:v>119853</x:v>
+        <x:v>73601279</x:v>
       </x:c>
       <x:c r="I158" t="str">
-        <x:v>834.6203</x:v>
+        <x:v>33539</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:9">
       <x:c r="A159" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B159" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C159" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D159" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E159" t="str">
         <x:v/>
       </x:c>
       <x:c r="F159" t="str">
-        <x:v>20.4 %</x:v>
+        <x:v>22.9 %</x:v>
       </x:c>
       <x:c r="G159" t="str">
         <x:v/>
       </x:c>
       <x:c r="H159" t="str">
-        <x:v>35656</x:v>
+        <x:v>1389409</x:v>
       </x:c>
       <x:c r="I159" t="str">
-        <x:v>849</x:v>
+        <x:v>4777</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:9">
       <x:c r="A160" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B160" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C160" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D160" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E160" t="str">
         <x:v/>
       </x:c>
       <x:c r="F160" t="str">
-        <x:v>10.9 %</x:v>
+        <x:v>20.4 %</x:v>
       </x:c>
       <x:c r="G160" t="str">
         <x:v/>
       </x:c>
       <x:c r="H160" t="str">
-        <x:v>19080</x:v>
+        <x:v>35656</x:v>
       </x:c>
       <x:c r="I160" t="str">
-        <x:v>95</x:v>
+        <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:9">
       <x:c r="A161" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B161" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C161" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D161" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E161" t="str">
         <x:v/>
       </x:c>
       <x:c r="F161" t="str">
-        <x:v> </x:v>
+        <x:v>18.1 %</x:v>
       </x:c>
       <x:c r="G161" t="str">
         <x:v/>
       </x:c>
       <x:c r="H161" t="str">
-        <x:v>146193</x:v>
+        <x:v>21417</x:v>
       </x:c>
       <x:c r="I161" t="str">
-        <x:v>991</x:v>
+        <x:v>919</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:9">
       <x:c r="A162" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B162" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C162" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D162" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E162" t="str">
         <x:v/>
       </x:c>
       <x:c r="F162" t="str">
-        <x:v>70.3105 %</x:v>
+        <x:v>19.5 %</x:v>
       </x:c>
       <x:c r="G162" t="str">
         <x:v/>
       </x:c>
       <x:c r="H162" t="str">
-        <x:v>102789</x:v>
+        <x:v>28486</x:v>
       </x:c>
       <x:c r="I162" t="str">
-        <x:v>1116.2688</x:v>
+        <x:v>956</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:9">
       <x:c r="A163" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B163" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C163" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D163" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E163" t="str">
         <x:v/>
       </x:c>
       <x:c r="F163" t="str">
-        <x:v>19.5 %</x:v>
+        <x:v>62.2019 %</x:v>
       </x:c>
       <x:c r="G163" t="str">
         <x:v/>
       </x:c>
       <x:c r="H163" t="str">
-        <x:v>28486</x:v>
+        <x:v>199670739</x:v>
       </x:c>
       <x:c r="I163" t="str">
-        <x:v>956</x:v>
+        <x:v>37470.4283</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:9">
       <x:c r="A164" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B164" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C164" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D164" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E164" t="str">
         <x:v/>
       </x:c>
       <x:c r="F164" t="str">
-        <x:v>10.2 %</x:v>
+        <x:v>61.3938 %</x:v>
       </x:c>
       <x:c r="G164" t="str">
         <x:v/>
       </x:c>
       <x:c r="H164" t="str">
-        <x:v>14918</x:v>
+        <x:v>3729859</x:v>
       </x:c>
       <x:c r="I164" t="str">
-        <x:v>295</x:v>
+        <x:v>5273.4823</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:9">
       <x:c r="A165" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B165" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C165" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D165" t="str">
-        <x:v/>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E165" t="str">
         <x:v/>
       </x:c>
       <x:c r="F165" t="str">
-        <x:v> </x:v>
+        <x:v>68.6487 %</x:v>
       </x:c>
       <x:c r="G165" t="str">
         <x:v/>
       </x:c>
       <x:c r="H165" t="str">
-        <x:v>118620</x:v>
+        <x:v>119853</x:v>
       </x:c>
       <x:c r="I165" t="str">
-        <x:v>47</x:v>
+        <x:v>834.6203</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:9">
       <x:c r="A166" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B166" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C166" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D166" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E166" t="str">
         <x:v/>
       </x:c>
       <x:c r="F166" t="str">
         <x:v>72.1759 %</x:v>
       </x:c>
       <x:c r="G166" t="str">
         <x:v/>
       </x:c>
       <x:c r="H166" t="str">
         <x:v>85615</x:v>
       </x:c>
       <x:c r="I166" t="str">
         <x:v>1377.3119</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:9">
       <x:c r="A167" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B167" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C167" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D167" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E167" t="str">
         <x:v/>
       </x:c>
       <x:c r="F167" t="str">
-        <x:v>18.1 %</x:v>
+        <x:v>70.3105 %</x:v>
       </x:c>
       <x:c r="G167" t="str">
         <x:v/>
       </x:c>
       <x:c r="H167" t="str">
-        <x:v>21417</x:v>
+        <x:v>102789</x:v>
       </x:c>
       <x:c r="I167" t="str">
-        <x:v>919</x:v>
+        <x:v>1116.2688</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:9">
       <x:c r="A168" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B168" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C168" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D168" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E168" t="str">
         <x:v/>
       </x:c>
       <x:c r="F168" t="str">
-        <x:v>9.8 %</x:v>
+        <x:v>14.9 %</x:v>
       </x:c>
       <x:c r="G168" t="str">
         <x:v/>
       </x:c>
       <x:c r="H168" t="str">
-        <x:v>11588</x:v>
+        <x:v>47732388</x:v>
       </x:c>
       <x:c r="I168" t="str">
-        <x:v>410</x:v>
+        <x:v>4845</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:9">
       <x:c r="A169" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B169" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C169" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D169" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E169" t="str">
         <x:v/>
       </x:c>
       <x:c r="F169" t="str">
-        <x:v> </x:v>
+        <x:v>15.7 %</x:v>
       </x:c>
       <x:c r="G169" t="str">
         <x:v/>
       </x:c>
       <x:c r="H169" t="str">
-        <x:v>321004416</x:v>
+        <x:v>956032</x:v>
       </x:c>
       <x:c r="I169" t="str">
-        <x:v>0</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:9">
       <x:c r="A170" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B170" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C170" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D170" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E170" t="str">
         <x:v/>
       </x:c>
       <x:c r="F170" t="str">
-        <x:v>62.2019 %</x:v>
+        <x:v>10.9 %</x:v>
       </x:c>
       <x:c r="G170" t="str">
         <x:v/>
       </x:c>
       <x:c r="H170" t="str">
-        <x:v>199670739</x:v>
+        <x:v>19080</x:v>
       </x:c>
       <x:c r="I170" t="str">
-        <x:v>37470.4283</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:9">
       <x:c r="A171" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B171" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C171" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D171" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E171" t="str">
         <x:v/>
       </x:c>
       <x:c r="F171" t="str">
-        <x:v>22.9 %</x:v>
+        <x:v>9.8 %</x:v>
       </x:c>
       <x:c r="G171" t="str">
         <x:v/>
       </x:c>
       <x:c r="H171" t="str">
-        <x:v>73601279</x:v>
+        <x:v>11588</x:v>
       </x:c>
       <x:c r="I171" t="str">
-        <x:v>33539</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:9">
       <x:c r="A172" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B172" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C172" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D172" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E172" t="str">
         <x:v/>
       </x:c>
       <x:c r="F172" t="str">
-        <x:v>14.9 %</x:v>
+        <x:v>10.2 %</x:v>
       </x:c>
       <x:c r="G172" t="str">
         <x:v/>
       </x:c>
       <x:c r="H172" t="str">
-        <x:v>47732388</x:v>
+        <x:v>14918</x:v>
       </x:c>
       <x:c r="I172" t="str">
-        <x:v>4845</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:9">
       <x:c r="A173" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B173" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C173" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D173" t="str">
         <x:v/>
       </x:c>
       <x:c r="E173" t="str">
         <x:v/>
       </x:c>
       <x:c r="F173" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G173" t="str">
         <x:v/>
       </x:c>
       <x:c r="H173" t="str">
-        <x:v>6059651</x:v>
+        <x:v>318558176</x:v>
       </x:c>
       <x:c r="I173" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:9">
       <x:c r="A174" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B174" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C174" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D174" t="str">
-        <x:v>18-64</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E174" t="str">
         <x:v/>
       </x:c>
       <x:c r="F174" t="str">
-        <x:v>61.63 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G174" t="str">
         <x:v/>
       </x:c>
       <x:c r="H174" t="str">
-        <x:v>3734593</x:v>
+        <x:v>6059651</x:v>
       </x:c>
       <x:c r="I174" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:9">
       <x:c r="A175" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B175" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C175" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D175" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E175" t="str">
         <x:v/>
       </x:c>
       <x:c r="F175" t="str">
-        <x:v>23 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G175" t="str">
         <x:v/>
       </x:c>
       <x:c r="H175" t="str">
-        <x:v>1395124</x:v>
+        <x:v>172773</x:v>
       </x:c>
       <x:c r="I175" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:9">
       <x:c r="A176" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B176" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C176" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D176" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E176" t="str">
         <x:v/>
       </x:c>
       <x:c r="F176" t="str">
-        <x:v>15.3 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G176" t="str">
         <x:v/>
       </x:c>
       <x:c r="H176" t="str">
-        <x:v>929934</x:v>
+        <x:v>145054</x:v>
       </x:c>
       <x:c r="I176" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:9">
       <x:c r="A177" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B177" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C177" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D177" t="str">
         <x:v/>
       </x:c>
       <x:c r="E177" t="str">
         <x:v/>
       </x:c>
       <x:c r="F177" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G177" t="str">
         <x:v/>
       </x:c>
       <x:c r="H177" t="str">
-        <x:v>172773</x:v>
+        <x:v>117165</x:v>
       </x:c>
       <x:c r="I177" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:9">
       <x:c r="A178" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B178" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C178" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D178" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E178" t="str">
         <x:v/>
       </x:c>
       <x:c r="F178" t="str">
-        <x:v>68.98 %</x:v>
+        <x:v>23.1 %</x:v>
       </x:c>
       <x:c r="G178" t="str">
         <x:v/>
       </x:c>
       <x:c r="H178" t="str">
-        <x:v>119176</x:v>
+        <x:v>73612438</x:v>
       </x:c>
       <x:c r="I178" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:9">
       <x:c r="A179" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B179" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C179" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D179" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E179" t="str">
         <x:v/>
       </x:c>
       <x:c r="F179" t="str">
-        <x:v>20.5 %</x:v>
+        <x:v>23 %</x:v>
       </x:c>
       <x:c r="G179" t="str">
         <x:v/>
       </x:c>
       <x:c r="H179" t="str">
-        <x:v>35459</x:v>
+        <x:v>1395124</x:v>
       </x:c>
       <x:c r="I179" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:9">
       <x:c r="A180" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B180" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C180" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D180" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E180" t="str">
         <x:v/>
       </x:c>
       <x:c r="F180" t="str">
-        <x:v>10.5 %</x:v>
+        <x:v>20.5 %</x:v>
       </x:c>
       <x:c r="G180" t="str">
         <x:v/>
       </x:c>
       <x:c r="H180" t="str">
-        <x:v>18138</x:v>
+        <x:v>35459</x:v>
       </x:c>
       <x:c r="I180" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:9">
       <x:c r="A181" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B181" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C181" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D181" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E181" t="str">
         <x:v/>
       </x:c>
       <x:c r="F181" t="str">
-        <x:v> </x:v>
+        <x:v>19.8 %</x:v>
       </x:c>
       <x:c r="G181" t="str">
         <x:v/>
       </x:c>
       <x:c r="H181" t="str">
-        <x:v>145054</x:v>
+        <x:v>28731</x:v>
       </x:c>
       <x:c r="I181" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:9">
       <x:c r="A182" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B182" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C182" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D182" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E182" t="str">
         <x:v/>
       </x:c>
       <x:c r="F182" t="str">
-        <x:v>70.56 %</x:v>
+        <x:v>18.5 %</x:v>
       </x:c>
       <x:c r="G182" t="str">
         <x:v/>
       </x:c>
       <x:c r="H182" t="str">
-        <x:v>102344</x:v>
+        <x:v>21622</x:v>
       </x:c>
       <x:c r="I182" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:9">
       <x:c r="A183" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B183" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C183" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D183" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E183" t="str">
         <x:v/>
       </x:c>
       <x:c r="F183" t="str">
-        <x:v>19.8 %</x:v>
+        <x:v>62.4 %</x:v>
       </x:c>
       <x:c r="G183" t="str">
         <x:v/>
       </x:c>
       <x:c r="H183" t="str">
-        <x:v>28731</x:v>
+        <x:v>198765106</x:v>
       </x:c>
       <x:c r="I183" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:9">
       <x:c r="A184" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B184" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C184" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D184" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E184" t="str">
         <x:v/>
       </x:c>
       <x:c r="F184" t="str">
-        <x:v>9.6 %</x:v>
+        <x:v>61.63 %</x:v>
       </x:c>
       <x:c r="G184" t="str">
         <x:v/>
       </x:c>
       <x:c r="H184" t="str">
-        <x:v>13979</x:v>
+        <x:v>3734593</x:v>
       </x:c>
       <x:c r="I184" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:9">
       <x:c r="A185" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B185" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C185" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D185" t="str">
-        <x:v/>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E185" t="str">
         <x:v/>
       </x:c>
       <x:c r="F185" t="str">
-        <x:v> </x:v>
+        <x:v>68.98 %</x:v>
       </x:c>
       <x:c r="G185" t="str">
         <x:v/>
       </x:c>
       <x:c r="H185" t="str">
-        <x:v>117165</x:v>
+        <x:v>119176</x:v>
       </x:c>
       <x:c r="I185" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:9">
       <x:c r="A186" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B186" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C186" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D186" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E186" t="str">
         <x:v/>
       </x:c>
       <x:c r="F186" t="str">
-        <x:v>72.13 %</x:v>
+        <x:v>70.56 %</x:v>
       </x:c>
       <x:c r="G186" t="str">
         <x:v/>
       </x:c>
       <x:c r="H186" t="str">
-        <x:v>84516</x:v>
+        <x:v>102344</x:v>
       </x:c>
       <x:c r="I186" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:9">
       <x:c r="A187" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B187" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C187" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D187" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E187" t="str">
         <x:v/>
       </x:c>
       <x:c r="F187" t="str">
-        <x:v>18.5 %</x:v>
+        <x:v>72.13 %</x:v>
       </x:c>
       <x:c r="G187" t="str">
         <x:v/>
       </x:c>
       <x:c r="H187" t="str">
-        <x:v>21622</x:v>
+        <x:v>84516</x:v>
       </x:c>
       <x:c r="I187" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:9">
       <x:c r="A188" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B188" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C188" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D188" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E188" t="str">
         <x:v/>
       </x:c>
       <x:c r="F188" t="str">
-        <x:v>9.4 %</x:v>
+        <x:v>14.5 %</x:v>
       </x:c>
       <x:c r="G188" t="str">
         <x:v/>
       </x:c>
       <x:c r="H188" t="str">
-        <x:v>11027</x:v>
+        <x:v>46180632</x:v>
       </x:c>
       <x:c r="I188" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:9">
       <x:c r="A189" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B189" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C189" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D189" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E189" t="str">
         <x:v/>
       </x:c>
       <x:c r="F189" t="str">
-        <x:v> </x:v>
+        <x:v>15.3 %</x:v>
       </x:c>
       <x:c r="G189" t="str">
         <x:v/>
       </x:c>
       <x:c r="H189" t="str">
-        <x:v>318558176</x:v>
+        <x:v>929934</x:v>
       </x:c>
       <x:c r="I189" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:9">
       <x:c r="A190" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B190" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C190" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D190" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E190" t="str">
         <x:v/>
       </x:c>
       <x:c r="F190" t="str">
-        <x:v>62.4 %</x:v>
+        <x:v>10.5 %</x:v>
       </x:c>
       <x:c r="G190" t="str">
         <x:v/>
       </x:c>
       <x:c r="H190" t="str">
-        <x:v>198765106</x:v>
+        <x:v>18138</x:v>
       </x:c>
       <x:c r="I190" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:9">
       <x:c r="A191" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B191" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C191" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D191" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E191" t="str">
         <x:v/>
       </x:c>
       <x:c r="F191" t="str">
-        <x:v>23.1 %</x:v>
+        <x:v>9.6 %</x:v>
       </x:c>
       <x:c r="G191" t="str">
         <x:v/>
       </x:c>
       <x:c r="H191" t="str">
-        <x:v>73612438</x:v>
+        <x:v>13979</x:v>
       </x:c>
       <x:c r="I191" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:9">
       <x:c r="A192" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B192" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C192" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D192" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E192" t="str">
         <x:v/>
       </x:c>
       <x:c r="F192" t="str">
-        <x:v>14.5 %</x:v>
+        <x:v>9.4 %</x:v>
       </x:c>
       <x:c r="G192" t="str">
         <x:v/>
       </x:c>
       <x:c r="H192" t="str">
-        <x:v>46180632</x:v>
+        <x:v>11027</x:v>
       </x:c>
       <x:c r="I192" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:9">
       <x:c r="A193" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B193" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C193" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D193" t="str">
         <x:v/>
       </x:c>
       <x:c r="E193" t="str">
         <x:v/>
       </x:c>
       <x:c r="F193" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G193" t="str">
         <x:v/>
       </x:c>
       <x:c r="H193" t="str">
-        <x:v>6045448</x:v>
+        <x:v>316515008</x:v>
       </x:c>
       <x:c r="I193" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:9">
       <x:c r="A194" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B194" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C194" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D194" t="str">
-        <x:v>18-64</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E194" t="str">
         <x:v/>
       </x:c>
       <x:c r="F194" t="str">
-        <x:v>61.9 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G194" t="str">
         <x:v/>
       </x:c>
       <x:c r="H194" t="str">
-        <x:v>3740168</x:v>
+        <x:v>6045448</x:v>
       </x:c>
       <x:c r="I194" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:9">
       <x:c r="A195" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B195" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C195" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D195" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E195" t="str">
         <x:v/>
       </x:c>
       <x:c r="F195" t="str">
-        <x:v>23.2 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G195" t="str">
         <x:v/>
       </x:c>
       <x:c r="H195" t="str">
-        <x:v>1400679</x:v>
+        <x:v>170770</x:v>
       </x:c>
       <x:c r="I195" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:9">
       <x:c r="A196" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B196" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C196" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D196" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E196" t="str">
         <x:v/>
       </x:c>
       <x:c r="F196" t="str">
-        <x:v>14.96 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G196" t="str">
         <x:v/>
       </x:c>
       <x:c r="H196" t="str">
-        <x:v>904601</x:v>
+        <x:v>115391</x:v>
       </x:c>
       <x:c r="I196" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:9">
       <x:c r="A197" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B197" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C197" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D197" t="str">
         <x:v/>
       </x:c>
       <x:c r="E197" t="str">
         <x:v/>
       </x:c>
       <x:c r="F197" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G197" t="str">
         <x:v/>
       </x:c>
       <x:c r="H197" t="str">
-        <x:v>170770</x:v>
+        <x:v>142977</x:v>
       </x:c>
       <x:c r="I197" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:9">
       <x:c r="A198" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B198" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C198" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D198" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E198" t="str">
         <x:v/>
       </x:c>
       <x:c r="F198" t="str">
-        <x:v>69.3 %</x:v>
+        <x:v>23.3 %</x:v>
       </x:c>
       <x:c r="G198" t="str">
         <x:v/>
       </x:c>
       <x:c r="H198" t="str">
-        <x:v>118311</x:v>
+        <x:v>73683825</x:v>
       </x:c>
       <x:c r="I198" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:9">
       <x:c r="A199" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B199" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C199" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D199" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E199" t="str">
         <x:v/>
       </x:c>
       <x:c r="F199" t="str">
-        <x:v>20.6 %</x:v>
+        <x:v>23.2 %</x:v>
       </x:c>
       <x:c r="G199" t="str">
         <x:v/>
       </x:c>
       <x:c r="H199" t="str">
-        <x:v>35242</x:v>
+        <x:v>1400679</x:v>
       </x:c>
       <x:c r="I199" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:9">
       <x:c r="A200" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B200" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C200" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D200" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E200" t="str">
         <x:v/>
       </x:c>
       <x:c r="F200" t="str">
-        <x:v>10.08 %</x:v>
+        <x:v>20.6 %</x:v>
       </x:c>
       <x:c r="G200" t="str">
         <x:v/>
       </x:c>
       <x:c r="H200" t="str">
-        <x:v>17217</x:v>
+        <x:v>35242</x:v>
       </x:c>
       <x:c r="I200" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:9">
       <x:c r="A201" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B201" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C201" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D201" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E201" t="str">
         <x:v/>
       </x:c>
       <x:c r="F201" t="str">
-        <x:v> </x:v>
+        <x:v>18.8 %</x:v>
       </x:c>
       <x:c r="G201" t="str">
         <x:v/>
       </x:c>
       <x:c r="H201" t="str">
-        <x:v>142977</x:v>
+        <x:v>21679</x:v>
       </x:c>
       <x:c r="I201" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:9">
       <x:c r="A202" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B202" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C202" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D202" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E202" t="str">
         <x:v/>
       </x:c>
       <x:c r="F202" t="str">
-        <x:v>70.6 %</x:v>
+        <x:v>20.2 %</x:v>
       </x:c>
       <x:c r="G202" t="str">
         <x:v/>
       </x:c>
       <x:c r="H202" t="str">
-        <x:v>100911</x:v>
+        <x:v>28904</x:v>
       </x:c>
       <x:c r="I202" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:9">
       <x:c r="A203" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B203" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C203" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D203" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E203" t="str">
         <x:v/>
       </x:c>
       <x:c r="F203" t="str">
-        <x:v>20.2 %</x:v>
+        <x:v>69.3 %</x:v>
       </x:c>
       <x:c r="G203" t="str">
         <x:v/>
       </x:c>
       <x:c r="H203" t="str">
-        <x:v>28904</x:v>
+        <x:v>118311</x:v>
       </x:c>
       <x:c r="I203" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:9">
       <x:c r="A204" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B204" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C204" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D204" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E204" t="str">
         <x:v/>
       </x:c>
       <x:c r="F204" t="str">
-        <x:v>9.21 %</x:v>
+        <x:v>72.3 %</x:v>
       </x:c>
       <x:c r="G204" t="str">
         <x:v/>
       </x:c>
       <x:c r="H204" t="str">
-        <x:v>13162</x:v>
+        <x:v>83455</x:v>
       </x:c>
       <x:c r="I204" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:9">
       <x:c r="A205" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B205" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C205" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D205" t="str">
-        <x:v/>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E205" t="str">
         <x:v/>
       </x:c>
       <x:c r="F205" t="str">
-        <x:v> </x:v>
+        <x:v>70.6 %</x:v>
       </x:c>
       <x:c r="G205" t="str">
         <x:v/>
       </x:c>
       <x:c r="H205" t="str">
-        <x:v>115391</x:v>
+        <x:v>100911</x:v>
       </x:c>
       <x:c r="I205" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:9">
       <x:c r="A206" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B206" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C206" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D206" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E206" t="str">
         <x:v/>
       </x:c>
       <x:c r="F206" t="str">
-        <x:v>72.3 %</x:v>
+        <x:v>61.9 %</x:v>
       </x:c>
       <x:c r="G206" t="str">
         <x:v/>
       </x:c>
       <x:c r="H206" t="str">
-        <x:v>83455</x:v>
+        <x:v>3740168</x:v>
       </x:c>
       <x:c r="I206" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:9">
       <x:c r="A207" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B207" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C207" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D207" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E207" t="str">
         <x:v/>
       </x:c>
       <x:c r="F207" t="str">
-        <x:v>18.8 %</x:v>
+        <x:v>62.6 %</x:v>
       </x:c>
       <x:c r="G207" t="str">
         <x:v/>
       </x:c>
       <x:c r="H207" t="str">
-        <x:v>21679</x:v>
+        <x:v>198215707</x:v>
       </x:c>
       <x:c r="I207" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:9">
       <x:c r="A208" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B208" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C208" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D208" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E208" t="str">
         <x:v/>
       </x:c>
       <x:c r="F208" t="str">
-        <x:v>8.89 %</x:v>
+        <x:v>14.1 %</x:v>
       </x:c>
       <x:c r="G208" t="str">
         <x:v/>
       </x:c>
       <x:c r="H208" t="str">
-        <x:v>10257</x:v>
+        <x:v>44615477</x:v>
       </x:c>
       <x:c r="I208" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:9">
       <x:c r="A209" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B209" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C209" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D209" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E209" t="str">
         <x:v/>
       </x:c>
       <x:c r="F209" t="str">
-        <x:v> </x:v>
+        <x:v>14.96 %</x:v>
       </x:c>
       <x:c r="G209" t="str">
         <x:v/>
       </x:c>
       <x:c r="H209" t="str">
-        <x:v>316515008</x:v>
+        <x:v>904601</x:v>
       </x:c>
       <x:c r="I209" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:9">
       <x:c r="A210" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B210" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C210" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D210" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E210" t="str">
         <x:v/>
       </x:c>
       <x:c r="F210" t="str">
-        <x:v>62.6 %</x:v>
+        <x:v>10.08 %</x:v>
       </x:c>
       <x:c r="G210" t="str">
         <x:v/>
       </x:c>
       <x:c r="H210" t="str">
-        <x:v>198215707</x:v>
+        <x:v>17217</x:v>
       </x:c>
       <x:c r="I210" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:9">
       <x:c r="A211" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B211" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C211" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D211" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E211" t="str">
         <x:v/>
       </x:c>
       <x:c r="F211" t="str">
-        <x:v>23.3 %</x:v>
+        <x:v>8.89 %</x:v>
       </x:c>
       <x:c r="G211" t="str">
         <x:v/>
       </x:c>
       <x:c r="H211" t="str">
-        <x:v>73683825</x:v>
+        <x:v>10257</x:v>
       </x:c>
       <x:c r="I211" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:9">
       <x:c r="A212" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B212" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C212" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D212" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E212" t="str">
         <x:v/>
       </x:c>
       <x:c r="F212" t="str">
-        <x:v>14.1 %</x:v>
+        <x:v>9.21 %</x:v>
       </x:c>
       <x:c r="G212" t="str">
         <x:v/>
       </x:c>
       <x:c r="H212" t="str">
-        <x:v>44615477</x:v>
+        <x:v>13162</x:v>
       </x:c>
       <x:c r="I212" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:9">
       <x:c r="A213" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B213" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C213" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D213" t="str">
         <x:v/>
       </x:c>
       <x:c r="E213" t="str">
         <x:v/>
       </x:c>
       <x:c r="F213" t="str">
-        <x:v>6028076 </x:v>
+        <x:v>314107072 </x:v>
       </x:c>
       <x:c r="G213" t="str">
         <x:v/>
       </x:c>
       <x:c r="H213" t="str">
         <x:v/>
       </x:c>
       <x:c r="I213" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:9">
       <x:c r="A214" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B214" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C214" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D214" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E214" t="str">
         <x:v/>
       </x:c>
       <x:c r="F214" t="str">
-        <x:v>23.3 %</x:v>
+        <x:v>23.5 %</x:v>
       </x:c>
       <x:c r="G214" t="str">
         <x:v/>
       </x:c>
       <x:c r="H214" t="str">
-        <x:v>1406494</x:v>
+        <x:v>73777658</x:v>
       </x:c>
       <x:c r="I214" t="str">
-        <x:v>4742</x:v>
+        <x:v>32896</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:9">
       <x:c r="A215" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B215" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C215" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D215" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E215" t="str">
         <x:v/>
       </x:c>
       <x:c r="F215" t="str">
-        <x:v>14.6 %</x:v>
+        <x:v>13.7 %</x:v>
       </x:c>
       <x:c r="G215" t="str">
         <x:v/>
       </x:c>
       <x:c r="H215" t="str">
-        <x:v>882552</x:v>
+        <x:v>43177960</x:v>
       </x:c>
       <x:c r="I215" t="str">
-        <x:v>551</x:v>
+        <x:v>4698</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:9">
       <x:c r="A216" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B216" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C216" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D216" t="str">
-        <x:v>5-17</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E216" t="str">
         <x:v/>
       </x:c>
       <x:c r="F216" t="str">
-        <x:v>16.8 %</x:v>
+        <x:v>6028076 </x:v>
       </x:c>
       <x:c r="G216" t="str">
         <x:v/>
       </x:c>
       <x:c r="H216" t="str">
         <x:v/>
       </x:c>
       <x:c r="I216" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:9">
       <x:c r="A217" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B217" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C217" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D217" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E217" t="str">
         <x:v/>
       </x:c>
       <x:c r="F217" t="str">
-        <x:v>168268 </x:v>
+        <x:v>23.3 %</x:v>
       </x:c>
       <x:c r="G217" t="str">
         <x:v/>
       </x:c>
       <x:c r="H217" t="str">
-        <x:v/>
+        <x:v>1406494</x:v>
       </x:c>
       <x:c r="I217" t="str">
-        <x:v/>
+        <x:v>4742</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:9">
       <x:c r="A218" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B218" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C218" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D218" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E218" t="str">
         <x:v/>
       </x:c>
       <x:c r="F218" t="str">
-        <x:v>20.8 %</x:v>
+        <x:v>14.6 %</x:v>
       </x:c>
       <x:c r="G218" t="str">
         <x:v/>
       </x:c>
       <x:c r="H218" t="str">
-        <x:v>34923</x:v>
+        <x:v>882552</x:v>
       </x:c>
       <x:c r="I218" t="str">
-        <x:v>864</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:9">
       <x:c r="A219" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B219" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C219" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D219" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E219" t="str">
         <x:v/>
       </x:c>
       <x:c r="F219" t="str">
-        <x:v>9.8 %</x:v>
+        <x:v>168268 </x:v>
       </x:c>
       <x:c r="G219" t="str">
         <x:v/>
       </x:c>
       <x:c r="H219" t="str">
-        <x:v>16458</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I219" t="str">
-        <x:v>98</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:9">
       <x:c r="A220" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B220" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C220" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D220" t="str">
-        <x:v>5-17</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E220" t="str">
         <x:v/>
       </x:c>
       <x:c r="F220" t="str">
-        <x:v>14.7 %</x:v>
+        <x:v>20.8 %</x:v>
       </x:c>
       <x:c r="G220" t="str">
         <x:v/>
       </x:c>
       <x:c r="H220" t="str">
-        <x:v/>
+        <x:v>34923</x:v>
       </x:c>
       <x:c r="I220" t="str">
-        <x:v/>
+        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:9">
       <x:c r="A221" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B221" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C221" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D221" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E221" t="str">
         <x:v/>
       </x:c>
       <x:c r="F221" t="str">
-        <x:v>140874 </x:v>
+        <x:v>9.8 %</x:v>
       </x:c>
       <x:c r="G221" t="str">
-        <x:v>731</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H221" t="str">
-        <x:v/>
+        <x:v>16458</x:v>
       </x:c>
       <x:c r="I221" t="str">
-        <x:v/>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:9">
       <x:c r="A222" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B222" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C222" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D222" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E222" t="str">
         <x:v/>
       </x:c>
       <x:c r="F222" t="str">
-        <x:v>20.2 %</x:v>
+        <x:v>113155 </x:v>
       </x:c>
       <x:c r="G222" t="str">
-        <x:v/>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H222" t="str">
-        <x:v>28467</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I222" t="str">
-        <x:v>899</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:9">
       <x:c r="A223" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B223" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C223" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D223" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E223" t="str">
         <x:v/>
       </x:c>
       <x:c r="F223" t="str">
-        <x:v>9.1 %</x:v>
+        <x:v>19 %</x:v>
       </x:c>
       <x:c r="G223" t="str">
         <x:v/>
       </x:c>
       <x:c r="H223" t="str">
-        <x:v>12765</x:v>
+        <x:v>21462</x:v>
       </x:c>
       <x:c r="I223" t="str">
-        <x:v>302</x:v>
+        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:9">
       <x:c r="A224" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B224" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C224" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D224" t="str">
-        <x:v>5-17</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E224" t="str">
         <x:v/>
       </x:c>
       <x:c r="F224" t="str">
-        <x:v>13.8 %</x:v>
+        <x:v>8.9 %</x:v>
       </x:c>
       <x:c r="G224" t="str">
         <x:v/>
       </x:c>
       <x:c r="H224" t="str">
-        <x:v/>
+        <x:v>10082</x:v>
       </x:c>
       <x:c r="I224" t="str">
-        <x:v/>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:9">
       <x:c r="A225" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B225" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C225" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D225" t="str">
         <x:v/>
       </x:c>
       <x:c r="E225" t="str">
         <x:v/>
       </x:c>
       <x:c r="F225" t="str">
-        <x:v>113155 </x:v>
+        <x:v>140874 </x:v>
       </x:c>
       <x:c r="G225" t="str">
-        <x:v>53</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H225" t="str">
         <x:v/>
       </x:c>
       <x:c r="I225" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:9">
       <x:c r="A226" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B226" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C226" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D226" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E226" t="str">
         <x:v/>
       </x:c>
       <x:c r="F226" t="str">
-        <x:v>19 %</x:v>
+        <x:v>20.2 %</x:v>
       </x:c>
       <x:c r="G226" t="str">
         <x:v/>
       </x:c>
       <x:c r="H226" t="str">
-        <x:v>21462</x:v>
+        <x:v>28467</x:v>
       </x:c>
       <x:c r="I226" t="str">
-        <x:v>916</x:v>
+        <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:9">
       <x:c r="A227" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B227" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C227" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D227" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E227" t="str">
         <x:v/>
       </x:c>
       <x:c r="F227" t="str">
-        <x:v>8.9 %</x:v>
+        <x:v>9.1 %</x:v>
       </x:c>
       <x:c r="G227" t="str">
         <x:v/>
       </x:c>
       <x:c r="H227" t="str">
-        <x:v>10082</x:v>
+        <x:v>12765</x:v>
       </x:c>
       <x:c r="I227" t="str">
-        <x:v>360</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:9">
       <x:c r="A228" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B228" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C228" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D228" t="str">
         <x:v>5-17</x:v>
       </x:c>
       <x:c r="E228" t="str">
         <x:v/>
       </x:c>
       <x:c r="F228" t="str">
-        <x:v>13 %</x:v>
+        <x:v>16.8 %</x:v>
       </x:c>
       <x:c r="G228" t="str">
         <x:v/>
       </x:c>
       <x:c r="H228" t="str">
         <x:v/>
       </x:c>
       <x:c r="I228" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:9">
       <x:c r="A229" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B229" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C229" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D229" t="str">
-        <x:v/>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E229" t="str">
         <x:v/>
       </x:c>
       <x:c r="F229" t="str">
-        <x:v>314107072 </x:v>
+        <x:v>14.7 %</x:v>
       </x:c>
       <x:c r="G229" t="str">
         <x:v/>
       </x:c>
       <x:c r="H229" t="str">
         <x:v/>
       </x:c>
       <x:c r="I229" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:9">
       <x:c r="A230" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B230" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C230" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D230" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E230" t="str">
         <x:v/>
       </x:c>
       <x:c r="F230" t="str">
-        <x:v>23.5 %</x:v>
+        <x:v>13 %</x:v>
       </x:c>
       <x:c r="G230" t="str">
         <x:v/>
       </x:c>
       <x:c r="H230" t="str">
-        <x:v>73777658</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I230" t="str">
-        <x:v>32896</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:9">
       <x:c r="A231" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B231" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C231" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D231" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>5-17</x:v>
       </x:c>
       <x:c r="E231" t="str">
         <x:v/>
       </x:c>
       <x:c r="F231" t="str">
-        <x:v>13.7 %</x:v>
+        <x:v>13.8 %</x:v>
       </x:c>
       <x:c r="G231" t="str">
         <x:v/>
       </x:c>
       <x:c r="H231" t="str">
-        <x:v>43177960</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I231" t="str">
-        <x:v>4698</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:9">
       <x:c r="A232" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B232" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C232" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D232" t="str">
         <x:v/>
       </x:c>
       <x:c r="E232" t="str">
         <x:v/>
       </x:c>
       <x:c r="F232" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G232" t="str">
         <x:v/>
       </x:c>
       <x:c r="H232" t="str">
-        <x:v>5955802</x:v>
+        <x:v>306603772</x:v>
       </x:c>
       <x:c r="I232" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:9">
       <x:c r="A233" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B233" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C233" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D233" t="str">
-        <x:v>18-64</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E233" t="str">
         <x:v/>
       </x:c>
       <x:c r="F233" t="str">
-        <x:v>62.23 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G233" t="str">
         <x:v/>
       </x:c>
       <x:c r="H233" t="str">
-        <x:v>3706016</x:v>
+        <x:v>5955802</x:v>
       </x:c>
       <x:c r="I233" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:9">
       <x:c r="A234" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B234" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C234" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D234" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E234" t="str">
         <x:v/>
       </x:c>
       <x:c r="F234" t="str">
-        <x:v>23.9 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G234" t="str">
         <x:v/>
       </x:c>
       <x:c r="H234" t="str">
-        <x:v>1423647</x:v>
+        <x:v>160628</x:v>
       </x:c>
       <x:c r="I234" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:9">
       <x:c r="A235" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B235" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C235" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D235" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E235" t="str">
         <x:v/>
       </x:c>
       <x:c r="F235" t="str">
-        <x:v>13.9 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G235" t="str">
         <x:v/>
       </x:c>
       <x:c r="H235" t="str">
-        <x:v>826139</x:v>
+        <x:v>135470</x:v>
       </x:c>
       <x:c r="I235" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:9">
       <x:c r="A236" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B236" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C236" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D236" t="str">
         <x:v/>
       </x:c>
       <x:c r="E236" t="str">
         <x:v/>
       </x:c>
       <x:c r="F236" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G236" t="str">
         <x:v/>
       </x:c>
       <x:c r="H236" t="str">
-        <x:v>160628</x:v>
+        <x:v>106658</x:v>
       </x:c>
       <x:c r="I236" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:9">
       <x:c r="A237" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B237" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C237" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D237" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E237" t="str">
         <x:v/>
       </x:c>
       <x:c r="F237" t="str">
-        <x:v>69.86 %</x:v>
+        <x:v>24.2 %</x:v>
       </x:c>
       <x:c r="G237" t="str">
         <x:v/>
       </x:c>
       <x:c r="H237" t="str">
-        <x:v>112213</x:v>
+        <x:v>74047753</x:v>
       </x:c>
       <x:c r="I237" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:9">
       <x:c r="A238" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B238" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C238" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D238" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E238" t="str">
         <x:v/>
       </x:c>
       <x:c r="F238" t="str">
-        <x:v>21 %</x:v>
+        <x:v>23.9 %</x:v>
       </x:c>
       <x:c r="G238" t="str">
         <x:v/>
       </x:c>
       <x:c r="H238" t="str">
-        <x:v>33687</x:v>
+        <x:v>1423647</x:v>
       </x:c>
       <x:c r="I238" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:9">
       <x:c r="A239" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B239" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C239" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D239" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E239" t="str">
         <x:v/>
       </x:c>
       <x:c r="F239" t="str">
-        <x:v>9.2 %</x:v>
+        <x:v>21 %</x:v>
       </x:c>
       <x:c r="G239" t="str">
         <x:v/>
       </x:c>
       <x:c r="H239" t="str">
-        <x:v>14728</x:v>
+        <x:v>33687</x:v>
       </x:c>
       <x:c r="I239" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:9">
       <x:c r="A240" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B240" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C240" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D240" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E240" t="str">
         <x:v/>
       </x:c>
       <x:c r="F240" t="str">
-        <x:v> </x:v>
+        <x:v>20.4 %</x:v>
       </x:c>
       <x:c r="G240" t="str">
         <x:v/>
       </x:c>
       <x:c r="H240" t="str">
-        <x:v>135470</x:v>
+        <x:v>27678</x:v>
       </x:c>
       <x:c r="I240" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:9">
       <x:c r="A241" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B241" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C241" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D241" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E241" t="str">
         <x:v/>
       </x:c>
       <x:c r="F241" t="str">
-        <x:v>71 %</x:v>
+        <x:v>18.6 %</x:v>
       </x:c>
       <x:c r="G241" t="str">
         <x:v/>
       </x:c>
       <x:c r="H241" t="str">
-        <x:v>96190</x:v>
+        <x:v>19821</x:v>
       </x:c>
       <x:c r="I241" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:9">
       <x:c r="A242" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B242" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C242" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D242" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E242" t="str">
         <x:v/>
       </x:c>
       <x:c r="F242" t="str">
-        <x:v>20.4 %</x:v>
+        <x:v>62.93 %</x:v>
       </x:c>
       <x:c r="G242" t="str">
         <x:v/>
       </x:c>
       <x:c r="H242" t="str">
-        <x:v>27678</x:v>
+        <x:v>192947199</x:v>
       </x:c>
       <x:c r="I242" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:9">
       <x:c r="A243" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B243" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C243" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D243" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E243" t="str">
         <x:v/>
       </x:c>
       <x:c r="F243" t="str">
-        <x:v>8.6 %</x:v>
+        <x:v>62.23 %</x:v>
       </x:c>
       <x:c r="G243" t="str">
         <x:v/>
       </x:c>
       <x:c r="H243" t="str">
-        <x:v>11602</x:v>
+        <x:v>3706016</x:v>
       </x:c>
       <x:c r="I243" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:9">
       <x:c r="A244" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B244" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C244" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D244" t="str">
-        <x:v/>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E244" t="str">
         <x:v/>
       </x:c>
       <x:c r="F244" t="str">
-        <x:v> </x:v>
+        <x:v>69.86 %</x:v>
       </x:c>
       <x:c r="G244" t="str">
         <x:v/>
       </x:c>
       <x:c r="H244" t="str">
-        <x:v>106658</x:v>
+        <x:v>112213</x:v>
       </x:c>
       <x:c r="I244" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:9">
       <x:c r="A245" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B245" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C245" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D245" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E245" t="str">
         <x:v/>
       </x:c>
       <x:c r="F245" t="str">
-        <x:v>72.81 %</x:v>
+        <x:v>71 %</x:v>
       </x:c>
       <x:c r="G245" t="str">
         <x:v/>
       </x:c>
       <x:c r="H245" t="str">
-        <x:v>77661</x:v>
+        <x:v>96190</x:v>
       </x:c>
       <x:c r="I245" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:9">
       <x:c r="A246" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B246" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C246" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D246" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E246" t="str">
         <x:v/>
       </x:c>
       <x:c r="F246" t="str">
-        <x:v>18.6 %</x:v>
+        <x:v>72.81 %</x:v>
       </x:c>
       <x:c r="G246" t="str">
         <x:v/>
       </x:c>
       <x:c r="H246" t="str">
-        <x:v>19821</x:v>
+        <x:v>77661</x:v>
       </x:c>
       <x:c r="I246" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:9">
       <x:c r="A247" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B247" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C247" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D247" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E247" t="str">
         <x:v/>
       </x:c>
       <x:c r="F247" t="str">
-        <x:v>8.6 %</x:v>
+        <x:v>12.9 %</x:v>
       </x:c>
       <x:c r="G247" t="str">
         <x:v/>
       </x:c>
       <x:c r="H247" t="str">
-        <x:v>9176</x:v>
+        <x:v>39608820</x:v>
       </x:c>
       <x:c r="I247" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:9">
       <x:c r="A248" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B248" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C248" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D248" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E248" t="str">
         <x:v/>
       </x:c>
       <x:c r="F248" t="str">
-        <x:v> </x:v>
+        <x:v>13.9 %</x:v>
       </x:c>
       <x:c r="G248" t="str">
         <x:v/>
       </x:c>
       <x:c r="H248" t="str">
-        <x:v>306603772</x:v>
+        <x:v>826139</x:v>
       </x:c>
       <x:c r="I248" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:9">
       <x:c r="A249" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B249" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C249" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D249" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E249" t="str">
         <x:v/>
       </x:c>
       <x:c r="F249" t="str">
-        <x:v>62.93 %</x:v>
+        <x:v>9.2 %</x:v>
       </x:c>
       <x:c r="G249" t="str">
         <x:v/>
       </x:c>
       <x:c r="H249" t="str">
-        <x:v>192947199</x:v>
+        <x:v>14728</x:v>
       </x:c>
       <x:c r="I249" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:9">
       <x:c r="A250" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B250" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C250" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D250" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E250" t="str">
         <x:v/>
       </x:c>
       <x:c r="F250" t="str">
-        <x:v>24.2 %</x:v>
+        <x:v>8.6 %</x:v>
       </x:c>
       <x:c r="G250" t="str">
         <x:v/>
       </x:c>
       <x:c r="H250" t="str">
-        <x:v>74047753</x:v>
+        <x:v>11602</x:v>
       </x:c>
       <x:c r="I250" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:9">
       <x:c r="A251" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B251" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C251" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D251" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E251" t="str">
         <x:v/>
       </x:c>
       <x:c r="F251" t="str">
-        <x:v>12.9 %</x:v>
+        <x:v>8.6 %</x:v>
       </x:c>
       <x:c r="G251" t="str">
         <x:v/>
       </x:c>
       <x:c r="H251" t="str">
-        <x:v>39608820</x:v>
+        <x:v>9176</x:v>
       </x:c>
       <x:c r="I251" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:9">
       <x:c r="A252" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B252" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C252" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D252" t="str">
         <x:v/>
       </x:c>
       <x:c r="E252" t="str">
         <x:v/>
       </x:c>
       <x:c r="F252" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G252" t="str">
         <x:v/>
       </x:c>
       <x:c r="H252" t="str">
-        <x:v>5922314</x:v>
+        <x:v>303965272</x:v>
       </x:c>
       <x:c r="I252" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:9">
       <x:c r="A253" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B253" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C253" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D253" t="str">
-        <x:v>18-64</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E253" t="str">
         <x:v/>
       </x:c>
       <x:c r="F253" t="str">
-        <x:v>62.2 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G253" t="str">
         <x:v/>
       </x:c>
       <x:c r="H253" t="str">
-        <x:v>3681738</x:v>
+        <x:v>5922314</x:v>
       </x:c>
       <x:c r="I253" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:9">
       <x:c r="A254" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B254" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C254" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D254" t="str">
-        <x:v>Under 18</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E254" t="str">
         <x:v/>
       </x:c>
       <x:c r="F254" t="str">
-        <x:v>24.1 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G254" t="str">
         <x:v/>
       </x:c>
       <x:c r="H254" t="str">
-        <x:v>1427852</x:v>
+        <x:v>158067</x:v>
       </x:c>
       <x:c r="I254" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:9">
       <x:c r="A255" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B255" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C255" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D255" t="str">
-        <x:v>65 and over</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E255" t="str">
         <x:v/>
       </x:c>
       <x:c r="F255" t="str">
-        <x:v>13.72 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G255" t="str">
         <x:v/>
       </x:c>
       <x:c r="H255" t="str">
-        <x:v>812724</x:v>
+        <x:v>104620</x:v>
       </x:c>
       <x:c r="I255" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:9">
       <x:c r="A256" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B256" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C256" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D256" t="str">
         <x:v/>
       </x:c>
       <x:c r="E256" t="str">
         <x:v/>
       </x:c>
       <x:c r="F256" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G256" t="str">
         <x:v/>
       </x:c>
       <x:c r="H256" t="str">
-        <x:v>158067</x:v>
+        <x:v>133129</x:v>
       </x:c>
       <x:c r="I256" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:9">
       <x:c r="A257" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B257" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C257" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D257" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E257" t="str">
         <x:v/>
       </x:c>
       <x:c r="F257" t="str">
-        <x:v>69.8 %</x:v>
+        <x:v>24.4 %</x:v>
       </x:c>
       <x:c r="G257" t="str">
         <x:v/>
       </x:c>
       <x:c r="H257" t="str">
-        <x:v>110291</x:v>
+        <x:v>74033117</x:v>
       </x:c>
       <x:c r="I257" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:9">
       <x:c r="A258" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B258" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C258" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D258" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E258" t="str">
         <x:v/>
       </x:c>
       <x:c r="F258" t="str">
-        <x:v>21.1 %</x:v>
+        <x:v>24.1 %</x:v>
       </x:c>
       <x:c r="G258" t="str">
         <x:v/>
       </x:c>
       <x:c r="H258" t="str">
-        <x:v>33366</x:v>
+        <x:v>1427852</x:v>
       </x:c>
       <x:c r="I258" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:9">
       <x:c r="A259" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B259" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C259" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D259" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E259" t="str">
         <x:v/>
       </x:c>
       <x:c r="F259" t="str">
-        <x:v>9.12 %</x:v>
+        <x:v>21.1 %</x:v>
       </x:c>
       <x:c r="G259" t="str">
         <x:v/>
       </x:c>
       <x:c r="H259" t="str">
-        <x:v>14410</x:v>
+        <x:v>33366</x:v>
       </x:c>
       <x:c r="I259" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:9">
       <x:c r="A260" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B260" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C260" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D260" t="str">
-        <x:v/>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E260" t="str">
         <x:v/>
       </x:c>
       <x:c r="F260" t="str">
-        <x:v> </x:v>
+        <x:v>18.6 %</x:v>
       </x:c>
       <x:c r="G260" t="str">
         <x:v/>
       </x:c>
       <x:c r="H260" t="str">
-        <x:v>133129</x:v>
+        <x:v>19431</x:v>
       </x:c>
       <x:c r="I260" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:9">
       <x:c r="A261" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B261" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C261" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D261" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E261" t="str">
         <x:v/>
       </x:c>
       <x:c r="F261" t="str">
-        <x:v>71.3 %</x:v>
+        <x:v>20.3 %</x:v>
       </x:c>
       <x:c r="G261" t="str">
         <x:v/>
       </x:c>
       <x:c r="H261" t="str">
-        <x:v>94885</x:v>
+        <x:v>27045</x:v>
       </x:c>
       <x:c r="I261" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:9">
       <x:c r="A262" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B262" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C262" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D262" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E262" t="str">
         <x:v/>
       </x:c>
       <x:c r="F262" t="str">
-        <x:v>20.3 %</x:v>
+        <x:v>69.8 %</x:v>
       </x:c>
       <x:c r="G262" t="str">
         <x:v/>
       </x:c>
       <x:c r="H262" t="str">
-        <x:v>27045</x:v>
+        <x:v>110291</x:v>
       </x:c>
       <x:c r="I262" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:9">
       <x:c r="A263" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B263" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C263" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D263" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E263" t="str">
         <x:v/>
       </x:c>
       <x:c r="F263" t="str">
-        <x:v>8.41 %</x:v>
+        <x:v>73 %</x:v>
       </x:c>
       <x:c r="G263" t="str">
         <x:v/>
       </x:c>
       <x:c r="H263" t="str">
-        <x:v>11199</x:v>
+        <x:v>76337</x:v>
       </x:c>
       <x:c r="I263" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:9">
       <x:c r="A264" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B264" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C264" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D264" t="str">
-        <x:v/>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E264" t="str">
         <x:v/>
       </x:c>
       <x:c r="F264" t="str">
-        <x:v> </x:v>
+        <x:v>71.3 %</x:v>
       </x:c>
       <x:c r="G264" t="str">
         <x:v/>
       </x:c>
       <x:c r="H264" t="str">
-        <x:v>104620</x:v>
+        <x:v>94885</x:v>
       </x:c>
       <x:c r="I264" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:9">
       <x:c r="A265" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B265" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C265" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D265" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E265" t="str">
         <x:v/>
       </x:c>
       <x:c r="F265" t="str">
-        <x:v>73 %</x:v>
+        <x:v>62.2 %</x:v>
       </x:c>
       <x:c r="G265" t="str">
         <x:v/>
       </x:c>
       <x:c r="H265" t="str">
-        <x:v>76337</x:v>
+        <x:v>3681738</x:v>
       </x:c>
       <x:c r="I265" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:9">
       <x:c r="A266" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B266" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C266" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D266" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E266" t="str">
         <x:v/>
       </x:c>
       <x:c r="F266" t="str">
-        <x:v>18.6 %</x:v>
+        <x:v>62.9 %</x:v>
       </x:c>
       <x:c r="G266" t="str">
         <x:v/>
       </x:c>
       <x:c r="H266" t="str">
-        <x:v>19431</x:v>
+        <x:v>191182742</x:v>
       </x:c>
       <x:c r="I266" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:9">
       <x:c r="A267" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B267" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C267" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D267" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E267" t="str">
         <x:v/>
       </x:c>
       <x:c r="F267" t="str">
-        <x:v>8.46 %</x:v>
+        <x:v>12.75 %</x:v>
       </x:c>
       <x:c r="G267" t="str">
         <x:v/>
       </x:c>
       <x:c r="H267" t="str">
-        <x:v>8852</x:v>
+        <x:v>38749413</x:v>
       </x:c>
       <x:c r="I267" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:9">
       <x:c r="A268" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B268" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C268" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D268" t="str">
-        <x:v/>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E268" t="str">
         <x:v/>
       </x:c>
       <x:c r="F268" t="str">
-        <x:v> </x:v>
+        <x:v>13.72 %</x:v>
       </x:c>
       <x:c r="G268" t="str">
         <x:v/>
       </x:c>
       <x:c r="H268" t="str">
-        <x:v>303965272</x:v>
+        <x:v>812724</x:v>
       </x:c>
       <x:c r="I268" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:9">
       <x:c r="A269" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B269" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C269" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D269" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E269" t="str">
         <x:v/>
       </x:c>
       <x:c r="F269" t="str">
-        <x:v>62.9 %</x:v>
+        <x:v>9.12 %</x:v>
       </x:c>
       <x:c r="G269" t="str">
         <x:v/>
       </x:c>
       <x:c r="H269" t="str">
-        <x:v>191182742</x:v>
+        <x:v>14410</x:v>
       </x:c>
       <x:c r="I269" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:9">
       <x:c r="A270" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B270" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C270" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D270" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E270" t="str">
         <x:v/>
       </x:c>
       <x:c r="F270" t="str">
-        <x:v>24.4 %</x:v>
+        <x:v>8.46 %</x:v>
       </x:c>
       <x:c r="G270" t="str">
         <x:v/>
       </x:c>
       <x:c r="H270" t="str">
-        <x:v>74033117</x:v>
+        <x:v>8852</x:v>
       </x:c>
       <x:c r="I270" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:9">
       <x:c r="A271" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B271" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C271" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D271" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="E271" t="str">
         <x:v/>
       </x:c>
       <x:c r="F271" t="str">
-        <x:v>12.75 %</x:v>
+        <x:v>8.41 %</x:v>
       </x:c>
       <x:c r="G271" t="str">
         <x:v/>
       </x:c>
       <x:c r="H271" t="str">
-        <x:v>38749413</x:v>
+        <x:v>11199</x:v>
       </x:c>
       <x:c r="I271" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>