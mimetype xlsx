--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21168aa996444bf3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d8acc464dcf4bffabccb49082d35d40.psmdcp" Id="R6aac6c2c35334590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17ef527c3aa459c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c47e6ff3fad04378a21cb5e832ae7137.psmdcp" Id="R0848dbdf7473466d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>