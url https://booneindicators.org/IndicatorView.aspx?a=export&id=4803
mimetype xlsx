--- v3 (2026-02-24)
+++ v4 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17ef527c3aa459c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c47e6ff3fad04378a21cb5e832ae7137.psmdcp" Id="R0848dbdf7473466d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f0744f7cef47fe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb08cc1b2217460eb00c57db6fc47f4f.psmdcp" Id="R97c478105fca4943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>