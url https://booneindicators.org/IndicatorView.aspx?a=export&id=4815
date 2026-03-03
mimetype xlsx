--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f695458d37749dd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a77155dc99be49b9a820d0a5dc67ba6c.psmdcp" Id="R40490095e22445f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7b0edc8f324d70" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98263411005f426986957a81a4c423f2.psmdcp" Id="R295810bb4c514e55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -753,179 +753,179 @@
       </x:c>
       <x:c r="D12" t="str">
         <x:v/>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>2.3 </x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v/>
       </x:c>
       <x:c r="H12" t="str">
         <x:v/>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C13" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v/>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>2.33 </x:v>
+        <x:v>2.6 </x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v/>
       </x:c>
       <x:c r="H13" t="str">
         <x:v/>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B14" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C14" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v/>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
         <x:v>2.5 </x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v/>
       </x:c>
       <x:c r="H14" t="str">
         <x:v/>
       </x:c>
       <x:c r="I14" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C15" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v/>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>2.35 </x:v>
+        <x:v>2.37 </x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v/>
       </x:c>
       <x:c r="H15" t="str">
         <x:v/>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v/>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>2.37 </x:v>
+        <x:v>2.33 </x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v/>
       </x:c>
       <x:c r="H16" t="str">
         <x:v/>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v/>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>2.6 </x:v>
+        <x:v>2.35 </x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v/>
       </x:c>
       <x:c r="H17" t="str">
         <x:v/>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C18" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v/>
       </x:c>
       <x:c r="E18" t="str">