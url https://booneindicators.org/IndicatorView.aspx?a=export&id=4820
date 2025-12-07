--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ddeff2ad4974488" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/210d0a15c34d4853b31763ceedba4120.psmdcp" Id="Re1cd0c9852f842eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d0e35265664e85" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13472a02110645a3b91ee7314ca0b572.psmdcp" Id="Rc974cc0f38f24cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>