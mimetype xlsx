--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d0e35265664e85" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13472a02110645a3b91ee7314ca0b572.psmdcp" Id="Rc974cc0f38f24cbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3b2bc01a3a54e4d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3dfe951e35394e7bb93602faabdbe2cd.psmdcp" Id="R8ce9cf190475484d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -492,704 +492,704 @@
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>15897 $</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v/>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>41867 $</x:v>
+        <x:v>14006 $</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>254</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v/>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v/>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>69240 $</x:v>
+        <x:v>11924 $</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>326</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v/>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v/>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>107146 $</x:v>
+        <x:v>12940 $</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>448</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v/>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v/>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>234836 $</x:v>
+        <x:v>41867 $</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>1698</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v/>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v/>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>420563 $</x:v>
+        <x:v>41401 $</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>5889</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v/>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v/>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>14006 $</x:v>
+        <x:v>36766 $</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>1090</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v/>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C10" t="str">
         <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D10" t="str">
         <x:v/>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>41401 $</x:v>
+        <x:v>39356 $</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>1829</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v/>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C11" t="str">
         <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v/>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>70189 $</x:v>
+        <x:v>69240 $</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>1820</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v/>
       </x:c>
       <x:c r="I11" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B12" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v/>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>109008 $</x:v>
+        <x:v>70189 $</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>2520</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="H12" t="str">
         <x:v/>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v/>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>240747 $</x:v>
+        <x:v>64882 $</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>10340</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v/>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v/>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>415842 $</x:v>
+        <x:v>67584 $</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>30412</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="H14" t="str">
         <x:v/>
       </x:c>
       <x:c r="I14" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v/>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>12940 $</x:v>
+        <x:v>107146 $</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>1158</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H15" t="str">
         <x:v/>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v/>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>39356 $</x:v>
+        <x:v>109008 $</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>1969</x:v>
+        <x:v>2520</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v/>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v/>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>67584 $</x:v>
+        <x:v>104559 $</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>2061</x:v>
+        <x:v>3741</x:v>
       </x:c>
       <x:c r="H17" t="str">
         <x:v/>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C18" t="str">
         <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v/>
       </x:c>
       <x:c r="E18" t="str">
         <x:v/>
       </x:c>
       <x:c r="F18" t="str">
         <x:v>107428 $</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v>2868</x:v>
       </x:c>
       <x:c r="H18" t="str">
         <x:v/>
       </x:c>
       <x:c r="I18" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C19" t="str">
         <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v/>
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>245701 $</x:v>
+        <x:v>234836 $</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>11807</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="H19" t="str">
         <x:v/>
       </x:c>
       <x:c r="I19" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D20" t="str">
         <x:v/>
       </x:c>
       <x:c r="E20" t="str">
         <x:v/>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>429261 $</x:v>
+        <x:v>240747 $</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>34765</x:v>
+        <x:v>10340</x:v>
       </x:c>
       <x:c r="H20" t="str">
         <x:v/>
       </x:c>
       <x:c r="I20" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B21" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D21" t="str">
         <x:v/>
       </x:c>
       <x:c r="E21" t="str">
         <x:v/>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>11924 $</x:v>
+        <x:v>238992 $</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>1217</x:v>
+        <x:v>12020</x:v>
       </x:c>
       <x:c r="H21" t="str">
         <x:v/>
       </x:c>
       <x:c r="I21" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D22" t="str">
         <x:v/>
       </x:c>
       <x:c r="E22" t="str">
         <x:v/>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>36766 $</x:v>
+        <x:v>245701 $</x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>2190</x:v>
+        <x:v>11807</x:v>
       </x:c>
       <x:c r="H22" t="str">
         <x:v/>
       </x:c>
       <x:c r="I22" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D23" t="str">
         <x:v/>
       </x:c>
       <x:c r="E23" t="str">
         <x:v/>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>64882 $</x:v>
+        <x:v>420563 $</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>2206</x:v>
+        <x:v>5889</x:v>
       </x:c>
       <x:c r="H23" t="str">
         <x:v/>
       </x:c>
       <x:c r="I23" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D24" t="str">
         <x:v/>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>104559 $</x:v>
+        <x:v>415842 $</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>3741</x:v>
+        <x:v>30412</x:v>
       </x:c>
       <x:c r="H24" t="str">
         <x:v/>
       </x:c>
       <x:c r="I24" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B25" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D25" t="str">
         <x:v/>
       </x:c>
       <x:c r="E25" t="str">
         <x:v/>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>238992 $</x:v>
+        <x:v>409162 $</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>12020</x:v>
+        <x:v>32923</x:v>
       </x:c>
       <x:c r="H25" t="str">
         <x:v/>
       </x:c>
       <x:c r="I25" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C26" t="str">
         <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D26" t="str">
         <x:v/>
       </x:c>
       <x:c r="E26" t="str">
         <x:v/>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>409162 $</x:v>
+        <x:v>429261 $</x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>32923</x:v>
+        <x:v>34765</x:v>
       </x:c>
       <x:c r="H26" t="str">
         <x:v/>
       </x:c>
       <x:c r="I26" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C27" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v/>
       </x:c>
       <x:c r="E27" t="str">
         <x:v/>
       </x:c>
       <x:c r="F27" t="str">
@@ -1362,704 +1362,704 @@
       </x:c>
       <x:c r="D33" t="str">
         <x:v/>
       </x:c>
       <x:c r="E33" t="str">
         <x:v/>
       </x:c>
       <x:c r="F33" t="str">
         <x:v>15238 $</x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H33" t="str">
         <x:v/>
       </x:c>
       <x:c r="I33" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D34" t="str">
         <x:v/>
       </x:c>
       <x:c r="E34" t="str">
         <x:v/>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>39993 $</x:v>
+        <x:v>13681 $</x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>219</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="H34" t="str">
         <x:v/>
       </x:c>
       <x:c r="I34" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D35" t="str">
         <x:v/>
       </x:c>
       <x:c r="E35" t="str">
         <x:v/>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>66251 $</x:v>
+        <x:v>11807 $</x:v>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>334</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="H35" t="str">
         <x:v/>
       </x:c>
       <x:c r="I35" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D36" t="str">
         <x:v/>
       </x:c>
       <x:c r="E36" t="str">
         <x:v/>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>102696 $</x:v>
+        <x:v>12779 $</x:v>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>492</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="H36" t="str">
         <x:v/>
       </x:c>
       <x:c r="I36" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B37" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D37" t="str">
         <x:v/>
       </x:c>
       <x:c r="E37" t="str">
         <x:v/>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>225585 $</x:v>
+        <x:v>39993 $</x:v>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>1737</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H37" t="str">
         <x:v/>
       </x:c>
       <x:c r="I37" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D38" t="str">
         <x:v/>
       </x:c>
       <x:c r="E38" t="str">
         <x:v/>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>404080 $</x:v>
+        <x:v>39424 $</x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>5594</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="H38" t="str">
         <x:v/>
       </x:c>
       <x:c r="I38" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D39" t="str">
         <x:v/>
       </x:c>
       <x:c r="E39" t="str">
         <x:v/>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>13681 $</x:v>
+        <x:v>35023 $</x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>827</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="H39" t="str">
         <x:v/>
       </x:c>
       <x:c r="I39" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C40" t="str">
         <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D40" t="str">
         <x:v/>
       </x:c>
       <x:c r="E40" t="str">
         <x:v/>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>39424 $</x:v>
+        <x:v>37639 $</x:v>
       </x:c>
       <x:c r="G40" t="str">
-        <x:v>1222</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="H40" t="str">
         <x:v/>
       </x:c>
       <x:c r="I40" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C41" t="str">
         <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D41" t="str">
         <x:v/>
       </x:c>
       <x:c r="E41" t="str">
         <x:v/>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>66596 $</x:v>
+        <x:v>66251 $</x:v>
       </x:c>
       <x:c r="G41" t="str">
-        <x:v>1571</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H41" t="str">
         <x:v/>
       </x:c>
       <x:c r="I41" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B42" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D42" t="str">
         <x:v/>
       </x:c>
       <x:c r="E42" t="str">
         <x:v/>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>103712 $</x:v>
+        <x:v>66596 $</x:v>
       </x:c>
       <x:c r="G42" t="str">
-        <x:v>2428</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="H42" t="str">
         <x:v/>
       </x:c>
       <x:c r="I42" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D43" t="str">
         <x:v/>
       </x:c>
       <x:c r="E43" t="str">
         <x:v/>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>231806 $</x:v>
+        <x:v>61015 $</x:v>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>9923</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="H43" t="str">
         <x:v/>
       </x:c>
       <x:c r="I43" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D44" t="str">
         <x:v/>
       </x:c>
       <x:c r="E44" t="str">
         <x:v/>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>404733 $</x:v>
+        <x:v>63806 $</x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>31091</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="H44" t="str">
         <x:v/>
       </x:c>
       <x:c r="I44" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C45" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D45" t="str">
         <x:v/>
       </x:c>
       <x:c r="E45" t="str">
         <x:v/>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>12779 $</x:v>
+        <x:v>102696 $</x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>898</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H45" t="str">
         <x:v/>
       </x:c>
       <x:c r="I45" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D46" t="str">
         <x:v/>
       </x:c>
       <x:c r="E46" t="str">
         <x:v/>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>37639 $</x:v>
+        <x:v>103712 $</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>1425</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="H46" t="str">
         <x:v/>
       </x:c>
       <x:c r="I46" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D47" t="str">
         <x:v/>
       </x:c>
       <x:c r="E47" t="str">
         <x:v/>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>63806 $</x:v>
+        <x:v>99022 $</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v>1842</x:v>
+        <x:v>3435</x:v>
       </x:c>
       <x:c r="H47" t="str">
         <x:v/>
       </x:c>
       <x:c r="I47" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9">
       <x:c r="A48" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B48" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C48" t="str">
         <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D48" t="str">
         <x:v/>
       </x:c>
       <x:c r="E48" t="str">
         <x:v/>
       </x:c>
       <x:c r="F48" t="str">
         <x:v>101940 $</x:v>
       </x:c>
       <x:c r="G48" t="str">
         <x:v>2893</x:v>
       </x:c>
       <x:c r="H48" t="str">
         <x:v/>
       </x:c>
       <x:c r="I48" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9">
       <x:c r="A49" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C49" t="str">
         <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D49" t="str">
         <x:v/>
       </x:c>
       <x:c r="E49" t="str">
         <x:v/>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>237632 $</x:v>
+        <x:v>225585 $</x:v>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>11525</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="H49" t="str">
         <x:v/>
       </x:c>
       <x:c r="I49" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9">
       <x:c r="A50" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D50" t="str">
         <x:v/>
       </x:c>
       <x:c r="E50" t="str">
         <x:v/>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>419354 $</x:v>
+        <x:v>231806 $</x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>36353</x:v>
+        <x:v>9923</x:v>
       </x:c>
       <x:c r="H50" t="str">
         <x:v/>
       </x:c>
       <x:c r="I50" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9">
       <x:c r="A51" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B51" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D51" t="str">
         <x:v/>
       </x:c>
       <x:c r="E51" t="str">
         <x:v/>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>11807 $</x:v>
+        <x:v>228764 $</x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>992</x:v>
+        <x:v>11320</x:v>
       </x:c>
       <x:c r="H51" t="str">
         <x:v/>
       </x:c>
       <x:c r="I51" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9">
       <x:c r="A52" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D52" t="str">
         <x:v/>
       </x:c>
       <x:c r="E52" t="str">
         <x:v/>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>35023 $</x:v>
+        <x:v>237632 $</x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>1678</x:v>
+        <x:v>11525</x:v>
       </x:c>
       <x:c r="H52" t="str">
         <x:v/>
       </x:c>
       <x:c r="I52" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9">
       <x:c r="A53" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D53" t="str">
         <x:v/>
       </x:c>
       <x:c r="E53" t="str">
         <x:v/>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>61015 $</x:v>
+        <x:v>404080 $</x:v>
       </x:c>
       <x:c r="G53" t="str">
-        <x:v>2195</x:v>
+        <x:v>5594</x:v>
       </x:c>
       <x:c r="H53" t="str">
         <x:v/>
       </x:c>
       <x:c r="I53" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9">
       <x:c r="A54" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D54" t="str">
         <x:v/>
       </x:c>
       <x:c r="E54" t="str">
         <x:v/>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>99022 $</x:v>
+        <x:v>404733 $</x:v>
       </x:c>
       <x:c r="G54" t="str">
-        <x:v>3435</x:v>
+        <x:v>31091</x:v>
       </x:c>
       <x:c r="H54" t="str">
         <x:v/>
       </x:c>
       <x:c r="I54" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9">
       <x:c r="A55" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B55" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D55" t="str">
         <x:v/>
       </x:c>
       <x:c r="E55" t="str">
         <x:v/>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>228764 $</x:v>
+        <x:v>392710 $</x:v>
       </x:c>
       <x:c r="G55" t="str">
-        <x:v>11320</x:v>
+        <x:v>31940</x:v>
       </x:c>
       <x:c r="H55" t="str">
         <x:v/>
       </x:c>
       <x:c r="I55" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9">
       <x:c r="A56" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C56" t="str">
         <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D56" t="str">
         <x:v/>
       </x:c>
       <x:c r="E56" t="str">
         <x:v/>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>392710 $</x:v>
+        <x:v>419354 $</x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>31940</x:v>
+        <x:v>36353</x:v>
       </x:c>
       <x:c r="H56" t="str">
         <x:v/>
       </x:c>
       <x:c r="I56" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9">
       <x:c r="A57" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B57" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C57" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D57" t="str">
         <x:v/>
       </x:c>
       <x:c r="E57" t="str">
         <x:v/>
       </x:c>
       <x:c r="F57" t="str">
@@ -2232,704 +2232,704 @@
       </x:c>
       <x:c r="D63" t="str">
         <x:v/>
       </x:c>
       <x:c r="E63" t="str">
         <x:v/>
       </x:c>
       <x:c r="F63" t="str">
         <x:v>14394 $</x:v>
       </x:c>
       <x:c r="G63" t="str">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H63" t="str">
         <x:v/>
       </x:c>
       <x:c r="I63" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9">
       <x:c r="A64" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D64" t="str">
         <x:v/>
       </x:c>
       <x:c r="E64" t="str">
         <x:v/>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>37099 $</x:v>
+        <x:v>13715 $</x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>195</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="H64" t="str">
         <x:v/>
       </x:c>
       <x:c r="I64" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9">
       <x:c r="A65" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D65" t="str">
         <x:v/>
       </x:c>
       <x:c r="E65" t="str">
         <x:v/>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>61309 $</x:v>
+        <x:v>11774 $</x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v>282</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="H65" t="str">
         <x:v/>
       </x:c>
       <x:c r="I65" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9">
       <x:c r="A66" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C66" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D66" t="str">
         <x:v/>
       </x:c>
       <x:c r="E66" t="str">
         <x:v/>
       </x:c>
       <x:c r="F66" t="str">
-        <x:v>94991 $</x:v>
+        <x:v>12786 $</x:v>
       </x:c>
       <x:c r="G66" t="str">
-        <x:v>411</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="H66" t="str">
         <x:v/>
       </x:c>
       <x:c r="I66" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9">
       <x:c r="A67" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B67" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C67" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D67" t="str">
         <x:v/>
       </x:c>
       <x:c r="E67" t="str">
         <x:v/>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>207969 $</x:v>
+        <x:v>37099 $</x:v>
       </x:c>
       <x:c r="G67" t="str">
-        <x:v>1674</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H67" t="str">
         <x:v/>
       </x:c>
       <x:c r="I67" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9">
       <x:c r="A68" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C68" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D68" t="str">
         <x:v/>
       </x:c>
       <x:c r="E68" t="str">
         <x:v/>
       </x:c>
       <x:c r="F68" t="str">
-        <x:v>371277 $</x:v>
+        <x:v>36866 $</x:v>
       </x:c>
       <x:c r="G68" t="str">
-        <x:v>5518</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="H68" t="str">
         <x:v/>
       </x:c>
       <x:c r="I68" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9">
       <x:c r="A69" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C69" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D69" t="str">
         <x:v/>
       </x:c>
       <x:c r="E69" t="str">
         <x:v/>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>13715 $</x:v>
+        <x:v>32831 $</x:v>
       </x:c>
       <x:c r="G69" t="str">
-        <x:v>938</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="H69" t="str">
         <x:v/>
       </x:c>
       <x:c r="I69" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9">
       <x:c r="A70" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C70" t="str">
         <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D70" t="str">
         <x:v/>
       </x:c>
       <x:c r="E70" t="str">
         <x:v/>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>36866 $</x:v>
+        <x:v>35184 $</x:v>
       </x:c>
       <x:c r="G70" t="str">
-        <x:v>1559</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="H70" t="str">
         <x:v/>
       </x:c>
       <x:c r="I70" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9">
       <x:c r="A71" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B71" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C71" t="str">
         <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D71" t="str">
         <x:v/>
       </x:c>
       <x:c r="E71" t="str">
         <x:v/>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>62381 $</x:v>
+        <x:v>61309 $</x:v>
       </x:c>
       <x:c r="G71" t="str">
-        <x:v>1886</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H71" t="str">
         <x:v/>
       </x:c>
       <x:c r="I71" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9">
       <x:c r="A72" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B72" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C72" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D72" t="str">
         <x:v/>
       </x:c>
       <x:c r="E72" t="str">
         <x:v/>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>96588 $</x:v>
+        <x:v>62381 $</x:v>
       </x:c>
       <x:c r="G72" t="str">
-        <x:v>2658</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="H72" t="str">
         <x:v/>
       </x:c>
       <x:c r="I72" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9">
       <x:c r="A73" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C73" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D73" t="str">
         <x:v/>
       </x:c>
       <x:c r="E73" t="str">
         <x:v/>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>212006 $</x:v>
+        <x:v>57441 $</x:v>
       </x:c>
       <x:c r="G73" t="str">
-        <x:v>10148</x:v>
+        <x:v>2567</x:v>
       </x:c>
       <x:c r="H73" t="str">
         <x:v/>
       </x:c>
       <x:c r="I73" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9">
       <x:c r="A74" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C74" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D74" t="str">
         <x:v/>
       </x:c>
       <x:c r="E74" t="str">
         <x:v/>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>361573 $</x:v>
+        <x:v>59803 $</x:v>
       </x:c>
       <x:c r="G74" t="str">
-        <x:v>29447</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="H74" t="str">
         <x:v/>
       </x:c>
       <x:c r="I74" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9">
       <x:c r="A75" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B75" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C75" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D75" t="str">
         <x:v/>
       </x:c>
       <x:c r="E75" t="str">
         <x:v/>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v>12786 $</x:v>
+        <x:v>94991 $</x:v>
       </x:c>
       <x:c r="G75" t="str">
-        <x:v>966</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H75" t="str">
         <x:v/>
       </x:c>
       <x:c r="I75" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9">
       <x:c r="A76" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C76" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D76" t="str">
         <x:v/>
       </x:c>
       <x:c r="E76" t="str">
         <x:v/>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>35184 $</x:v>
+        <x:v>96588 $</x:v>
       </x:c>
       <x:c r="G76" t="str">
-        <x:v>1633</x:v>
+        <x:v>2658</x:v>
       </x:c>
       <x:c r="H76" t="str">
         <x:v/>
       </x:c>
       <x:c r="I76" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9">
       <x:c r="A77" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C77" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D77" t="str">
         <x:v/>
       </x:c>
       <x:c r="E77" t="str">
         <x:v/>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>59803 $</x:v>
+        <x:v>92501 $</x:v>
       </x:c>
       <x:c r="G77" t="str">
-        <x:v>2170</x:v>
+        <x:v>4001</x:v>
       </x:c>
       <x:c r="H77" t="str">
         <x:v/>
       </x:c>
       <x:c r="I77" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9">
       <x:c r="A78" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B78" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C78" t="str">
         <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D78" t="str">
         <x:v/>
       </x:c>
       <x:c r="E78" t="str">
         <x:v/>
       </x:c>
       <x:c r="F78" t="str">
         <x:v>95189 $</x:v>
       </x:c>
       <x:c r="G78" t="str">
         <x:v>3372</x:v>
       </x:c>
       <x:c r="H78" t="str">
         <x:v/>
       </x:c>
       <x:c r="I78" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9">
       <x:c r="A79" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B79" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C79" t="str">
         <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D79" t="str">
         <x:v/>
       </x:c>
       <x:c r="E79" t="str">
         <x:v/>
       </x:c>
       <x:c r="F79" t="str">
-        <x:v>216251 $</x:v>
+        <x:v>207969 $</x:v>
       </x:c>
       <x:c r="G79" t="str">
-        <x:v>11585</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="H79" t="str">
         <x:v/>
       </x:c>
       <x:c r="I79" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9">
       <x:c r="A80" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B80" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C80" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D80" t="str">
         <x:v/>
       </x:c>
       <x:c r="E80" t="str">
         <x:v/>
       </x:c>
       <x:c r="F80" t="str">
-        <x:v>370997 $</x:v>
+        <x:v>212006 $</x:v>
       </x:c>
       <x:c r="G80" t="str">
-        <x:v>33742</x:v>
+        <x:v>10148</x:v>
       </x:c>
       <x:c r="H80" t="str">
         <x:v/>
       </x:c>
       <x:c r="I80" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9">
       <x:c r="A81" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B81" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C81" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D81" t="str">
         <x:v/>
       </x:c>
       <x:c r="E81" t="str">
         <x:v/>
       </x:c>
       <x:c r="F81" t="str">
-        <x:v>11774 $</x:v>
+        <x:v>209945 $</x:v>
       </x:c>
       <x:c r="G81" t="str">
-        <x:v>976</x:v>
+        <x:v>10125</x:v>
       </x:c>
       <x:c r="H81" t="str">
         <x:v/>
       </x:c>
       <x:c r="I81" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9">
       <x:c r="A82" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B82" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C82" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D82" t="str">
         <x:v/>
       </x:c>
       <x:c r="E82" t="str">
         <x:v/>
       </x:c>
       <x:c r="F82" t="str">
-        <x:v>32831 $</x:v>
+        <x:v>216251 $</x:v>
       </x:c>
       <x:c r="G82" t="str">
-        <x:v>1882</x:v>
+        <x:v>11585</x:v>
       </x:c>
       <x:c r="H82" t="str">
         <x:v/>
       </x:c>
       <x:c r="I82" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9">
       <x:c r="A83" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B83" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C83" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D83" t="str">
         <x:v/>
       </x:c>
       <x:c r="E83" t="str">
         <x:v/>
       </x:c>
       <x:c r="F83" t="str">
-        <x:v>57441 $</x:v>
+        <x:v>371277 $</x:v>
       </x:c>
       <x:c r="G83" t="str">
-        <x:v>2567</x:v>
+        <x:v>5518</x:v>
       </x:c>
       <x:c r="H83" t="str">
         <x:v/>
       </x:c>
       <x:c r="I83" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9">
       <x:c r="A84" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B84" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C84" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D84" t="str">
         <x:v/>
       </x:c>
       <x:c r="E84" t="str">
         <x:v/>
       </x:c>
       <x:c r="F84" t="str">
-        <x:v>92501 $</x:v>
+        <x:v>361573 $</x:v>
       </x:c>
       <x:c r="G84" t="str">
-        <x:v>4001</x:v>
+        <x:v>29447</x:v>
       </x:c>
       <x:c r="H84" t="str">
         <x:v/>
       </x:c>
       <x:c r="I84" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9">
       <x:c r="A85" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B85" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C85" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D85" t="str">
         <x:v/>
       </x:c>
       <x:c r="E85" t="str">
         <x:v/>
       </x:c>
       <x:c r="F85" t="str">
-        <x:v>209945 $</x:v>
+        <x:v>349625 $</x:v>
       </x:c>
       <x:c r="G85" t="str">
-        <x:v>10125</x:v>
+        <x:v>26976</x:v>
       </x:c>
       <x:c r="H85" t="str">
         <x:v/>
       </x:c>
       <x:c r="I85" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9">
       <x:c r="A86" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B86" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C86" t="str">
         <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D86" t="str">
         <x:v/>
       </x:c>
       <x:c r="E86" t="str">
         <x:v/>
       </x:c>
       <x:c r="F86" t="str">
-        <x:v>349625 $</x:v>
+        <x:v>370997 $</x:v>
       </x:c>
       <x:c r="G86" t="str">
-        <x:v>26976</x:v>
+        <x:v>33742</x:v>
       </x:c>
       <x:c r="H86" t="str">
         <x:v/>
       </x:c>
       <x:c r="I86" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9">
       <x:c r="A87" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B87" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C87" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D87" t="str">
         <x:v/>
       </x:c>
       <x:c r="E87" t="str">
         <x:v/>
       </x:c>
       <x:c r="F87" t="str">
@@ -3102,704 +3102,704 @@
       </x:c>
       <x:c r="D93" t="str">
         <x:v/>
       </x:c>
       <x:c r="E93" t="str">
         <x:v/>
       </x:c>
       <x:c r="F93" t="str">
         <x:v>13693 $</x:v>
       </x:c>
       <x:c r="G93" t="str">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H93" t="str">
         <x:v/>
       </x:c>
       <x:c r="I93" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9">
       <x:c r="A94" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B94" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C94" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D94" t="str">
         <x:v/>
       </x:c>
       <x:c r="E94" t="str">
         <x:v/>
       </x:c>
       <x:c r="F94" t="str">
-        <x:v>34946 $</x:v>
+        <x:v>12955 $</x:v>
       </x:c>
       <x:c r="G94" t="str">
-        <x:v>219</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="H94" t="str">
         <x:v/>
       </x:c>
       <x:c r="I94" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9">
       <x:c r="A95" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B95" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C95" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D95" t="str">
         <x:v/>
       </x:c>
       <x:c r="E95" t="str">
         <x:v/>
       </x:c>
       <x:c r="F95" t="str">
-        <x:v>57612 $</x:v>
+        <x:v>10698 $</x:v>
       </x:c>
       <x:c r="G95" t="str">
-        <x:v>277</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="H95" t="str">
         <x:v/>
       </x:c>
       <x:c r="I95" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9">
       <x:c r="A96" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B96" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C96" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D96" t="str">
         <x:v/>
       </x:c>
       <x:c r="E96" t="str">
         <x:v/>
       </x:c>
       <x:c r="F96" t="str">
-        <x:v>89320 $</x:v>
+        <x:v>11955 $</x:v>
       </x:c>
       <x:c r="G96" t="str">
-        <x:v>387</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="H96" t="str">
         <x:v/>
       </x:c>
       <x:c r="I96" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9">
       <x:c r="A97" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B97" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C97" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D97" t="str">
         <x:v/>
       </x:c>
       <x:c r="E97" t="str">
         <x:v/>
       </x:c>
       <x:c r="F97" t="str">
-        <x:v>195397 $</x:v>
+        <x:v>34946 $</x:v>
       </x:c>
       <x:c r="G97" t="str">
-        <x:v>1687</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H97" t="str">
         <x:v/>
       </x:c>
       <x:c r="I97" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9">
       <x:c r="A98" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B98" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C98" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D98" t="str">
         <x:v/>
       </x:c>
       <x:c r="E98" t="str">
         <x:v/>
       </x:c>
       <x:c r="F98" t="str">
-        <x:v>349533 $</x:v>
+        <x:v>34768 $</x:v>
       </x:c>
       <x:c r="G98" t="str">
-        <x:v>5589</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="H98" t="str">
         <x:v/>
       </x:c>
       <x:c r="I98" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9">
       <x:c r="A99" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B99" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C99" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D99" t="str">
         <x:v/>
       </x:c>
       <x:c r="E99" t="str">
         <x:v/>
       </x:c>
       <x:c r="F99" t="str">
-        <x:v>12955 $</x:v>
+        <x:v>30556 $</x:v>
       </x:c>
       <x:c r="G99" t="str">
-        <x:v>1045</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="H99" t="str">
         <x:v/>
       </x:c>
       <x:c r="I99" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9">
       <x:c r="A100" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B100" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C100" t="str">
         <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D100" t="str">
         <x:v/>
       </x:c>
       <x:c r="E100" t="str">
         <x:v/>
       </x:c>
       <x:c r="F100" t="str">
-        <x:v>34768 $</x:v>
+        <x:v>33157 $</x:v>
       </x:c>
       <x:c r="G100" t="str">
-        <x:v>1423</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="H100" t="str">
         <x:v/>
       </x:c>
       <x:c r="I100" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9">
       <x:c r="A101" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B101" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C101" t="str">
         <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D101" t="str">
         <x:v/>
       </x:c>
       <x:c r="E101" t="str">
         <x:v/>
       </x:c>
       <x:c r="F101" t="str">
-        <x:v>58666 $</x:v>
+        <x:v>57612 $</x:v>
       </x:c>
       <x:c r="G101" t="str">
-        <x:v>1787</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H101" t="str">
         <x:v/>
       </x:c>
       <x:c r="I101" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9">
       <x:c r="A102" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B102" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C102" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D102" t="str">
         <x:v/>
       </x:c>
       <x:c r="E102" t="str">
         <x:v/>
       </x:c>
       <x:c r="F102" t="str">
-        <x:v>91185 $</x:v>
+        <x:v>58666 $</x:v>
       </x:c>
       <x:c r="G102" t="str">
-        <x:v>2408</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="H102" t="str">
         <x:v/>
       </x:c>
       <x:c r="I102" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9">
       <x:c r="A103" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B103" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C103" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D103" t="str">
         <x:v/>
       </x:c>
       <x:c r="E103" t="str">
         <x:v/>
       </x:c>
       <x:c r="F103" t="str">
-        <x:v>198680 $</x:v>
+        <x:v>53305 $</x:v>
       </x:c>
       <x:c r="G103" t="str">
-        <x:v>9430</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="H103" t="str">
         <x:v/>
       </x:c>
       <x:c r="I103" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9">
       <x:c r="A104" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B104" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C104" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D104" t="str">
         <x:v/>
       </x:c>
       <x:c r="E104" t="str">
         <x:v/>
       </x:c>
       <x:c r="F104" t="str">
-        <x:v>331347 $</x:v>
+        <x:v>56096 $</x:v>
       </x:c>
       <x:c r="G104" t="str">
-        <x:v>23588</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="H104" t="str">
         <x:v/>
       </x:c>
       <x:c r="I104" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9">
       <x:c r="A105" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B105" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C105" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D105" t="str">
         <x:v/>
       </x:c>
       <x:c r="E105" t="str">
         <x:v/>
       </x:c>
       <x:c r="F105" t="str">
-        <x:v>11955 $</x:v>
+        <x:v>89320 $</x:v>
       </x:c>
       <x:c r="G105" t="str">
-        <x:v>1084</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H105" t="str">
         <x:v/>
       </x:c>
       <x:c r="I105" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9">
       <x:c r="A106" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B106" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C106" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D106" t="str">
         <x:v/>
       </x:c>
       <x:c r="E106" t="str">
         <x:v/>
       </x:c>
       <x:c r="F106" t="str">
-        <x:v>33157 $</x:v>
+        <x:v>91185 $</x:v>
       </x:c>
       <x:c r="G106" t="str">
-        <x:v>1449</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="H106" t="str">
         <x:v/>
       </x:c>
       <x:c r="I106" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9">
       <x:c r="A107" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B107" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C107" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D107" t="str">
         <x:v/>
       </x:c>
       <x:c r="E107" t="str">
         <x:v/>
       </x:c>
       <x:c r="F107" t="str">
-        <x:v>56096 $</x:v>
+        <x:v>87478 $</x:v>
       </x:c>
       <x:c r="G107" t="str">
-        <x:v>1992</x:v>
+        <x:v>3139</x:v>
       </x:c>
       <x:c r="H107" t="str">
         <x:v/>
       </x:c>
       <x:c r="I107" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9">
       <x:c r="A108" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B108" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C108" t="str">
         <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D108" t="str">
         <x:v/>
       </x:c>
       <x:c r="E108" t="str">
         <x:v/>
       </x:c>
       <x:c r="F108" t="str">
         <x:v>89534 $</x:v>
       </x:c>
       <x:c r="G108" t="str">
         <x:v>2881</x:v>
       </x:c>
       <x:c r="H108" t="str">
         <x:v/>
       </x:c>
       <x:c r="I108" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9">
       <x:c r="A109" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B109" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C109" t="str">
         <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D109" t="str">
         <x:v/>
       </x:c>
       <x:c r="E109" t="str">
         <x:v/>
       </x:c>
       <x:c r="F109" t="str">
-        <x:v>202602 $</x:v>
+        <x:v>195397 $</x:v>
       </x:c>
       <x:c r="G109" t="str">
-        <x:v>10823</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="H109" t="str">
         <x:v/>
       </x:c>
       <x:c r="I109" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9">
       <x:c r="A110" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B110" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C110" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D110" t="str">
         <x:v/>
       </x:c>
       <x:c r="E110" t="str">
         <x:v/>
       </x:c>
       <x:c r="F110" t="str">
-        <x:v>339254 $</x:v>
+        <x:v>198680 $</x:v>
       </x:c>
       <x:c r="G110" t="str">
-        <x:v>26894</x:v>
+        <x:v>9430</x:v>
       </x:c>
       <x:c r="H110" t="str">
         <x:v/>
       </x:c>
       <x:c r="I110" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9">
       <x:c r="A111" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B111" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C111" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D111" t="str">
         <x:v/>
       </x:c>
       <x:c r="E111" t="str">
         <x:v/>
       </x:c>
       <x:c r="F111" t="str">
-        <x:v>10698 $</x:v>
+        <x:v>203299 $</x:v>
       </x:c>
       <x:c r="G111" t="str">
-        <x:v>1057</x:v>
+        <x:v>12321</x:v>
       </x:c>
       <x:c r="H111" t="str">
         <x:v/>
       </x:c>
       <x:c r="I111" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9">
       <x:c r="A112" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B112" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C112" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D112" t="str">
         <x:v/>
       </x:c>
       <x:c r="E112" t="str">
         <x:v/>
       </x:c>
       <x:c r="F112" t="str">
-        <x:v>30556 $</x:v>
+        <x:v>202602 $</x:v>
       </x:c>
       <x:c r="G112" t="str">
-        <x:v>1632</x:v>
+        <x:v>10823</x:v>
       </x:c>
       <x:c r="H112" t="str">
         <x:v/>
       </x:c>
       <x:c r="I112" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9">
       <x:c r="A113" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B113" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C113" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D113" t="str">
         <x:v/>
       </x:c>
       <x:c r="E113" t="str">
         <x:v/>
       </x:c>
       <x:c r="F113" t="str">
-        <x:v>53305 $</x:v>
+        <x:v>349533 $</x:v>
       </x:c>
       <x:c r="G113" t="str">
-        <x:v>2124</x:v>
+        <x:v>5589</x:v>
       </x:c>
       <x:c r="H113" t="str">
         <x:v/>
       </x:c>
       <x:c r="I113" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9">
       <x:c r="A114" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B114" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C114" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D114" t="str">
         <x:v/>
       </x:c>
       <x:c r="E114" t="str">
         <x:v/>
       </x:c>
       <x:c r="F114" t="str">
-        <x:v>87478 $</x:v>
+        <x:v>331347 $</x:v>
       </x:c>
       <x:c r="G114" t="str">
-        <x:v>3139</x:v>
+        <x:v>23588</x:v>
       </x:c>
       <x:c r="H114" t="str">
         <x:v/>
       </x:c>
       <x:c r="I114" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9">
       <x:c r="A115" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B115" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C115" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D115" t="str">
         <x:v/>
       </x:c>
       <x:c r="E115" t="str">
         <x:v/>
       </x:c>
       <x:c r="F115" t="str">
-        <x:v>203299 $</x:v>
+        <x:v>338855 $</x:v>
       </x:c>
       <x:c r="G115" t="str">
-        <x:v>12321</x:v>
+        <x:v>29777</x:v>
       </x:c>
       <x:c r="H115" t="str">
         <x:v/>
       </x:c>
       <x:c r="I115" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9">
       <x:c r="A116" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B116" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C116" t="str">
         <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D116" t="str">
         <x:v/>
       </x:c>
       <x:c r="E116" t="str">
         <x:v/>
       </x:c>
       <x:c r="F116" t="str">
-        <x:v>338855 $</x:v>
+        <x:v>339254 $</x:v>
       </x:c>
       <x:c r="G116" t="str">
-        <x:v>29777</x:v>
+        <x:v>26894</x:v>
       </x:c>
       <x:c r="H116" t="str">
         <x:v/>
       </x:c>
       <x:c r="I116" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9">
       <x:c r="A117" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B117" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C117" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D117" t="str">
         <x:v/>
       </x:c>
       <x:c r="E117" t="str">
         <x:v/>
       </x:c>
       <x:c r="F117" t="str">
@@ -3943,1603 +3943,1603 @@
       </x:c>
       <x:c r="D122" t="str">
         <x:v/>
       </x:c>
       <x:c r="E122" t="str">
         <x:v/>
       </x:c>
       <x:c r="F122" t="str">
         <x:v>427583 $</x:v>
       </x:c>
       <x:c r="G122" t="str">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="H122" t="str">
         <x:v/>
       </x:c>
       <x:c r="I122" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:9">
       <x:c r="A123" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B123" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C123" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D123" t="str">
         <x:v/>
       </x:c>
       <x:c r="E123" t="str">
         <x:v/>
       </x:c>
       <x:c r="F123" t="str">
-        <x:v>13281 $</x:v>
+        <x:v>13870 $</x:v>
       </x:c>
       <x:c r="G123" t="str">
-        <x:v>105</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H123" t="str">
         <x:v/>
       </x:c>
       <x:c r="I123" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:9">
       <x:c r="A124" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B124" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C124" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D124" t="str">
         <x:v/>
       </x:c>
       <x:c r="E124" t="str">
         <x:v/>
       </x:c>
       <x:c r="F124" t="str">
-        <x:v>33855 $</x:v>
+        <x:v>13281 $</x:v>
       </x:c>
       <x:c r="G124" t="str">
-        <x:v>186</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H124" t="str">
         <x:v/>
       </x:c>
       <x:c r="I124" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9">
       <x:c r="A125" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B125" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C125" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D125" t="str">
         <x:v/>
       </x:c>
       <x:c r="E125" t="str">
         <x:v/>
       </x:c>
       <x:c r="F125" t="str">
-        <x:v>55905 $</x:v>
+        <x:v>11876 $</x:v>
       </x:c>
       <x:c r="G125" t="str">
-        <x:v>255</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="H125" t="str">
         <x:v/>
       </x:c>
       <x:c r="I125" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9">
       <x:c r="A126" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B126" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C126" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D126" t="str">
         <x:v/>
       </x:c>
       <x:c r="E126" t="str">
         <x:v/>
       </x:c>
       <x:c r="F126" t="str">
-        <x:v>86972 $</x:v>
+        <x:v>9765 $</x:v>
       </x:c>
       <x:c r="G126" t="str">
-        <x:v>393</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="H126" t="str">
         <x:v/>
       </x:c>
       <x:c r="I126" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9">
       <x:c r="A127" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B127" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C127" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D127" t="str">
         <x:v/>
       </x:c>
       <x:c r="E127" t="str">
         <x:v/>
       </x:c>
       <x:c r="F127" t="str">
-        <x:v>190290 $</x:v>
+        <x:v>11053 $</x:v>
       </x:c>
       <x:c r="G127" t="str">
-        <x:v>1241</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="H127" t="str">
         <x:v/>
       </x:c>
       <x:c r="I127" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9">
       <x:c r="A128" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B128" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C128" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D128" t="str">
         <x:v/>
       </x:c>
       <x:c r="E128" t="str">
         <x:v/>
       </x:c>
       <x:c r="F128" t="str">
-        <x:v>339267 $</x:v>
+        <x:v>37214 $</x:v>
       </x:c>
       <x:c r="G128" t="str">
-        <x:v>4174</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H128" t="str">
         <x:v/>
       </x:c>
       <x:c r="I128" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9">
       <x:c r="A129" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B129" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C129" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D129" t="str">
         <x:v/>
       </x:c>
       <x:c r="E129" t="str">
         <x:v/>
       </x:c>
       <x:c r="F129" t="str">
-        <x:v>11876 $</x:v>
+        <x:v>33855 $</x:v>
       </x:c>
       <x:c r="G129" t="str">
-        <x:v>869</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H129" t="str">
         <x:v/>
       </x:c>
       <x:c r="I129" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9">
       <x:c r="A130" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B130" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C130" t="str">
         <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D130" t="str">
         <x:v/>
       </x:c>
       <x:c r="E130" t="str">
         <x:v/>
       </x:c>
       <x:c r="F130" t="str">
         <x:v>33030 $</x:v>
       </x:c>
       <x:c r="G130" t="str">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="H130" t="str">
         <x:v/>
       </x:c>
       <x:c r="I130" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9">
       <x:c r="A131" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B131" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C131" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D131" t="str">
         <x:v/>
       </x:c>
       <x:c r="E131" t="str">
         <x:v/>
       </x:c>
       <x:c r="F131" t="str">
-        <x:v>56075 $</x:v>
+        <x:v>29861 $</x:v>
       </x:c>
       <x:c r="G131" t="str">
-        <x:v>1707</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="H131" t="str">
         <x:v/>
       </x:c>
       <x:c r="I131" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9">
       <x:c r="A132" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B132" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C132" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D132" t="str">
         <x:v/>
       </x:c>
       <x:c r="E132" t="str">
         <x:v/>
       </x:c>
       <x:c r="F132" t="str">
-        <x:v>88676 $</x:v>
+        <x:v>31900 $</x:v>
       </x:c>
       <x:c r="G132" t="str">
-        <x:v>2186</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="H132" t="str">
         <x:v/>
       </x:c>
       <x:c r="I132" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9">
       <x:c r="A133" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B133" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C133" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D133" t="str">
         <x:v/>
       </x:c>
       <x:c r="E133" t="str">
         <x:v/>
       </x:c>
       <x:c r="F133" t="str">
-        <x:v>187536 $</x:v>
+        <x:v>63218 $</x:v>
       </x:c>
       <x:c r="G133" t="str">
-        <x:v>7643</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H133" t="str">
         <x:v/>
       </x:c>
       <x:c r="I133" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9">
       <x:c r="A134" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B134" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C134" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D134" t="str">
         <x:v/>
       </x:c>
       <x:c r="E134" t="str">
         <x:v/>
       </x:c>
       <x:c r="F134" t="str">
-        <x:v>318270 $</x:v>
+        <x:v>55905 $</x:v>
       </x:c>
       <x:c r="G134" t="str">
-        <x:v>23525</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H134" t="str">
         <x:v/>
       </x:c>
       <x:c r="I134" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9">
       <x:c r="A135" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B135" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C135" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D135" t="str">
         <x:v/>
       </x:c>
       <x:c r="E135" t="str">
         <x:v/>
       </x:c>
       <x:c r="F135" t="str">
-        <x:v>11053 $</x:v>
+        <x:v>56075 $</x:v>
       </x:c>
       <x:c r="G135" t="str">
-        <x:v>961</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="H135" t="str">
         <x:v/>
       </x:c>
       <x:c r="I135" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9">
       <x:c r="A136" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B136" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C136" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D136" t="str">
         <x:v/>
       </x:c>
       <x:c r="E136" t="str">
         <x:v/>
       </x:c>
       <x:c r="F136" t="str">
-        <x:v>31900 $</x:v>
+        <x:v>52171 $</x:v>
       </x:c>
       <x:c r="G136" t="str">
-        <x:v>1250</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="H136" t="str">
         <x:v/>
       </x:c>
       <x:c r="I136" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:9">
       <x:c r="A137" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B137" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C137" t="str">
         <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D137" t="str">
         <x:v/>
       </x:c>
       <x:c r="E137" t="str">
         <x:v/>
       </x:c>
       <x:c r="F137" t="str">
         <x:v>53965 $</x:v>
       </x:c>
       <x:c r="G137" t="str">
         <x:v>1736</x:v>
       </x:c>
       <x:c r="H137" t="str">
         <x:v/>
       </x:c>
       <x:c r="I137" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:9">
       <x:c r="A138" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B138" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C138" t="str">
         <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D138" t="str">
         <x:v/>
       </x:c>
       <x:c r="E138" t="str">
         <x:v/>
       </x:c>
       <x:c r="F138" t="str">
-        <x:v>87364 $</x:v>
+        <x:v>100061 $</x:v>
       </x:c>
       <x:c r="G138" t="str">
-        <x:v>2461</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H138" t="str">
         <x:v/>
       </x:c>
       <x:c r="I138" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:9">
       <x:c r="A139" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B139" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C139" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D139" t="str">
         <x:v/>
       </x:c>
       <x:c r="E139" t="str">
         <x:v/>
       </x:c>
       <x:c r="F139" t="str">
-        <x:v>190868 $</x:v>
+        <x:v>86972 $</x:v>
       </x:c>
       <x:c r="G139" t="str">
-        <x:v>9068</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H139" t="str">
         <x:v/>
       </x:c>
       <x:c r="I139" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:9">
       <x:c r="A140" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B140" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C140" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D140" t="str">
         <x:v/>
       </x:c>
       <x:c r="E140" t="str">
         <x:v/>
       </x:c>
       <x:c r="F140" t="str">
-        <x:v>327225 $</x:v>
+        <x:v>88676 $</x:v>
       </x:c>
       <x:c r="G140" t="str">
-        <x:v>27134</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="H140" t="str">
         <x:v/>
       </x:c>
       <x:c r="I140" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:9">
       <x:c r="A141" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B141" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C141" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D141" t="str">
         <x:v/>
       </x:c>
       <x:c r="E141" t="str">
         <x:v/>
       </x:c>
       <x:c r="F141" t="str">
-        <x:v>9765 $</x:v>
+        <x:v>87363 $</x:v>
       </x:c>
       <x:c r="G141" t="str">
-        <x:v>1006</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="H141" t="str">
         <x:v/>
       </x:c>
       <x:c r="I141" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9">
       <x:c r="A142" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B142" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C142" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D142" t="str">
         <x:v/>
       </x:c>
       <x:c r="E142" t="str">
         <x:v/>
       </x:c>
       <x:c r="F142" t="str">
-        <x:v>29861 $</x:v>
+        <x:v>87364 $</x:v>
       </x:c>
       <x:c r="G142" t="str">
-        <x:v>1410</x:v>
+        <x:v>2461</x:v>
       </x:c>
       <x:c r="H142" t="str">
         <x:v/>
       </x:c>
       <x:c r="I142" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9">
       <x:c r="A143" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B143" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C143" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D143" t="str">
         <x:v/>
       </x:c>
       <x:c r="E143" t="str">
         <x:v/>
       </x:c>
       <x:c r="F143" t="str">
-        <x:v>52171 $</x:v>
+        <x:v>228670 $</x:v>
       </x:c>
       <x:c r="G143" t="str">
-        <x:v>1853</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H143" t="str">
         <x:v/>
       </x:c>
       <x:c r="I143" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9">
       <x:c r="A144" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B144" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C144" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D144" t="str">
         <x:v/>
       </x:c>
       <x:c r="E144" t="str">
         <x:v/>
       </x:c>
       <x:c r="F144" t="str">
-        <x:v>87363 $</x:v>
+        <x:v>190290 $</x:v>
       </x:c>
       <x:c r="G144" t="str">
-        <x:v>2979</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="H144" t="str">
         <x:v/>
       </x:c>
       <x:c r="I144" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9">
       <x:c r="A145" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B145" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C145" t="str">
         <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D145" t="str">
         <x:v/>
       </x:c>
       <x:c r="E145" t="str">
         <x:v/>
       </x:c>
       <x:c r="F145" t="str">
-        <x:v>194474 $</x:v>
+        <x:v>187536 $</x:v>
       </x:c>
       <x:c r="G145" t="str">
-        <x:v>10331</x:v>
+        <x:v>7643</x:v>
       </x:c>
       <x:c r="H145" t="str">
         <x:v/>
       </x:c>
       <x:c r="I145" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9">
       <x:c r="A146" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B146" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C146" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D146" t="str">
         <x:v/>
       </x:c>
       <x:c r="E146" t="str">
         <x:v/>
       </x:c>
       <x:c r="F146" t="str">
-        <x:v>333846 $</x:v>
+        <x:v>194474 $</x:v>
       </x:c>
       <x:c r="G146" t="str">
-        <x:v>31664</x:v>
+        <x:v>10331</x:v>
       </x:c>
       <x:c r="H146" t="str">
         <x:v/>
       </x:c>
       <x:c r="I146" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9">
       <x:c r="A147" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B147" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C147" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D147" t="str">
         <x:v/>
       </x:c>
       <x:c r="E147" t="str">
         <x:v/>
       </x:c>
       <x:c r="F147" t="str">
-        <x:v>13870 $</x:v>
+        <x:v>190868 $</x:v>
       </x:c>
       <x:c r="G147" t="str">
-        <x:v>39</x:v>
+        <x:v>9068</x:v>
       </x:c>
       <x:c r="H147" t="str">
         <x:v/>
       </x:c>
       <x:c r="I147" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:9">
       <x:c r="A148" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B148" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C148" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D148" t="str">
         <x:v/>
       </x:c>
       <x:c r="E148" t="str">
         <x:v/>
       </x:c>
       <x:c r="F148" t="str">
-        <x:v>37214 $</x:v>
+        <x:v>413654 $</x:v>
       </x:c>
       <x:c r="G148" t="str">
-        <x:v>93</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="H148" t="str">
         <x:v/>
       </x:c>
       <x:c r="I148" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:9">
       <x:c r="A149" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B149" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C149" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D149" t="str">
         <x:v/>
       </x:c>
       <x:c r="E149" t="str">
         <x:v/>
       </x:c>
       <x:c r="F149" t="str">
-        <x:v>63218 $</x:v>
+        <x:v>339267 $</x:v>
       </x:c>
       <x:c r="G149" t="str">
-        <x:v>148</x:v>
+        <x:v>4174</x:v>
       </x:c>
       <x:c r="H149" t="str">
         <x:v/>
       </x:c>
       <x:c r="I149" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:9">
       <x:c r="A150" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B150" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C150" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D150" t="str">
         <x:v/>
       </x:c>
       <x:c r="E150" t="str">
         <x:v/>
       </x:c>
       <x:c r="F150" t="str">
-        <x:v>100061 $</x:v>
+        <x:v>318270 $</x:v>
       </x:c>
       <x:c r="G150" t="str">
-        <x:v>208</x:v>
+        <x:v>23525</x:v>
       </x:c>
       <x:c r="H150" t="str">
         <x:v/>
       </x:c>
       <x:c r="I150" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:9">
       <x:c r="A151" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B151" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C151" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D151" t="str">
         <x:v/>
       </x:c>
       <x:c r="E151" t="str">
         <x:v/>
       </x:c>
       <x:c r="F151" t="str">
-        <x:v>228670 $</x:v>
+        <x:v>333846 $</x:v>
       </x:c>
       <x:c r="G151" t="str">
-        <x:v>491</x:v>
+        <x:v>31664</x:v>
       </x:c>
       <x:c r="H151" t="str">
         <x:v/>
       </x:c>
       <x:c r="I151" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:9">
       <x:c r="A152" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B152" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C152" t="str">
         <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D152" t="str">
         <x:v/>
       </x:c>
       <x:c r="E152" t="str">
         <x:v/>
       </x:c>
       <x:c r="F152" t="str">
-        <x:v>413654 $</x:v>
+        <x:v>327225 $</x:v>
       </x:c>
       <x:c r="G152" t="str">
-        <x:v>1176</x:v>
+        <x:v>27134</x:v>
       </x:c>
       <x:c r="H152" t="str">
         <x:v/>
       </x:c>
       <x:c r="I152" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:9">
       <x:c r="A153" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B153" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C153" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D153" t="str">
         <x:v/>
       </x:c>
       <x:c r="E153" t="str">
         <x:v/>
       </x:c>
       <x:c r="F153" t="str">
         <x:v>12699 $</x:v>
       </x:c>
       <x:c r="G153" t="str">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H153" t="str">
         <x:v/>
       </x:c>
       <x:c r="I153" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:9">
       <x:c r="A154" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B154" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C154" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D154" t="str">
         <x:v/>
       </x:c>
       <x:c r="E154" t="str">
         <x:v/>
       </x:c>
       <x:c r="F154" t="str">
-        <x:v>32580 $</x:v>
+        <x:v>10955 $</x:v>
       </x:c>
       <x:c r="G154" t="str">
-        <x:v>152</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="H154" t="str">
         <x:v/>
       </x:c>
       <x:c r="I154" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:9">
       <x:c r="A155" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B155" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C155" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D155" t="str">
         <x:v/>
       </x:c>
       <x:c r="E155" t="str">
         <x:v/>
       </x:c>
       <x:c r="F155" t="str">
-        <x:v>53815 $</x:v>
+        <x:v>8753 $</x:v>
       </x:c>
       <x:c r="G155" t="str">
-        <x:v>220</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="H155" t="str">
         <x:v/>
       </x:c>
       <x:c r="I155" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:9">
       <x:c r="A156" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B156" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C156" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D156" t="str">
         <x:v/>
       </x:c>
       <x:c r="E156" t="str">
         <x:v/>
       </x:c>
       <x:c r="F156" t="str">
-        <x:v>83821 $</x:v>
+        <x:v>10075 $</x:v>
       </x:c>
       <x:c r="G156" t="str">
-        <x:v>289</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="H156" t="str">
         <x:v/>
       </x:c>
       <x:c r="I156" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:9">
       <x:c r="A157" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B157" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C157" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D157" t="str">
         <x:v/>
       </x:c>
       <x:c r="E157" t="str">
         <x:v/>
       </x:c>
       <x:c r="F157" t="str">
-        <x:v>182811 $</x:v>
+        <x:v>32580 $</x:v>
       </x:c>
       <x:c r="G157" t="str">
-        <x:v>1214</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H157" t="str">
         <x:v/>
       </x:c>
       <x:c r="I157" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:9">
       <x:c r="A158" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B158" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C158" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D158" t="str">
         <x:v/>
       </x:c>
       <x:c r="E158" t="str">
         <x:v/>
       </x:c>
       <x:c r="F158" t="str">
-        <x:v>324853 $</x:v>
+        <x:v>31981 $</x:v>
       </x:c>
       <x:c r="G158" t="str">
-        <x:v>4147</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="H158" t="str">
         <x:v/>
       </x:c>
       <x:c r="I158" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:9">
       <x:c r="A159" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B159" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C159" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D159" t="str">
         <x:v/>
       </x:c>
       <x:c r="E159" t="str">
         <x:v/>
       </x:c>
       <x:c r="F159" t="str">
-        <x:v>10955 $</x:v>
+        <x:v>28327 $</x:v>
       </x:c>
       <x:c r="G159" t="str">
-        <x:v>741</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="H159" t="str">
         <x:v/>
       </x:c>
       <x:c r="I159" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:9">
       <x:c r="A160" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B160" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C160" t="str">
         <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D160" t="str">
         <x:v/>
       </x:c>
       <x:c r="E160" t="str">
         <x:v/>
       </x:c>
       <x:c r="F160" t="str">
-        <x:v>31981 $</x:v>
+        <x:v>30811 $</x:v>
       </x:c>
       <x:c r="G160" t="str">
-        <x:v>1157</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="H160" t="str">
         <x:v/>
       </x:c>
       <x:c r="I160" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:9">
       <x:c r="A161" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B161" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C161" t="str">
         <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D161" t="str">
         <x:v/>
       </x:c>
       <x:c r="E161" t="str">
         <x:v/>
       </x:c>
       <x:c r="F161" t="str">
-        <x:v>54394 $</x:v>
+        <x:v>53815 $</x:v>
       </x:c>
       <x:c r="G161" t="str">
-        <x:v>1792</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H161" t="str">
         <x:v/>
       </x:c>
       <x:c r="I161" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:9">
       <x:c r="A162" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B162" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C162" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D162" t="str">
         <x:v/>
       </x:c>
       <x:c r="E162" t="str">
         <x:v/>
       </x:c>
       <x:c r="F162" t="str">
-        <x:v>86254 $</x:v>
+        <x:v>54394 $</x:v>
       </x:c>
       <x:c r="G162" t="str">
-        <x:v>2409</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="H162" t="str">
         <x:v/>
       </x:c>
       <x:c r="I162" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:9">
       <x:c r="A163" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B163" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C163" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D163" t="str">
         <x:v/>
       </x:c>
       <x:c r="E163" t="str">
         <x:v/>
       </x:c>
       <x:c r="F163" t="str">
-        <x:v>181914 $</x:v>
+        <x:v>50047 $</x:v>
       </x:c>
       <x:c r="G163" t="str">
-        <x:v>7901</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="H163" t="str">
         <x:v/>
       </x:c>
       <x:c r="I163" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:9">
       <x:c r="A164" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B164" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C164" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D164" t="str">
         <x:v/>
       </x:c>
       <x:c r="E164" t="str">
         <x:v/>
       </x:c>
       <x:c r="F164" t="str">
-        <x:v>310186 $</x:v>
+        <x:v>52434 $</x:v>
       </x:c>
       <x:c r="G164" t="str">
-        <x:v>23921</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="H164" t="str">
         <x:v/>
       </x:c>
       <x:c r="I164" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:9">
       <x:c r="A165" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B165" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C165" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D165" t="str">
         <x:v/>
       </x:c>
       <x:c r="E165" t="str">
         <x:v/>
       </x:c>
       <x:c r="F165" t="str">
-        <x:v>10075 $</x:v>
+        <x:v>83821 $</x:v>
       </x:c>
       <x:c r="G165" t="str">
-        <x:v>835</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H165" t="str">
         <x:v/>
       </x:c>
       <x:c r="I165" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:9">
       <x:c r="A166" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B166" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C166" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D166" t="str">
         <x:v/>
       </x:c>
       <x:c r="E166" t="str">
         <x:v/>
       </x:c>
       <x:c r="F166" t="str">
-        <x:v>30811 $</x:v>
+        <x:v>86254 $</x:v>
       </x:c>
       <x:c r="G166" t="str">
-        <x:v>1171</x:v>
+        <x:v>2409</x:v>
       </x:c>
       <x:c r="H166" t="str">
         <x:v/>
       </x:c>
       <x:c r="I166" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:9">
       <x:c r="A167" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B167" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C167" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D167" t="str">
         <x:v/>
       </x:c>
       <x:c r="E167" t="str">
         <x:v/>
       </x:c>
       <x:c r="F167" t="str">
-        <x:v>52434 $</x:v>
+        <x:v>83282 $</x:v>
       </x:c>
       <x:c r="G167" t="str">
-        <x:v>1668</x:v>
+        <x:v>2671</x:v>
       </x:c>
       <x:c r="H167" t="str">
         <x:v/>
       </x:c>
       <x:c r="I167" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:9">
       <x:c r="A168" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B168" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C168" t="str">
         <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D168" t="str">
         <x:v/>
       </x:c>
       <x:c r="E168" t="str">
         <x:v/>
       </x:c>
       <x:c r="F168" t="str">
         <x:v>85041 $</x:v>
       </x:c>
       <x:c r="G168" t="str">
         <x:v>2548</x:v>
       </x:c>
       <x:c r="H168" t="str">
         <x:v/>
       </x:c>
       <x:c r="I168" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:9">
       <x:c r="A169" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B169" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C169" t="str">
         <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D169" t="str">
         <x:v/>
       </x:c>
       <x:c r="E169" t="str">
         <x:v/>
       </x:c>
       <x:c r="F169" t="str">
-        <x:v>185817 $</x:v>
+        <x:v>182811 $</x:v>
       </x:c>
       <x:c r="G169" t="str">
-        <x:v>9314</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="H169" t="str">
         <x:v/>
       </x:c>
       <x:c r="I169" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:9">
       <x:c r="A170" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B170" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C170" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D170" t="str">
         <x:v/>
       </x:c>
       <x:c r="E170" t="str">
         <x:v/>
       </x:c>
       <x:c r="F170" t="str">
-        <x:v>322294 $</x:v>
+        <x:v>181914 $</x:v>
       </x:c>
       <x:c r="G170" t="str">
-        <x:v>27845</x:v>
+        <x:v>7901</x:v>
       </x:c>
       <x:c r="H170" t="str">
         <x:v/>
       </x:c>
       <x:c r="I170" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:9">
       <x:c r="A171" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B171" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C171" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D171" t="str">
         <x:v/>
       </x:c>
       <x:c r="E171" t="str">
         <x:v/>
       </x:c>
       <x:c r="F171" t="str">
-        <x:v>8753 $</x:v>
+        <x:v>186145 $</x:v>
       </x:c>
       <x:c r="G171" t="str">
-        <x:v>844</x:v>
+        <x:v>9844</x:v>
       </x:c>
       <x:c r="H171" t="str">
         <x:v/>
       </x:c>
       <x:c r="I171" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:9">
       <x:c r="A172" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B172" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C172" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D172" t="str">
         <x:v/>
       </x:c>
       <x:c r="E172" t="str">
         <x:v/>
       </x:c>
       <x:c r="F172" t="str">
-        <x:v>28327 $</x:v>
+        <x:v>185817 $</x:v>
       </x:c>
       <x:c r="G172" t="str">
-        <x:v>1218</x:v>
+        <x:v>9314</x:v>
       </x:c>
       <x:c r="H172" t="str">
         <x:v/>
       </x:c>
       <x:c r="I172" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:9">
       <x:c r="A173" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B173" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C173" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D173" t="str">
         <x:v/>
       </x:c>
       <x:c r="E173" t="str">
         <x:v/>
       </x:c>
       <x:c r="F173" t="str">
-        <x:v>50047 $</x:v>
+        <x:v>324853 $</x:v>
       </x:c>
       <x:c r="G173" t="str">
-        <x:v>1714</x:v>
+        <x:v>4147</x:v>
       </x:c>
       <x:c r="H173" t="str">
         <x:v/>
       </x:c>
       <x:c r="I173" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:9">
       <x:c r="A174" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B174" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C174" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D174" t="str">
         <x:v/>
       </x:c>
       <x:c r="E174" t="str">
         <x:v/>
       </x:c>
       <x:c r="F174" t="str">
-        <x:v>83282 $</x:v>
+        <x:v>310186 $</x:v>
       </x:c>
       <x:c r="G174" t="str">
-        <x:v>2671</x:v>
+        <x:v>23921</x:v>
       </x:c>
       <x:c r="H174" t="str">
         <x:v/>
       </x:c>
       <x:c r="I174" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:9">
       <x:c r="A175" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B175" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C175" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D175" t="str">
         <x:v/>
       </x:c>
       <x:c r="E175" t="str">
         <x:v/>
       </x:c>
       <x:c r="F175" t="str">
-        <x:v>186145 $</x:v>
+        <x:v>323032 $</x:v>
       </x:c>
       <x:c r="G175" t="str">
-        <x:v>9844</x:v>
+        <x:v>30923</x:v>
       </x:c>
       <x:c r="H175" t="str">
         <x:v/>
       </x:c>
       <x:c r="I175" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:9">
       <x:c r="A176" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B176" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C176" t="str">
         <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D176" t="str">
         <x:v/>
       </x:c>
       <x:c r="E176" t="str">
         <x:v/>
       </x:c>
       <x:c r="F176" t="str">
-        <x:v>323032 $</x:v>
+        <x:v>322294 $</x:v>
       </x:c>
       <x:c r="G176" t="str">
-        <x:v>30923</x:v>
+        <x:v>27845</x:v>
       </x:c>
       <x:c r="H176" t="str">
         <x:v/>
       </x:c>
       <x:c r="I176" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:9">
       <x:c r="A177" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B177" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C177" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D177" t="str">
         <x:v/>
       </x:c>
       <x:c r="E177" t="str">
         <x:v/>
       </x:c>
       <x:c r="F177" t="str">
@@ -5683,1252 +5683,1252 @@
       </x:c>
       <x:c r="D182" t="str">
         <x:v/>
       </x:c>
       <x:c r="E182" t="str">
         <x:v/>
       </x:c>
       <x:c r="F182" t="str">
         <x:v>395416 $</x:v>
       </x:c>
       <x:c r="G182" t="str">
         <x:v>947</x:v>
       </x:c>
       <x:c r="H182" t="str">
         <x:v/>
       </x:c>
       <x:c r="I182" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:9">
       <x:c r="A183" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B183" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C183" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D183" t="str">
         <x:v/>
       </x:c>
       <x:c r="E183" t="str">
         <x:v/>
       </x:c>
       <x:c r="F183" t="str">
-        <x:v>12168 $</x:v>
+        <x:v>12730 $</x:v>
       </x:c>
       <x:c r="G183" t="str">
-        <x:v>102</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H183" t="str">
         <x:v/>
       </x:c>
       <x:c r="I183" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:9">
       <x:c r="A184" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B184" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C184" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D184" t="str">
         <x:v/>
       </x:c>
       <x:c r="E184" t="str">
         <x:v/>
       </x:c>
       <x:c r="F184" t="str">
-        <x:v>31301 $</x:v>
+        <x:v>12168 $</x:v>
       </x:c>
       <x:c r="G184" t="str">
-        <x:v>156</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H184" t="str">
         <x:v/>
       </x:c>
       <x:c r="I184" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:9">
       <x:c r="A185" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B185" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C185" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D185" t="str">
         <x:v/>
       </x:c>
       <x:c r="E185" t="str">
         <x:v/>
       </x:c>
       <x:c r="F185" t="str">
-        <x:v>51769 $</x:v>
+        <x:v>9617 $</x:v>
       </x:c>
       <x:c r="G185" t="str">
-        <x:v>222</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="H185" t="str">
         <x:v/>
       </x:c>
       <x:c r="I185" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:9">
       <x:c r="A186" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B186" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C186" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D186" t="str">
         <x:v/>
       </x:c>
       <x:c r="E186" t="str">
         <x:v/>
       </x:c>
       <x:c r="F186" t="str">
-        <x:v>80542 $</x:v>
+        <x:v>7480 $</x:v>
       </x:c>
       <x:c r="G186" t="str">
-        <x:v>304</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="H186" t="str">
         <x:v/>
       </x:c>
       <x:c r="I186" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:9">
       <x:c r="A187" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B187" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C187" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D187" t="str">
         <x:v/>
       </x:c>
       <x:c r="E187" t="str">
         <x:v/>
       </x:c>
       <x:c r="F187" t="str">
-        <x:v>174940 $</x:v>
+        <x:v>8731 $</x:v>
       </x:c>
       <x:c r="G187" t="str">
-        <x:v>1398</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="H187" t="str">
         <x:v/>
       </x:c>
       <x:c r="I187" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:9">
       <x:c r="A188" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B188" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C188" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D188" t="str">
         <x:v/>
       </x:c>
       <x:c r="E188" t="str">
         <x:v/>
       </x:c>
       <x:c r="F188" t="str">
-        <x:v>309278 $</x:v>
+        <x:v>34103 $</x:v>
       </x:c>
       <x:c r="G188" t="str">
-        <x:v>4613</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H188" t="str">
         <x:v/>
       </x:c>
       <x:c r="I188" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:9">
       <x:c r="A189" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B189" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C189" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D189" t="str">
         <x:v/>
       </x:c>
       <x:c r="E189" t="str">
         <x:v/>
       </x:c>
       <x:c r="F189" t="str">
-        <x:v>9617 $</x:v>
+        <x:v>31301 $</x:v>
       </x:c>
       <x:c r="G189" t="str">
-        <x:v>792</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H189" t="str">
         <x:v/>
       </x:c>
       <x:c r="I189" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:9">
       <x:c r="A190" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B190" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C190" t="str">
         <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D190" t="str">
         <x:v/>
       </x:c>
       <x:c r="E190" t="str">
         <x:v/>
       </x:c>
       <x:c r="F190" t="str">
         <x:v>30179 $</x:v>
       </x:c>
       <x:c r="G190" t="str">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="H190" t="str">
         <x:v/>
       </x:c>
       <x:c r="I190" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:9">
       <x:c r="A191" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B191" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C191" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D191" t="str">
         <x:v/>
       </x:c>
       <x:c r="E191" t="str">
         <x:v/>
       </x:c>
       <x:c r="F191" t="str">
-        <x:v>52396 $</x:v>
+        <x:v>26217 $</x:v>
       </x:c>
       <x:c r="G191" t="str">
-        <x:v>1537</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="H191" t="str">
         <x:v/>
       </x:c>
       <x:c r="I191" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:9">
       <x:c r="A192" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B192" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C192" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D192" t="str">
         <x:v/>
       </x:c>
       <x:c r="E192" t="str">
         <x:v/>
       </x:c>
       <x:c r="F192" t="str">
-        <x:v>83747 $</x:v>
+        <x:v>28758 $</x:v>
       </x:c>
       <x:c r="G192" t="str">
-        <x:v>1897</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="H192" t="str">
         <x:v/>
       </x:c>
       <x:c r="I192" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:9">
       <x:c r="A193" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B193" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C193" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D193" t="str">
         <x:v/>
       </x:c>
       <x:c r="E193" t="str">
         <x:v/>
       </x:c>
       <x:c r="F193" t="str">
-        <x:v>178495 $</x:v>
+        <x:v>58082 $</x:v>
       </x:c>
       <x:c r="G193" t="str">
-        <x:v>6818</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H193" t="str">
         <x:v/>
       </x:c>
       <x:c r="I193" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:9">
       <x:c r="A194" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B194" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C194" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D194" t="str">
         <x:v/>
       </x:c>
       <x:c r="E194" t="str">
         <x:v/>
       </x:c>
       <x:c r="F194" t="str">
-        <x:v>304642 $</x:v>
+        <x:v>51769 $</x:v>
       </x:c>
       <x:c r="G194" t="str">
-        <x:v>24682</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H194" t="str">
         <x:v/>
       </x:c>
       <x:c r="I194" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:9">
       <x:c r="A195" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B195" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C195" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D195" t="str">
         <x:v/>
       </x:c>
       <x:c r="E195" t="str">
         <x:v/>
       </x:c>
       <x:c r="F195" t="str">
-        <x:v>8731 $</x:v>
+        <x:v>52396 $</x:v>
       </x:c>
       <x:c r="G195" t="str">
-        <x:v>829</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="H195" t="str">
         <x:v/>
       </x:c>
       <x:c r="I195" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:9">
       <x:c r="A196" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B196" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C196" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D196" t="str">
         <x:v/>
       </x:c>
       <x:c r="E196" t="str">
         <x:v/>
       </x:c>
       <x:c r="F196" t="str">
-        <x:v>28758 $</x:v>
+        <x:v>48071 $</x:v>
       </x:c>
       <x:c r="G196" t="str">
-        <x:v>1354</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="H196" t="str">
         <x:v/>
       </x:c>
       <x:c r="I196" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:9">
       <x:c r="A197" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B197" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C197" t="str">
         <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D197" t="str">
         <x:v/>
       </x:c>
       <x:c r="E197" t="str">
         <x:v/>
       </x:c>
       <x:c r="F197" t="str">
         <x:v>50366 $</x:v>
       </x:c>
       <x:c r="G197" t="str">
         <x:v>1404</x:v>
       </x:c>
       <x:c r="H197" t="str">
         <x:v/>
       </x:c>
       <x:c r="I197" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:9">
       <x:c r="A198" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B198" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C198" t="str">
         <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D198" t="str">
         <x:v/>
       </x:c>
       <x:c r="E198" t="str">
         <x:v/>
       </x:c>
       <x:c r="F198" t="str">
-        <x:v>83120 $</x:v>
+        <x:v>92190 $</x:v>
       </x:c>
       <x:c r="G198" t="str">
-        <x:v>1973</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H198" t="str">
         <x:v/>
       </x:c>
       <x:c r="I198" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:9">
       <x:c r="A199" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B199" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C199" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D199" t="str">
         <x:v/>
       </x:c>
       <x:c r="E199" t="str">
         <x:v/>
       </x:c>
       <x:c r="F199" t="str">
-        <x:v>183142 $</x:v>
+        <x:v>80542 $</x:v>
       </x:c>
       <x:c r="G199" t="str">
-        <x:v>7885</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H199" t="str">
         <x:v/>
       </x:c>
       <x:c r="I199" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:9">
       <x:c r="A200" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B200" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C200" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D200" t="str">
         <x:v/>
       </x:c>
       <x:c r="E200" t="str">
         <x:v/>
       </x:c>
       <x:c r="F200" t="str">
-        <x:v>318070 $</x:v>
+        <x:v>83747 $</x:v>
       </x:c>
       <x:c r="G200" t="str">
-        <x:v>28951</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="H200" t="str">
         <x:v/>
       </x:c>
       <x:c r="I200" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:9">
       <x:c r="A201" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B201" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C201" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D201" t="str">
         <x:v/>
       </x:c>
       <x:c r="E201" t="str">
         <x:v/>
       </x:c>
       <x:c r="F201" t="str">
-        <x:v>7480 $</x:v>
+        <x:v>81573 $</x:v>
       </x:c>
       <x:c r="G201" t="str">
-        <x:v>777</x:v>
+        <x:v>2522</x:v>
       </x:c>
       <x:c r="H201" t="str">
         <x:v/>
       </x:c>
       <x:c r="I201" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:9">
       <x:c r="A202" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B202" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C202" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D202" t="str">
         <x:v/>
       </x:c>
       <x:c r="E202" t="str">
         <x:v/>
       </x:c>
       <x:c r="F202" t="str">
-        <x:v>26217 $</x:v>
+        <x:v>83120 $</x:v>
       </x:c>
       <x:c r="G202" t="str">
-        <x:v>1467</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="H202" t="str">
         <x:v/>
       </x:c>
       <x:c r="I202" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:9">
       <x:c r="A203" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B203" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C203" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D203" t="str">
         <x:v/>
       </x:c>
       <x:c r="E203" t="str">
         <x:v/>
       </x:c>
       <x:c r="F203" t="str">
-        <x:v>48071 $</x:v>
+        <x:v>209307 $</x:v>
       </x:c>
       <x:c r="G203" t="str">
-        <x:v>1565</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H203" t="str">
         <x:v/>
       </x:c>
       <x:c r="I203" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:9">
       <x:c r="A204" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B204" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C204" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D204" t="str">
         <x:v/>
       </x:c>
       <x:c r="E204" t="str">
         <x:v/>
       </x:c>
       <x:c r="F204" t="str">
-        <x:v>81573 $</x:v>
+        <x:v>174940 $</x:v>
       </x:c>
       <x:c r="G204" t="str">
-        <x:v>2522</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="H204" t="str">
         <x:v/>
       </x:c>
       <x:c r="I204" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:9">
       <x:c r="A205" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B205" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C205" t="str">
         <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D205" t="str">
         <x:v/>
       </x:c>
       <x:c r="E205" t="str">
         <x:v/>
       </x:c>
       <x:c r="F205" t="str">
-        <x:v>185130 $</x:v>
+        <x:v>178495 $</x:v>
       </x:c>
       <x:c r="G205" t="str">
-        <x:v>9425</x:v>
+        <x:v>6818</x:v>
       </x:c>
       <x:c r="H205" t="str">
         <x:v/>
       </x:c>
       <x:c r="I205" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:9">
       <x:c r="A206" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B206" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C206" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D206" t="str">
         <x:v/>
       </x:c>
       <x:c r="E206" t="str">
         <x:v/>
       </x:c>
       <x:c r="F206" t="str">
-        <x:v>323614 $</x:v>
+        <x:v>185130 $</x:v>
       </x:c>
       <x:c r="G206" t="str">
-        <x:v>33989</x:v>
+        <x:v>9425</x:v>
       </x:c>
       <x:c r="H206" t="str">
         <x:v/>
       </x:c>
       <x:c r="I206" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:9">
       <x:c r="A207" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B207" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C207" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D207" t="str">
         <x:v/>
       </x:c>
       <x:c r="E207" t="str">
         <x:v/>
       </x:c>
       <x:c r="F207" t="str">
-        <x:v>12730 $</x:v>
+        <x:v>183142 $</x:v>
       </x:c>
       <x:c r="G207" t="str">
-        <x:v>30</x:v>
+        <x:v>7885</x:v>
       </x:c>
       <x:c r="H207" t="str">
         <x:v/>
       </x:c>
       <x:c r="I207" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:9">
       <x:c r="A208" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B208" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C208" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D208" t="str">
         <x:v/>
       </x:c>
       <x:c r="E208" t="str">
         <x:v/>
       </x:c>
       <x:c r="F208" t="str">
-        <x:v>34103 $</x:v>
+        <x:v>376587 $</x:v>
       </x:c>
       <x:c r="G208" t="str">
-        <x:v>73</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="H208" t="str">
         <x:v/>
       </x:c>
       <x:c r="I208" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:9">
       <x:c r="A209" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B209" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C209" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D209" t="str">
         <x:v/>
       </x:c>
       <x:c r="E209" t="str">
         <x:v/>
       </x:c>
       <x:c r="F209" t="str">
-        <x:v>58082 $</x:v>
+        <x:v>309278 $</x:v>
       </x:c>
       <x:c r="G209" t="str">
-        <x:v>124</x:v>
+        <x:v>4613</x:v>
       </x:c>
       <x:c r="H209" t="str">
         <x:v/>
       </x:c>
       <x:c r="I209" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:9">
       <x:c r="A210" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B210" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C210" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D210" t="str">
         <x:v/>
       </x:c>
       <x:c r="E210" t="str">
         <x:v/>
       </x:c>
       <x:c r="F210" t="str">
-        <x:v>92190 $</x:v>
+        <x:v>304642 $</x:v>
       </x:c>
       <x:c r="G210" t="str">
-        <x:v>183</x:v>
+        <x:v>24682</x:v>
       </x:c>
       <x:c r="H210" t="str">
         <x:v/>
       </x:c>
       <x:c r="I210" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:9">
       <x:c r="A211" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B211" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C211" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D211" t="str">
         <x:v/>
       </x:c>
       <x:c r="E211" t="str">
         <x:v/>
       </x:c>
       <x:c r="F211" t="str">
-        <x:v>209307 $</x:v>
+        <x:v>323614 $</x:v>
       </x:c>
       <x:c r="G211" t="str">
-        <x:v>423</x:v>
+        <x:v>33989</x:v>
       </x:c>
       <x:c r="H211" t="str">
         <x:v/>
       </x:c>
       <x:c r="I211" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:9">
       <x:c r="A212" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B212" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C212" t="str">
         <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D212" t="str">
         <x:v/>
       </x:c>
       <x:c r="E212" t="str">
         <x:v/>
       </x:c>
       <x:c r="F212" t="str">
-        <x:v>376587 $</x:v>
+        <x:v>318070 $</x:v>
       </x:c>
       <x:c r="G212" t="str">
-        <x:v>1038</x:v>
+        <x:v>28951</x:v>
       </x:c>
       <x:c r="H212" t="str">
         <x:v/>
       </x:c>
       <x:c r="I212" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:9">
       <x:c r="A213" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B213" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C213" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D213" t="str">
         <x:v/>
       </x:c>
       <x:c r="E213" t="str">
         <x:v/>
       </x:c>
       <x:c r="F213" t="str">
-        <x:v>11558 $</x:v>
+        <x:v>8893 $</x:v>
       </x:c>
       <x:c r="G213" t="str">
         <x:v/>
       </x:c>
       <x:c r="H213" t="str">
-        <x:v>1211930.2</x:v>
+        <x:v>34554.6</x:v>
       </x:c>
       <x:c r="I213" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:9">
       <x:c r="A214" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B214" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C214" t="str">
         <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D214" t="str">
         <x:v/>
       </x:c>
       <x:c r="E214" t="str">
         <x:v/>
       </x:c>
       <x:c r="F214" t="str">
-        <x:v>29887 $</x:v>
+        <x:v>28624 $</x:v>
       </x:c>
       <x:c r="G214" t="str">
         <x:v/>
       </x:c>
       <x:c r="H214" t="str">
-        <x:v>1211930.2</x:v>
+        <x:v>34554.6</x:v>
       </x:c>
       <x:c r="I214" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:9">
       <x:c r="A215" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B215" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C215" t="str">
         <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D215" t="str">
         <x:v/>
       </x:c>
       <x:c r="E215" t="str">
         <x:v/>
       </x:c>
       <x:c r="F215" t="str">
-        <x:v>49649 $</x:v>
+        <x:v>50616 $</x:v>
       </x:c>
       <x:c r="G215" t="str">
         <x:v/>
       </x:c>
       <x:c r="H215" t="str">
-        <x:v>1211930.2</x:v>
+        <x:v>34554.6</x:v>
       </x:c>
       <x:c r="I215" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:9">
       <x:c r="A216" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B216" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C216" t="str">
         <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D216" t="str">
         <x:v/>
       </x:c>
       <x:c r="E216" t="str">
         <x:v/>
       </x:c>
       <x:c r="F216" t="str">
-        <x:v>77373 $</x:v>
+        <x:v>80792 $</x:v>
       </x:c>
       <x:c r="G216" t="str">
         <x:v/>
       </x:c>
       <x:c r="H216" t="str">
-        <x:v>1211930.2</x:v>
+        <x:v>34554.6</x:v>
       </x:c>
       <x:c r="I216" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:9">
       <x:c r="A217" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B217" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C217" t="str">
         <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D217" t="str">
         <x:v/>
       </x:c>
       <x:c r="E217" t="str">
         <x:v/>
       </x:c>
       <x:c r="F217" t="str">
-        <x:v>167583 $</x:v>
+        <x:v>176064 $</x:v>
       </x:c>
       <x:c r="G217" t="str">
         <x:v/>
       </x:c>
       <x:c r="H217" t="str">
-        <x:v>1211930.2</x:v>
+        <x:v>34554.6</x:v>
       </x:c>
       <x:c r="I217" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:9">
       <x:c r="A218" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B218" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C218" t="str">
         <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D218" t="str">
         <x:v/>
       </x:c>
       <x:c r="E218" t="str">
         <x:v/>
       </x:c>
       <x:c r="F218" t="str">
-        <x:v>294666 $</x:v>
+        <x:v>308354 $</x:v>
       </x:c>
       <x:c r="G218" t="str">
         <x:v/>
       </x:c>
       <x:c r="H218" t="str">
         <x:v/>
       </x:c>
       <x:c r="I218" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:9">
       <x:c r="A219" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B219" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C219" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D219" t="str">
         <x:v/>
       </x:c>
       <x:c r="E219" t="str">
         <x:v/>
       </x:c>
       <x:c r="F219" t="str">
-        <x:v>8893 $</x:v>
+        <x:v>7085 $</x:v>
       </x:c>
       <x:c r="G219" t="str">
         <x:v/>
       </x:c>
       <x:c r="H219" t="str">
-        <x:v>34554.6</x:v>
+        <x:v>23433</x:v>
       </x:c>
       <x:c r="I219" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:9">
       <x:c r="A220" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B220" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C220" t="str">
         <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D220" t="str">
         <x:v/>
       </x:c>
       <x:c r="E220" t="str">
         <x:v/>
       </x:c>
       <x:c r="F220" t="str">
-        <x:v>28624 $</x:v>
+        <x:v>24670 $</x:v>
       </x:c>
       <x:c r="G220" t="str">
         <x:v/>
       </x:c>
       <x:c r="H220" t="str">
-        <x:v>34554.6</x:v>
+        <x:v>23433</x:v>
       </x:c>
       <x:c r="I220" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:9">
       <x:c r="A221" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B221" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C221" t="str">
         <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D221" t="str">
         <x:v/>
       </x:c>
       <x:c r="E221" t="str">
         <x:v/>
       </x:c>
       <x:c r="F221" t="str">
-        <x:v>50616 $</x:v>
+        <x:v>45976 $</x:v>
       </x:c>
       <x:c r="G221" t="str">
         <x:v/>
       </x:c>
       <x:c r="H221" t="str">
-        <x:v>34554.6</x:v>
+        <x:v>23433</x:v>
       </x:c>
       <x:c r="I221" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:9">
       <x:c r="A222" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B222" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C222" t="str">
         <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D222" t="str">
         <x:v/>
       </x:c>
       <x:c r="E222" t="str">
         <x:v/>
       </x:c>
       <x:c r="F222" t="str">
-        <x:v>80792 $</x:v>
+        <x:v>79307 $</x:v>
       </x:c>
       <x:c r="G222" t="str">
         <x:v/>
       </x:c>
       <x:c r="H222" t="str">
-        <x:v>34554.6</x:v>
+        <x:v>23433</x:v>
       </x:c>
       <x:c r="I222" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:9">
       <x:c r="A223" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B223" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C223" t="str">
         <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D223" t="str">
         <x:v/>
       </x:c>
       <x:c r="E223" t="str">
         <x:v/>
       </x:c>
       <x:c r="F223" t="str">
-        <x:v>176064 $</x:v>
+        <x:v>182338 $</x:v>
       </x:c>
       <x:c r="G223" t="str">
         <x:v/>
       </x:c>
       <x:c r="H223" t="str">
-        <x:v>34554.6</x:v>
+        <x:v>23433</x:v>
       </x:c>
       <x:c r="I223" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:9">
       <x:c r="A224" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B224" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C224" t="str">
         <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D224" t="str">
         <x:v/>
       </x:c>
       <x:c r="E224" t="str">
         <x:v/>
       </x:c>
       <x:c r="F224" t="str">
-        <x:v>308354 $</x:v>
+        <x:v>323846 $</x:v>
       </x:c>
       <x:c r="G224" t="str">
         <x:v/>
       </x:c>
       <x:c r="H224" t="str">
         <x:v/>
       </x:c>
       <x:c r="I224" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:9">
       <x:c r="A225" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B225" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C225" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D225" t="str">
         <x:v/>
       </x:c>
       <x:c r="E225" t="str">
@@ -7075,208 +7075,208 @@
       </x:c>
       <x:c r="D230" t="str">
         <x:v/>
       </x:c>
       <x:c r="E230" t="str">
         <x:v/>
       </x:c>
       <x:c r="F230" t="str">
         <x:v>325793 $</x:v>
       </x:c>
       <x:c r="G230" t="str">
         <x:v/>
       </x:c>
       <x:c r="H230" t="str">
         <x:v/>
       </x:c>
       <x:c r="I230" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:9">
       <x:c r="A231" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B231" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C231" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D231" t="str">
         <x:v/>
       </x:c>
       <x:c r="E231" t="str">
         <x:v/>
       </x:c>
       <x:c r="F231" t="str">
-        <x:v>7085 $</x:v>
+        <x:v>11558 $</x:v>
       </x:c>
       <x:c r="G231" t="str">
         <x:v/>
       </x:c>
       <x:c r="H231" t="str">
-        <x:v>23433</x:v>
+        <x:v>1211930.2</x:v>
       </x:c>
       <x:c r="I231" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:9">
       <x:c r="A232" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B232" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C232" t="str">
         <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D232" t="str">
         <x:v/>
       </x:c>
       <x:c r="E232" t="str">
         <x:v/>
       </x:c>
       <x:c r="F232" t="str">
-        <x:v>24670 $</x:v>
+        <x:v>29887 $</x:v>
       </x:c>
       <x:c r="G232" t="str">
         <x:v/>
       </x:c>
       <x:c r="H232" t="str">
-        <x:v>23433</x:v>
+        <x:v>1211930.2</x:v>
       </x:c>
       <x:c r="I232" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:9">
       <x:c r="A233" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B233" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C233" t="str">
         <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D233" t="str">
         <x:v/>
       </x:c>
       <x:c r="E233" t="str">
         <x:v/>
       </x:c>
       <x:c r="F233" t="str">
-        <x:v>45976 $</x:v>
+        <x:v>49649 $</x:v>
       </x:c>
       <x:c r="G233" t="str">
         <x:v/>
       </x:c>
       <x:c r="H233" t="str">
-        <x:v>23433</x:v>
+        <x:v>1211930.2</x:v>
       </x:c>
       <x:c r="I233" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:9">
       <x:c r="A234" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B234" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C234" t="str">
         <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D234" t="str">
         <x:v/>
       </x:c>
       <x:c r="E234" t="str">
         <x:v/>
       </x:c>
       <x:c r="F234" t="str">
-        <x:v>79307 $</x:v>
+        <x:v>77373 $</x:v>
       </x:c>
       <x:c r="G234" t="str">
         <x:v/>
       </x:c>
       <x:c r="H234" t="str">
-        <x:v>23433</x:v>
+        <x:v>1211930.2</x:v>
       </x:c>
       <x:c r="I234" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:9">
       <x:c r="A235" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B235" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C235" t="str">
         <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D235" t="str">
         <x:v/>
       </x:c>
       <x:c r="E235" t="str">
         <x:v/>
       </x:c>
       <x:c r="F235" t="str">
-        <x:v>182338 $</x:v>
+        <x:v>167583 $</x:v>
       </x:c>
       <x:c r="G235" t="str">
         <x:v/>
       </x:c>
       <x:c r="H235" t="str">
-        <x:v>23433</x:v>
+        <x:v>1211930.2</x:v>
       </x:c>
       <x:c r="I235" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:9">
       <x:c r="A236" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B236" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C236" t="str">
         <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D236" t="str">
         <x:v/>
       </x:c>
       <x:c r="E236" t="str">
         <x:v/>
       </x:c>
       <x:c r="F236" t="str">
-        <x:v>323846 $</x:v>
+        <x:v>294666 $</x:v>
       </x:c>
       <x:c r="G236" t="str">
         <x:v/>
       </x:c>
       <x:c r="H236" t="str">
         <x:v/>
       </x:c>
       <x:c r="I236" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:9">
       <x:c r="A237" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B237" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C237" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D237" t="str">
         <x:v/>
       </x:c>
       <x:c r="E237" t="str">
@@ -7423,904 +7423,904 @@
       </x:c>
       <x:c r="D242" t="str">
         <x:v/>
       </x:c>
       <x:c r="E242" t="str">
         <x:v/>
       </x:c>
       <x:c r="F242" t="str">
         <x:v>358316 $</x:v>
       </x:c>
       <x:c r="G242" t="str">
         <x:v/>
       </x:c>
       <x:c r="H242" t="str">
         <x:v/>
       </x:c>
       <x:c r="I242" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:9">
       <x:c r="A243" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B243" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C243" t="str">
         <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D243" t="str">
         <x:v/>
       </x:c>
       <x:c r="E243" t="str">
         <x:v/>
       </x:c>
       <x:c r="F243" t="str">
-        <x:v>11258 $</x:v>
+        <x:v>11952 $</x:v>
       </x:c>
       <x:c r="G243" t="str">
         <x:v/>
       </x:c>
       <x:c r="H243" t="str">
-        <x:v>462945</x:v>
+        <x:v>22936271.2</x:v>
       </x:c>
       <x:c r="I243" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:9">
       <x:c r="A244" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B244" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C244" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D244" t="str">
         <x:v/>
       </x:c>
       <x:c r="E244" t="str">
         <x:v/>
       </x:c>
       <x:c r="F244" t="str">
-        <x:v>29078 $</x:v>
+        <x:v>11258 $</x:v>
       </x:c>
       <x:c r="G244" t="str">
         <x:v/>
       </x:c>
       <x:c r="H244" t="str">
         <x:v>462945</x:v>
       </x:c>
       <x:c r="I244" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:9">
       <x:c r="A245" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B245" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C245" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D245" t="str">
         <x:v/>
       </x:c>
       <x:c r="E245" t="str">
         <x:v/>
       </x:c>
       <x:c r="F245" t="str">
-        <x:v>48371 $</x:v>
+        <x:v>8754 $</x:v>
       </x:c>
       <x:c r="G245" t="str">
         <x:v/>
       </x:c>
       <x:c r="H245" t="str">
-        <x:v>462945</x:v>
+        <x:v>13186.6</x:v>
       </x:c>
       <x:c r="I245" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:9">
       <x:c r="A246" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B246" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C246" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D246" t="str">
         <x:v/>
       </x:c>
       <x:c r="E246" t="str">
         <x:v/>
       </x:c>
       <x:c r="F246" t="str">
-        <x:v>75480 $</x:v>
+        <x:v>7163 $</x:v>
       </x:c>
       <x:c r="G246" t="str">
         <x:v/>
       </x:c>
       <x:c r="H246" t="str">
-        <x:v>462945</x:v>
+        <x:v>8872.8</x:v>
       </x:c>
       <x:c r="I246" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:9">
       <x:c r="A247" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B247" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C247" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>Bottom 20%</x:v>
       </x:c>
       <x:c r="D247" t="str">
         <x:v/>
       </x:c>
       <x:c r="E247" t="str">
         <x:v/>
       </x:c>
       <x:c r="F247" t="str">
-        <x:v>162372 $</x:v>
+        <x:v>7960 $</x:v>
       </x:c>
       <x:c r="G247" t="str">
         <x:v/>
       </x:c>
       <x:c r="H247" t="str">
-        <x:v>462945</x:v>
+        <x:v>11013</x:v>
       </x:c>
       <x:c r="I247" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:9">
       <x:c r="A248" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B248" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C248" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D248" t="str">
         <x:v/>
       </x:c>
       <x:c r="E248" t="str">
         <x:v/>
       </x:c>
       <x:c r="F248" t="str">
-        <x:v>282978 $</x:v>
+        <x:v>31827 $</x:v>
       </x:c>
       <x:c r="G248" t="str">
         <x:v/>
       </x:c>
       <x:c r="H248" t="str">
-        <x:v/>
+        <x:v>22936271.2</x:v>
       </x:c>
       <x:c r="I248" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:9">
       <x:c r="A249" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B249" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C249" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D249" t="str">
         <x:v/>
       </x:c>
       <x:c r="E249" t="str">
         <x:v/>
       </x:c>
       <x:c r="F249" t="str">
-        <x:v>8754 $</x:v>
+        <x:v>29078 $</x:v>
       </x:c>
       <x:c r="G249" t="str">
         <x:v/>
       </x:c>
       <x:c r="H249" t="str">
-        <x:v>13186.6</x:v>
+        <x:v>462945</x:v>
       </x:c>
       <x:c r="I249" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:9">
       <x:c r="A250" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B250" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C250" t="str">
         <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D250" t="str">
         <x:v/>
       </x:c>
       <x:c r="E250" t="str">
         <x:v/>
       </x:c>
       <x:c r="F250" t="str">
         <x:v>28108 $</x:v>
       </x:c>
       <x:c r="G250" t="str">
         <x:v/>
       </x:c>
       <x:c r="H250" t="str">
         <x:v>13186.6</x:v>
       </x:c>
       <x:c r="I250" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:9">
       <x:c r="A251" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B251" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C251" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D251" t="str">
         <x:v/>
       </x:c>
       <x:c r="E251" t="str">
         <x:v/>
       </x:c>
       <x:c r="F251" t="str">
-        <x:v>49823 $</x:v>
+        <x:v>24364 $</x:v>
       </x:c>
       <x:c r="G251" t="str">
         <x:v/>
       </x:c>
       <x:c r="H251" t="str">
-        <x:v>13186.6</x:v>
+        <x:v>8872.8</x:v>
       </x:c>
       <x:c r="I251" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:9">
       <x:c r="A252" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B252" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C252" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>20% to 40%</x:v>
       </x:c>
       <x:c r="D252" t="str">
         <x:v/>
       </x:c>
       <x:c r="E252" t="str">
         <x:v/>
       </x:c>
       <x:c r="F252" t="str">
-        <x:v>79879 $</x:v>
+        <x:v>26583 $</x:v>
       </x:c>
       <x:c r="G252" t="str">
         <x:v/>
       </x:c>
       <x:c r="H252" t="str">
-        <x:v>13186.6</x:v>
+        <x:v>11013</x:v>
       </x:c>
       <x:c r="I252" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:9">
       <x:c r="A253" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B253" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C253" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D253" t="str">
         <x:v/>
       </x:c>
       <x:c r="E253" t="str">
         <x:v/>
       </x:c>
       <x:c r="F253" t="str">
-        <x:v>172323 $</x:v>
+        <x:v>54286 $</x:v>
       </x:c>
       <x:c r="G253" t="str">
         <x:v/>
       </x:c>
       <x:c r="H253" t="str">
-        <x:v>13186.6</x:v>
+        <x:v>22936271.2</x:v>
       </x:c>
       <x:c r="I253" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:9">
       <x:c r="A254" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B254" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C254" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D254" t="str">
         <x:v/>
       </x:c>
       <x:c r="E254" t="str">
         <x:v/>
       </x:c>
       <x:c r="F254" t="str">
-        <x:v>298128 $</x:v>
+        <x:v>48371 $</x:v>
       </x:c>
       <x:c r="G254" t="str">
         <x:v/>
       </x:c>
       <x:c r="H254" t="str">
-        <x:v/>
+        <x:v>462945</x:v>
       </x:c>
       <x:c r="I254" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:9">
       <x:c r="A255" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B255" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C255" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D255" t="str">
         <x:v/>
       </x:c>
       <x:c r="E255" t="str">
         <x:v/>
       </x:c>
       <x:c r="F255" t="str">
-        <x:v>7960 $</x:v>
+        <x:v>49823 $</x:v>
       </x:c>
       <x:c r="G255" t="str">
         <x:v/>
       </x:c>
       <x:c r="H255" t="str">
-        <x:v>11013</x:v>
+        <x:v>13186.6</x:v>
       </x:c>
       <x:c r="I255" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:9">
       <x:c r="A256" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B256" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C256" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D256" t="str">
         <x:v/>
       </x:c>
       <x:c r="E256" t="str">
         <x:v/>
       </x:c>
       <x:c r="F256" t="str">
-        <x:v>26583 $</x:v>
+        <x:v>45463 $</x:v>
       </x:c>
       <x:c r="G256" t="str">
         <x:v/>
       </x:c>
       <x:c r="H256" t="str">
-        <x:v>11013</x:v>
+        <x:v>8872.8</x:v>
       </x:c>
       <x:c r="I256" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:9">
       <x:c r="A257" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B257" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C257" t="str">
         <x:v>40% to 60%</x:v>
       </x:c>
       <x:c r="D257" t="str">
         <x:v/>
       </x:c>
       <x:c r="E257" t="str">
         <x:v/>
       </x:c>
       <x:c r="F257" t="str">
         <x:v>47785 $</x:v>
       </x:c>
       <x:c r="G257" t="str">
         <x:v/>
       </x:c>
       <x:c r="H257" t="str">
         <x:v>11013</x:v>
       </x:c>
       <x:c r="I257" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:9">
       <x:c r="A258" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B258" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C258" t="str">
         <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D258" t="str">
         <x:v/>
       </x:c>
       <x:c r="E258" t="str">
         <x:v/>
       </x:c>
       <x:c r="F258" t="str">
-        <x:v>79748 $</x:v>
+        <x:v>86268 $</x:v>
       </x:c>
       <x:c r="G258" t="str">
         <x:v/>
       </x:c>
       <x:c r="H258" t="str">
-        <x:v>11013</x:v>
+        <x:v>22936271.2</x:v>
       </x:c>
       <x:c r="I258" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:9">
       <x:c r="A259" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B259" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C259" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D259" t="str">
         <x:v/>
       </x:c>
       <x:c r="E259" t="str">
         <x:v/>
       </x:c>
       <x:c r="F259" t="str">
-        <x:v>178438 $</x:v>
+        <x:v>75480 $</x:v>
       </x:c>
       <x:c r="G259" t="str">
         <x:v/>
       </x:c>
       <x:c r="H259" t="str">
-        <x:v>11013</x:v>
+        <x:v>462945</x:v>
       </x:c>
       <x:c r="I259" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:9">
       <x:c r="A260" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B260" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C260" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D260" t="str">
         <x:v/>
       </x:c>
       <x:c r="E260" t="str">
         <x:v/>
       </x:c>
       <x:c r="F260" t="str">
-        <x:v>315030 $</x:v>
+        <x:v>79879 $</x:v>
       </x:c>
       <x:c r="G260" t="str">
         <x:v/>
       </x:c>
       <x:c r="H260" t="str">
-        <x:v/>
+        <x:v>13186.6</x:v>
       </x:c>
       <x:c r="I260" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:9">
       <x:c r="A261" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B261" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C261" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D261" t="str">
         <x:v/>
       </x:c>
       <x:c r="E261" t="str">
         <x:v/>
       </x:c>
       <x:c r="F261" t="str">
-        <x:v>7163 $</x:v>
+        <x:v>78504 $</x:v>
       </x:c>
       <x:c r="G261" t="str">
         <x:v/>
       </x:c>
       <x:c r="H261" t="str">
         <x:v>8872.8</x:v>
       </x:c>
       <x:c r="I261" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:9">
       <x:c r="A262" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B262" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C262" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>60% to 80%</x:v>
       </x:c>
       <x:c r="D262" t="str">
         <x:v/>
       </x:c>
       <x:c r="E262" t="str">
         <x:v/>
       </x:c>
       <x:c r="F262" t="str">
-        <x:v>24364 $</x:v>
+        <x:v>79748 $</x:v>
       </x:c>
       <x:c r="G262" t="str">
         <x:v/>
       </x:c>
       <x:c r="H262" t="str">
-        <x:v>8872.8</x:v>
+        <x:v>11013</x:v>
       </x:c>
       <x:c r="I262" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:9">
       <x:c r="A263" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B263" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C263" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D263" t="str">
         <x:v/>
       </x:c>
       <x:c r="E263" t="str">
         <x:v/>
       </x:c>
       <x:c r="F263" t="str">
-        <x:v>45463 $</x:v>
+        <x:v>193457 $</x:v>
       </x:c>
       <x:c r="G263" t="str">
         <x:v/>
       </x:c>
       <x:c r="H263" t="str">
-        <x:v>8872.8</x:v>
+        <x:v>22936271.2</x:v>
       </x:c>
       <x:c r="I263" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:9">
       <x:c r="A264" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B264" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C264" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D264" t="str">
         <x:v/>
       </x:c>
       <x:c r="E264" t="str">
         <x:v/>
       </x:c>
       <x:c r="F264" t="str">
-        <x:v>78504 $</x:v>
+        <x:v>162372 $</x:v>
       </x:c>
       <x:c r="G264" t="str">
         <x:v/>
       </x:c>
       <x:c r="H264" t="str">
-        <x:v>8872.8</x:v>
+        <x:v>462945</x:v>
       </x:c>
       <x:c r="I264" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:9">
       <x:c r="A265" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B265" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C265" t="str">
         <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D265" t="str">
         <x:v/>
       </x:c>
       <x:c r="E265" t="str">
         <x:v/>
       </x:c>
       <x:c r="F265" t="str">
-        <x:v>178497 $</x:v>
+        <x:v>172323 $</x:v>
       </x:c>
       <x:c r="G265" t="str">
         <x:v/>
       </x:c>
       <x:c r="H265" t="str">
-        <x:v>8872.8</x:v>
+        <x:v>13186.6</x:v>
       </x:c>
       <x:c r="I265" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:9">
       <x:c r="A266" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B266" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C266" t="str">
-        <x:v>Top 5%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D266" t="str">
         <x:v/>
       </x:c>
       <x:c r="E266" t="str">
         <x:v/>
       </x:c>
       <x:c r="F266" t="str">
-        <x:v>311460 $</x:v>
+        <x:v>178497 $</x:v>
       </x:c>
       <x:c r="G266" t="str">
         <x:v/>
       </x:c>
       <x:c r="H266" t="str">
-        <x:v/>
+        <x:v>8872.8</x:v>
       </x:c>
       <x:c r="I266" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:9">
       <x:c r="A267" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B267" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C267" t="str">
-        <x:v>Bottom 20%</x:v>
+        <x:v>Upper 20%</x:v>
       </x:c>
       <x:c r="D267" t="str">
         <x:v/>
       </x:c>
       <x:c r="E267" t="str">
         <x:v/>
       </x:c>
       <x:c r="F267" t="str">
-        <x:v>11952 $</x:v>
+        <x:v>178438 $</x:v>
       </x:c>
       <x:c r="G267" t="str">
         <x:v/>
       </x:c>
       <x:c r="H267" t="str">
-        <x:v>22936271.2</x:v>
+        <x:v>11013</x:v>
       </x:c>
       <x:c r="I267" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:9">
       <x:c r="A268" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B268" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C268" t="str">
-        <x:v>20% to 40%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D268" t="str">
         <x:v/>
       </x:c>
       <x:c r="E268" t="str">
         <x:v/>
       </x:c>
       <x:c r="F268" t="str">
-        <x:v>31827 $</x:v>
+        <x:v>344707 $</x:v>
       </x:c>
       <x:c r="G268" t="str">
         <x:v/>
       </x:c>
       <x:c r="H268" t="str">
-        <x:v>22936271.2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I268" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:9">
       <x:c r="A269" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B269" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C269" t="str">
-        <x:v>40% to 60%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D269" t="str">
         <x:v/>
       </x:c>
       <x:c r="E269" t="str">
         <x:v/>
       </x:c>
       <x:c r="F269" t="str">
-        <x:v>54286 $</x:v>
+        <x:v>282978 $</x:v>
       </x:c>
       <x:c r="G269" t="str">
         <x:v/>
       </x:c>
       <x:c r="H269" t="str">
-        <x:v>22936271.2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I269" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:9">
       <x:c r="A270" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B270" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C270" t="str">
-        <x:v>60% to 80%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D270" t="str">
         <x:v/>
       </x:c>
       <x:c r="E270" t="str">
         <x:v/>
       </x:c>
       <x:c r="F270" t="str">
-        <x:v>86268 $</x:v>
+        <x:v>298128 $</x:v>
       </x:c>
       <x:c r="G270" t="str">
         <x:v/>
       </x:c>
       <x:c r="H270" t="str">
-        <x:v>22936271.2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I270" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:9">
       <x:c r="A271" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B271" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C271" t="str">
-        <x:v>Upper 20%</x:v>
+        <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D271" t="str">
         <x:v/>
       </x:c>
       <x:c r="E271" t="str">
         <x:v/>
       </x:c>
       <x:c r="F271" t="str">
-        <x:v>193457 $</x:v>
+        <x:v>311460 $</x:v>
       </x:c>
       <x:c r="G271" t="str">
         <x:v/>
       </x:c>
       <x:c r="H271" t="str">
-        <x:v>22936271.2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="I271" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:9">
       <x:c r="A272" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B272" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C272" t="str">
         <x:v>Top 5%</x:v>
       </x:c>
       <x:c r="D272" t="str">
         <x:v/>
       </x:c>
       <x:c r="E272" t="str">
         <x:v/>
       </x:c>
       <x:c r="F272" t="str">
-        <x:v>344707 $</x:v>
+        <x:v>315030 $</x:v>
       </x:c>
       <x:c r="G272" t="str">
         <x:v/>
       </x:c>
       <x:c r="H272" t="str">
         <x:v/>
       </x:c>
       <x:c r="I272" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>