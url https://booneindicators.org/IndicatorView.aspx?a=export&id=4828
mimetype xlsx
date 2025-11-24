--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2034d93512424d81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6dc75ecdeb7249459c0cf8c53ac059a8.psmdcp" Id="R4782fc6012f74967" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2750adf1773d4c48" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c6b30e2927a4adebba482e7627baae6.psmdcp" Id="R022aa1511b2a4fb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>