--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2750adf1773d4c48" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c6b30e2927a4adebba482e7627baae6.psmdcp" Id="R022aa1511b2a4fb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a59af878684819" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c388e826c33e4c078107297e529c6456.psmdcp" Id="R571f233c90184ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -846,89 +846,89 @@
       </x:c>
       <x:c r="F15" t="str">
         <x:v>96922 $</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H15" t="str">
         <x:v/>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>105270 $</x:v>
+        <x:v>66727 $</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v/>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>66727 $</x:v>
+        <x:v>105270 $</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>280</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H17" t="str">
         <x:v/>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C18" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v/>
       </x:c>
       <x:c r="E18" t="str">
         <x:v/>
       </x:c>
       <x:c r="F18" t="str">
@@ -1281,89 +1281,89 @@
       </x:c>
       <x:c r="F30" t="str">
         <x:v>92646 $</x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H30" t="str">
         <x:v/>
       </x:c>
       <x:c r="I30" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C31" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E31" t="str">
         <x:v/>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>100013 $</x:v>
+        <x:v>63338 $</x:v>
       </x:c>
       <x:c r="G31" t="str">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H31" t="str">
         <x:v/>
       </x:c>
       <x:c r="I31" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C32" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E32" t="str">
         <x:v/>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>63338 $</x:v>
+        <x:v>100013 $</x:v>
       </x:c>
       <x:c r="G32" t="str">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H32" t="str">
         <x:v/>
       </x:c>
       <x:c r="I32" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B33" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C33" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D33" t="str">
         <x:v/>
       </x:c>
       <x:c r="E33" t="str">
         <x:v/>
       </x:c>
       <x:c r="F33" t="str">
@@ -1716,89 +1716,89 @@
       </x:c>
       <x:c r="F45" t="str">
         <x:v>85028 $</x:v>
       </x:c>
       <x:c r="G45" t="str">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H45" t="str">
         <x:v/>
       </x:c>
       <x:c r="I45" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B46" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C46" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E46" t="str">
         <x:v/>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>91242 $</x:v>
+        <x:v>57636 $</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>261</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H46" t="str">
         <x:v/>
       </x:c>
       <x:c r="I46" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B47" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C47" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E47" t="str">
         <x:v/>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>57636 $</x:v>
+        <x:v>91242 $</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v>282</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H47" t="str">
         <x:v/>
       </x:c>
       <x:c r="I47" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9">
       <x:c r="A48" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B48" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C48" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D48" t="str">
         <x:v/>
       </x:c>
       <x:c r="E48" t="str">
         <x:v/>
       </x:c>
       <x:c r="F48" t="str">
@@ -2151,524 +2151,524 @@
       </x:c>
       <x:c r="F60" t="str">
         <x:v>80069 $</x:v>
       </x:c>
       <x:c r="G60" t="str">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H60" t="str">
         <x:v/>
       </x:c>
       <x:c r="I60" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9">
       <x:c r="A61" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B61" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C61" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E61" t="str">
         <x:v/>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>85382 $</x:v>
+        <x:v>54037 $</x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H61" t="str">
         <x:v/>
       </x:c>
       <x:c r="I61" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9">
       <x:c r="A62" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B62" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C62" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E62" t="str">
         <x:v/>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>54037 $</x:v>
+        <x:v>85382 $</x:v>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H62" t="str">
         <x:v/>
       </x:c>
       <x:c r="I62" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9">
       <x:c r="A63" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C63" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D63" t="str">
         <x:v/>
       </x:c>
       <x:c r="E63" t="str">
         <x:v/>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>70398 $</x:v>
+        <x:v>77263 $</x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>422</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H63" t="str">
         <x:v/>
       </x:c>
       <x:c r="I63" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9">
       <x:c r="A64" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B64" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C64" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E64" t="str">
         <x:v/>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>73855 $</x:v>
+        <x:v>70398 $</x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>442</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H64" t="str">
         <x:v/>
       </x:c>
       <x:c r="I64" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9">
       <x:c r="A65" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C65" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v>Black</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E65" t="str">
         <x:v/>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>46193 $</x:v>
+        <x:v>78103 $</x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v>931</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="H65" t="str">
         <x:v/>
       </x:c>
       <x:c r="I65" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9">
       <x:c r="A66" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C66" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D66" t="str">
         <x:v/>
       </x:c>
       <x:c r="E66" t="str">
         <x:v/>
       </x:c>
       <x:c r="F66" t="str">
-        <x:v>78103 $</x:v>
+        <x:v>80312 $</x:v>
       </x:c>
       <x:c r="G66" t="str">
-        <x:v>2246</x:v>
+        <x:v>3771</x:v>
       </x:c>
       <x:c r="H66" t="str">
         <x:v/>
       </x:c>
       <x:c r="I66" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9">
       <x:c r="A67" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B67" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C67" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D67" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E67" t="str">
         <x:v/>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>83287 $</x:v>
+        <x:v>78125 $</x:v>
       </x:c>
       <x:c r="G67" t="str">
-        <x:v>2122</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="H67" t="str">
         <x:v/>
       </x:c>
       <x:c r="I67" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9">
       <x:c r="A68" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C68" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D68" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E68" t="str">
         <x:v/>
       </x:c>
       <x:c r="F68" t="str">
-        <x:v>39497 $</x:v>
+        <x:v>51782 $</x:v>
       </x:c>
       <x:c r="G68" t="str">
-        <x:v>12477</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H68" t="str">
         <x:v/>
       </x:c>
       <x:c r="I68" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9">
       <x:c r="A69" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C69" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D69" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E69" t="str">
         <x:v/>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>78125 $</x:v>
+        <x:v>46193 $</x:v>
       </x:c>
       <x:c r="G69" t="str">
-        <x:v>2639</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="H69" t="str">
         <x:v/>
       </x:c>
       <x:c r="I69" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9">
       <x:c r="A70" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C70" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D70" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E70" t="str">
         <x:v/>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>84403 $</x:v>
+        <x:v>39497 $</x:v>
       </x:c>
       <x:c r="G70" t="str">
-        <x:v>3041</x:v>
+        <x:v>12477</x:v>
       </x:c>
       <x:c r="H70" t="str">
         <x:v/>
       </x:c>
       <x:c r="I70" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9">
       <x:c r="A71" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B71" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C71" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D71" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E71" t="str">
         <x:v/>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>39420 $</x:v>
+        <x:v>45005 $</x:v>
       </x:c>
       <x:c r="G71" t="str">
-        <x:v>12455</x:v>
+        <x:v>6087</x:v>
       </x:c>
       <x:c r="H71" t="str">
         <x:v/>
       </x:c>
       <x:c r="I71" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9">
       <x:c r="A72" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B72" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C72" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D72" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E72" t="str">
         <x:v/>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>80312 $</x:v>
+        <x:v>39420 $</x:v>
       </x:c>
       <x:c r="G72" t="str">
-        <x:v>3771</x:v>
+        <x:v>12455</x:v>
       </x:c>
       <x:c r="H72" t="str">
         <x:v/>
       </x:c>
       <x:c r="I72" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9">
       <x:c r="A73" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C73" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D73" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E73" t="str">
         <x:v/>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>87176 $</x:v>
+        <x:v>82349 $</x:v>
       </x:c>
       <x:c r="G73" t="str">
-        <x:v>5222</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H73" t="str">
         <x:v/>
       </x:c>
       <x:c r="I73" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9">
       <x:c r="A74" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C74" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D74" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E74" t="str">
         <x:v/>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>45005 $</x:v>
+        <x:v>73855 $</x:v>
       </x:c>
       <x:c r="G74" t="str">
-        <x:v>6087</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H74" t="str">
         <x:v/>
       </x:c>
       <x:c r="I74" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9">
       <x:c r="A75" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B75" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C75" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D75" t="str">
-        <x:v/>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E75" t="str">
         <x:v/>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v>77263 $</x:v>
+        <x:v>83287 $</x:v>
       </x:c>
       <x:c r="G75" t="str">
-        <x:v>226</x:v>
+        <x:v>2122</x:v>
       </x:c>
       <x:c r="H75" t="str">
         <x:v/>
       </x:c>
       <x:c r="I75" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9">
       <x:c r="A76" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C76" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D76" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E76" t="str">
         <x:v/>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>82349 $</x:v>
+        <x:v>87176 $</x:v>
       </x:c>
       <x:c r="G76" t="str">
-        <x:v>235</x:v>
+        <x:v>5222</x:v>
       </x:c>
       <x:c r="H76" t="str">
         <x:v/>
       </x:c>
       <x:c r="I76" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9">
       <x:c r="A77" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C77" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D77" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E77" t="str">
         <x:v/>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>51782 $</x:v>
+        <x:v>84403 $</x:v>
       </x:c>
       <x:c r="G77" t="str">
-        <x:v>197</x:v>
+        <x:v>3041</x:v>
       </x:c>
       <x:c r="H77" t="str">
         <x:v/>
       </x:c>
       <x:c r="I77" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9">
       <x:c r="A78" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B78" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C78" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D78" t="str">
         <x:v/>
       </x:c>
       <x:c r="E78" t="str">
         <x:v/>
       </x:c>
       <x:c r="F78" t="str">
@@ -3021,1391 +3021,1391 @@
       </x:c>
       <x:c r="F90" t="str">
         <x:v>73965 $</x:v>
       </x:c>
       <x:c r="G90" t="str">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H90" t="str">
         <x:v/>
       </x:c>
       <x:c r="I90" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9">
       <x:c r="A91" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B91" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C91" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D91" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E91" t="str">
         <x:v/>
       </x:c>
       <x:c r="F91" t="str">
-        <x:v>78986 $</x:v>
+        <x:v>49270 $</x:v>
       </x:c>
       <x:c r="G91" t="str">
-        <x:v>237</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H91" t="str">
         <x:v/>
       </x:c>
       <x:c r="I91" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9">
       <x:c r="A92" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B92" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C92" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D92" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E92" t="str">
         <x:v/>
       </x:c>
       <x:c r="F92" t="str">
-        <x:v>49270 $</x:v>
+        <x:v>78986 $</x:v>
       </x:c>
       <x:c r="G92" t="str">
-        <x:v>196</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H92" t="str">
         <x:v/>
       </x:c>
       <x:c r="I92" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9">
       <x:c r="A93" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B93" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C93" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D93" t="str">
-        <x:v/>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E93" t="str">
         <x:v/>
       </x:c>
       <x:c r="F93" t="str">
-        <x:v>64776 $</x:v>
+        <x:v>75677 $</x:v>
       </x:c>
       <x:c r="G93" t="str">
-        <x:v>336</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H93" t="str">
         <x:v/>
       </x:c>
       <x:c r="I93" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9">
       <x:c r="A94" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B94" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C94" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D94" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E94" t="str">
         <x:v/>
       </x:c>
       <x:c r="F94" t="str">
         <x:v>68078 $</x:v>
       </x:c>
       <x:c r="G94" t="str">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H94" t="str">
         <x:v/>
       </x:c>
       <x:c r="I94" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9">
       <x:c r="A95" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B95" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C95" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D95" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E95" t="str">
         <x:v/>
       </x:c>
       <x:c r="F95" t="str">
-        <x:v>42429 $</x:v>
+        <x:v>79477 $</x:v>
       </x:c>
       <x:c r="G95" t="str">
-        <x:v>818</x:v>
+        <x:v>2727</x:v>
       </x:c>
       <x:c r="H95" t="str">
         <x:v/>
       </x:c>
       <x:c r="I95" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9">
       <x:c r="A96" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B96" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C96" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D96" t="str">
-        <x:v/>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E96" t="str">
         <x:v/>
       </x:c>
       <x:c r="F96" t="str">
-        <x:v>75064 $</x:v>
+        <x:v>82628 $</x:v>
       </x:c>
       <x:c r="G96" t="str">
-        <x:v>2182</x:v>
+        <x:v>4010</x:v>
       </x:c>
       <x:c r="H96" t="str">
         <x:v/>
       </x:c>
       <x:c r="I96" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9">
       <x:c r="A97" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B97" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C97" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D97" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E97" t="str">
         <x:v/>
       </x:c>
       <x:c r="F97" t="str">
-        <x:v>79477 $</x:v>
+        <x:v>81750 $</x:v>
       </x:c>
       <x:c r="G97" t="str">
-        <x:v>2727</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="H97" t="str">
         <x:v/>
       </x:c>
       <x:c r="I97" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9">
       <x:c r="A98" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B98" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C98" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D98" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E98" t="str">
         <x:v/>
       </x:c>
       <x:c r="F98" t="str">
-        <x:v>35801 $</x:v>
+        <x:v>46688 $</x:v>
       </x:c>
       <x:c r="G98" t="str">
-        <x:v>12708</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H98" t="str">
         <x:v/>
       </x:c>
       <x:c r="I98" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9">
       <x:c r="A99" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B99" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C99" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D99" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E99" t="str">
         <x:v/>
       </x:c>
       <x:c r="F99" t="str">
-        <x:v>76202 $</x:v>
+        <x:v>42429 $</x:v>
       </x:c>
       <x:c r="G99" t="str">
-        <x:v>2456</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="H99" t="str">
         <x:v/>
       </x:c>
       <x:c r="I99" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9">
       <x:c r="A100" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B100" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C100" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D100" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E100" t="str">
         <x:v/>
       </x:c>
       <x:c r="F100" t="str">
-        <x:v>81750 $</x:v>
+        <x:v>35801 $</x:v>
       </x:c>
       <x:c r="G100" t="str">
-        <x:v>2351</x:v>
+        <x:v>12708</x:v>
       </x:c>
       <x:c r="H100" t="str">
         <x:v/>
       </x:c>
       <x:c r="I100" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9">
       <x:c r="A101" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B101" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C101" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D101" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E101" t="str">
         <x:v/>
       </x:c>
       <x:c r="F101" t="str">
-        <x:v>35865 $</x:v>
+        <x:v>43094 $</x:v>
       </x:c>
       <x:c r="G101" t="str">
-        <x:v>12731</x:v>
+        <x:v>9876</x:v>
       </x:c>
       <x:c r="H101" t="str">
         <x:v/>
       </x:c>
       <x:c r="I101" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9">
       <x:c r="A102" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B102" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C102" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D102" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E102" t="str">
         <x:v/>
       </x:c>
       <x:c r="F102" t="str">
-        <x:v>76704 $</x:v>
+        <x:v>35865 $</x:v>
       </x:c>
       <x:c r="G102" t="str">
-        <x:v>2966</x:v>
+        <x:v>12731</x:v>
       </x:c>
       <x:c r="H102" t="str">
         <x:v/>
       </x:c>
       <x:c r="I102" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9">
       <x:c r="A103" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B103" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C103" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D103" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E103" t="str">
         <x:v/>
       </x:c>
       <x:c r="F103" t="str">
-        <x:v>82628 $</x:v>
+        <x:v>70850 $</x:v>
       </x:c>
       <x:c r="G103" t="str">
-        <x:v>4010</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H103" t="str">
         <x:v/>
       </x:c>
       <x:c r="I103" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9">
       <x:c r="A104" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B104" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C104" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D104" t="str">
-        <x:v>Black</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E104" t="str">
         <x:v/>
       </x:c>
       <x:c r="F104" t="str">
-        <x:v>43094 $</x:v>
+        <x:v>64776 $</x:v>
       </x:c>
       <x:c r="G104" t="str">
-        <x:v>9876</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H104" t="str">
         <x:v/>
       </x:c>
       <x:c r="I104" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9">
       <x:c r="A105" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B105" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C105" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D105" t="str">
         <x:v/>
       </x:c>
       <x:c r="E105" t="str">
         <x:v/>
       </x:c>
       <x:c r="F105" t="str">
-        <x:v>70850 $</x:v>
+        <x:v>75064 $</x:v>
       </x:c>
       <x:c r="G105" t="str">
-        <x:v>215</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="H105" t="str">
         <x:v/>
       </x:c>
       <x:c r="I105" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9">
       <x:c r="A106" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B106" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C106" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D106" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E106" t="str">
         <x:v/>
       </x:c>
       <x:c r="F106" t="str">
-        <x:v>75677 $</x:v>
+        <x:v>76704 $</x:v>
       </x:c>
       <x:c r="G106" t="str">
-        <x:v>237</x:v>
+        <x:v>2966</x:v>
       </x:c>
       <x:c r="H106" t="str">
         <x:v/>
       </x:c>
       <x:c r="I106" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9">
       <x:c r="A107" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B107" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C107" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D107" t="str">
-        <x:v>Black</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E107" t="str">
         <x:v/>
       </x:c>
       <x:c r="F107" t="str">
-        <x:v>46688 $</x:v>
+        <x:v>76202 $</x:v>
       </x:c>
       <x:c r="G107" t="str">
-        <x:v>161</x:v>
+        <x:v>2456</x:v>
       </x:c>
       <x:c r="H107" t="str">
         <x:v/>
       </x:c>
       <x:c r="I107" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9">
       <x:c r="A108" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B108" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C108" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D108" t="str">
-        <x:v/>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E108" t="str">
         <x:v/>
       </x:c>
       <x:c r="F108" t="str">
-        <x:v>62285 $</x:v>
+        <x:v>78073 $</x:v>
       </x:c>
       <x:c r="G108" t="str">
         <x:v/>
       </x:c>
       <x:c r="H108" t="str">
         <x:v/>
       </x:c>
       <x:c r="I108" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9">
       <x:c r="A109" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B109" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C109" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D109" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E109" t="str">
         <x:v/>
       </x:c>
       <x:c r="F109" t="str">
-        <x:v>65808 $</x:v>
+        <x:v>83536 $</x:v>
       </x:c>
       <x:c r="G109" t="str">
         <x:v/>
       </x:c>
       <x:c r="H109" t="str">
         <x:v/>
       </x:c>
       <x:c r="I109" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9">
       <x:c r="A110" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B110" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C110" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D110" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E110" t="str">
         <x:v/>
       </x:c>
       <x:c r="F110" t="str">
-        <x:v>40473 $</x:v>
+        <x:v>80787 $</x:v>
       </x:c>
       <x:c r="G110" t="str">
         <x:v/>
       </x:c>
       <x:c r="H110" t="str">
         <x:v/>
       </x:c>
       <x:c r="I110" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9">
       <x:c r="A111" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B111" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C111" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D111" t="str">
-        <x:v/>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E111" t="str">
         <x:v/>
       </x:c>
       <x:c r="F111" t="str">
-        <x:v>72896 $</x:v>
+        <x:v>65808 $</x:v>
       </x:c>
       <x:c r="G111" t="str">
         <x:v/>
       </x:c>
       <x:c r="H111" t="str">
         <x:v/>
       </x:c>
       <x:c r="I111" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9">
       <x:c r="A112" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B112" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C112" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D112" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E112" t="str">
         <x:v/>
       </x:c>
       <x:c r="F112" t="str">
-        <x:v>78073 $</x:v>
+        <x:v>76714 $</x:v>
       </x:c>
       <x:c r="G112" t="str">
         <x:v/>
       </x:c>
       <x:c r="H112" t="str">
         <x:v/>
       </x:c>
       <x:c r="I112" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9">
       <x:c r="A113" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B113" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C113" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D113" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E113" t="str">
         <x:v/>
       </x:c>
       <x:c r="F113" t="str">
         <x:v>40904 $</x:v>
       </x:c>
       <x:c r="G113" t="str">
         <x:v/>
       </x:c>
       <x:c r="H113" t="str">
         <x:v/>
       </x:c>
       <x:c r="I113" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9">
       <x:c r="A114" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B114" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C114" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D114" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E114" t="str">
         <x:v/>
       </x:c>
       <x:c r="F114" t="str">
-        <x:v>74727 $</x:v>
+        <x:v>42485 $</x:v>
       </x:c>
       <x:c r="G114" t="str">
         <x:v/>
       </x:c>
       <x:c r="H114" t="str">
         <x:v/>
       </x:c>
       <x:c r="I114" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9">
       <x:c r="A115" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B115" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C115" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D115" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E115" t="str">
         <x:v/>
       </x:c>
       <x:c r="F115" t="str">
-        <x:v>80787 $</x:v>
+        <x:v>40938 $</x:v>
       </x:c>
       <x:c r="G115" t="str">
         <x:v/>
       </x:c>
       <x:c r="H115" t="str">
         <x:v/>
       </x:c>
       <x:c r="I115" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9">
       <x:c r="A116" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B116" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C116" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D116" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E116" t="str">
         <x:v/>
       </x:c>
       <x:c r="F116" t="str">
-        <x:v>40938 $</x:v>
+        <x:v>40473 $</x:v>
       </x:c>
       <x:c r="G116" t="str">
         <x:v/>
       </x:c>
       <x:c r="H116" t="str">
         <x:v/>
       </x:c>
       <x:c r="I116" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9">
       <x:c r="A117" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B117" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C117" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D117" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E117" t="str">
         <x:v/>
       </x:c>
       <x:c r="F117" t="str">
-        <x:v>75970 $</x:v>
+        <x:v>44531 $</x:v>
       </x:c>
       <x:c r="G117" t="str">
         <x:v/>
       </x:c>
       <x:c r="H117" t="str">
         <x:v/>
       </x:c>
       <x:c r="I117" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9">
       <x:c r="A118" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B118" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C118" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D118" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E118" t="str">
         <x:v/>
       </x:c>
       <x:c r="F118" t="str">
-        <x:v>83536 $</x:v>
+        <x:v>72896 $</x:v>
       </x:c>
       <x:c r="G118" t="str">
         <x:v/>
       </x:c>
       <x:c r="H118" t="str">
         <x:v/>
       </x:c>
       <x:c r="I118" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9">
       <x:c r="A119" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B119" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C119" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D119" t="str">
-        <x:v>Black</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E119" t="str">
         <x:v/>
       </x:c>
       <x:c r="F119" t="str">
-        <x:v>42485 $</x:v>
+        <x:v>75970 $</x:v>
       </x:c>
       <x:c r="G119" t="str">
         <x:v/>
       </x:c>
       <x:c r="H119" t="str">
         <x:v/>
       </x:c>
       <x:c r="I119" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9">
       <x:c r="A120" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B120" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C120" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D120" t="str">
         <x:v/>
       </x:c>
       <x:c r="E120" t="str">
         <x:v/>
       </x:c>
       <x:c r="F120" t="str">
-        <x:v>67871 $</x:v>
+        <x:v>74727 $</x:v>
       </x:c>
       <x:c r="G120" t="str">
         <x:v/>
       </x:c>
       <x:c r="H120" t="str">
         <x:v/>
       </x:c>
       <x:c r="I120" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9">
       <x:c r="A121" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B121" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C121" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D121" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E121" t="str">
         <x:v/>
       </x:c>
       <x:c r="F121" t="str">
-        <x:v>76714 $</x:v>
+        <x:v>62285 $</x:v>
       </x:c>
       <x:c r="G121" t="str">
         <x:v/>
       </x:c>
       <x:c r="H121" t="str">
         <x:v/>
       </x:c>
       <x:c r="I121" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9">
       <x:c r="A122" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B122" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C122" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D122" t="str">
-        <x:v>Black</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E122" t="str">
         <x:v/>
       </x:c>
       <x:c r="F122" t="str">
-        <x:v>44531 $</x:v>
+        <x:v>67871 $</x:v>
       </x:c>
       <x:c r="G122" t="str">
         <x:v/>
       </x:c>
       <x:c r="H122" t="str">
         <x:v/>
       </x:c>
       <x:c r="I122" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:9">
       <x:c r="A123" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B123" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C123" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D123" t="str">
-        <x:v/>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E123" t="str">
         <x:v/>
       </x:c>
       <x:c r="F123" t="str">
-        <x:v>60809 $</x:v>
+        <x:v>74738 $</x:v>
       </x:c>
       <x:c r="G123" t="str">
         <x:v/>
       </x:c>
       <x:c r="H123" t="str">
         <x:v/>
       </x:c>
       <x:c r="I123" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:9">
       <x:c r="A124" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B124" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C124" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D124" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E124" t="str">
         <x:v/>
       </x:c>
       <x:c r="F124" t="str">
         <x:v>64086 $</x:v>
       </x:c>
       <x:c r="G124" t="str">
         <x:v/>
       </x:c>
       <x:c r="H124" t="str">
         <x:v/>
       </x:c>
       <x:c r="I124" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9">
       <x:c r="A125" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B125" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C125" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D125" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E125" t="str">
         <x:v/>
       </x:c>
       <x:c r="F125" t="str">
-        <x:v>39280 $</x:v>
+        <x:v>76854 $</x:v>
       </x:c>
       <x:c r="G125" t="str">
         <x:v/>
       </x:c>
       <x:c r="H125" t="str">
         <x:v/>
       </x:c>
       <x:c r="I125" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9">
       <x:c r="A126" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B126" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C126" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D126" t="str">
-        <x:v/>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E126" t="str">
         <x:v/>
       </x:c>
       <x:c r="F126" t="str">
-        <x:v>72667 $</x:v>
+        <x:v>82143 $</x:v>
       </x:c>
       <x:c r="G126" t="str">
         <x:v/>
       </x:c>
       <x:c r="H126" t="str">
         <x:v/>
       </x:c>
       <x:c r="I126" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9">
       <x:c r="A127" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B127" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C127" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D127" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E127" t="str">
         <x:v/>
       </x:c>
       <x:c r="F127" t="str">
-        <x:v>76854 $</x:v>
+        <x:v>80644 $</x:v>
       </x:c>
       <x:c r="G127" t="str">
         <x:v/>
       </x:c>
       <x:c r="H127" t="str">
         <x:v/>
       </x:c>
       <x:c r="I127" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9">
       <x:c r="A128" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B128" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C128" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D128" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E128" t="str">
         <x:v/>
       </x:c>
       <x:c r="F128" t="str">
-        <x:v>41266 $</x:v>
+        <x:v>43060 $</x:v>
       </x:c>
       <x:c r="G128" t="str">
         <x:v/>
       </x:c>
       <x:c r="H128" t="str">
         <x:v/>
       </x:c>
       <x:c r="I128" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9">
       <x:c r="A129" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B129" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C129" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D129" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E129" t="str">
         <x:v/>
       </x:c>
       <x:c r="F129" t="str">
-        <x:v>74851 $</x:v>
+        <x:v>39280 $</x:v>
       </x:c>
       <x:c r="G129" t="str">
         <x:v/>
       </x:c>
       <x:c r="H129" t="str">
         <x:v/>
       </x:c>
       <x:c r="I129" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9">
       <x:c r="A130" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B130" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C130" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D130" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E130" t="str">
         <x:v/>
       </x:c>
       <x:c r="F130" t="str">
-        <x:v>80644 $</x:v>
+        <x:v>41266 $</x:v>
       </x:c>
       <x:c r="G130" t="str">
         <x:v/>
       </x:c>
       <x:c r="H130" t="str">
         <x:v/>
       </x:c>
       <x:c r="I130" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9">
       <x:c r="A131" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B131" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C131" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D131" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E131" t="str">
         <x:v/>
       </x:c>
       <x:c r="F131" t="str">
-        <x:v>41003 $</x:v>
+        <x:v>43275 $</x:v>
       </x:c>
       <x:c r="G131" t="str">
         <x:v/>
       </x:c>
       <x:c r="H131" t="str">
         <x:v/>
       </x:c>
       <x:c r="I131" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9">
       <x:c r="A132" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B132" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C132" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D132" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E132" t="str">
         <x:v/>
       </x:c>
       <x:c r="F132" t="str">
-        <x:v>75846 $</x:v>
+        <x:v>41003 $</x:v>
       </x:c>
       <x:c r="G132" t="str">
         <x:v/>
       </x:c>
       <x:c r="H132" t="str">
         <x:v/>
       </x:c>
       <x:c r="I132" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9">
       <x:c r="A133" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B133" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C133" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D133" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E133" t="str">
         <x:v/>
       </x:c>
       <x:c r="F133" t="str">
-        <x:v>82143 $</x:v>
+        <x:v>66011 $</x:v>
       </x:c>
       <x:c r="G133" t="str">
         <x:v/>
       </x:c>
       <x:c r="H133" t="str">
         <x:v/>
       </x:c>
       <x:c r="I133" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9">
       <x:c r="A134" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B134" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C134" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D134" t="str">
-        <x:v>Black</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E134" t="str">
         <x:v/>
       </x:c>
       <x:c r="F134" t="str">
-        <x:v>43275 $</x:v>
+        <x:v>60809 $</x:v>
       </x:c>
       <x:c r="G134" t="str">
         <x:v/>
       </x:c>
       <x:c r="H134" t="str">
         <x:v/>
       </x:c>
       <x:c r="I134" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9">
       <x:c r="A135" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B135" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C135" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D135" t="str">
         <x:v/>
       </x:c>
       <x:c r="E135" t="str">
         <x:v/>
       </x:c>
       <x:c r="F135" t="str">
-        <x:v>66011 $</x:v>
+        <x:v>72667 $</x:v>
       </x:c>
       <x:c r="G135" t="str">
         <x:v/>
       </x:c>
       <x:c r="H135" t="str">
         <x:v/>
       </x:c>
       <x:c r="I135" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9">
       <x:c r="A136" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B136" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C136" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D136" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E136" t="str">
         <x:v/>
       </x:c>
       <x:c r="F136" t="str">
-        <x:v>74738 $</x:v>
+        <x:v>75846 $</x:v>
       </x:c>
       <x:c r="G136" t="str">
         <x:v/>
       </x:c>
       <x:c r="H136" t="str">
         <x:v/>
       </x:c>
       <x:c r="I136" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:9">
       <x:c r="A137" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B137" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C137" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D137" t="str">
-        <x:v>Black</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E137" t="str">
         <x:v/>
       </x:c>
       <x:c r="F137" t="str">
-        <x:v>43060 $</x:v>
+        <x:v>74851 $</x:v>
       </x:c>
       <x:c r="G137" t="str">
         <x:v/>
       </x:c>
       <x:c r="H137" t="str">
         <x:v/>
       </x:c>
       <x:c r="I137" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>