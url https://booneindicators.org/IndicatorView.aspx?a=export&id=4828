--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a59af878684819" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c388e826c33e4c078107297e529c6456.psmdcp" Id="R571f233c90184ee6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc65a530e089d44c8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c4dc11c997c4f81bff30f48a7876767.psmdcp" Id="R8f61b51f5cca4fb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>