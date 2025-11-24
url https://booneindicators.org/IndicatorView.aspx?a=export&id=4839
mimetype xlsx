--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853a53b2c7754db1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fcaf6bd41e54f7099d6e4ebcd63fba4.psmdcp" Id="Rdee762016011426d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03cabdd4224e4167" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a92c39b59094005b2103a92ea4b103d.psmdcp" Id="R5270852bcb3d42cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>