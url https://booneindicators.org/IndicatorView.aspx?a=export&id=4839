--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03cabdd4224e4167" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a92c39b59094005b2103a92ea4b103d.psmdcp" Id="R5270852bcb3d42cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1cde2c8f2eb478b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8eb23868ff0349f6ad65db218740d9f4.psmdcp" Id="Rfed8e425a4344679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -463,446 +463,446 @@
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Category 2</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Category 3</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Value</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>ValueMOE</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>NumeratorValue</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>NumeratorMOE</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>2.7 %</x:v>
+        <x:v>2.2 %</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>113643</x:v>
+        <x:v>2489</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>5.7 %</x:v>
+        <x:v>3.2 %</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>241089</x:v>
+        <x:v>3627</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v/>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>30.3 %</x:v>
+        <x:v>20.1 %</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>1279442</x:v>
+        <x:v>22739</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v/>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>8.3 %</x:v>
+        <x:v>16.3 %</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>350970</x:v>
+        <x:v>18449</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v/>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>19.6 %</x:v>
+        <x:v>7.1 %</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>824697</x:v>
+        <x:v>8017</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v/>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>12.3 %</x:v>
+        <x:v>28.5 %</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>520533</x:v>
+        <x:v>32131</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v/>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>21 %</x:v>
+        <x:v>22.5 %</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v/>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>887058</x:v>
+        <x:v>25458</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C10" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D10" t="str">
         <x:v/>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>2.2 %</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v/>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>2489</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C11" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v/>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>3.2 %</x:v>
+        <x:v>2.5 %</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v/>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>3627</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v/>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>20.1 %</x:v>
+        <x:v>16.9 %</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v/>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>22739</x:v>
+        <x:v>12245</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v/>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>7.1 %</x:v>
+        <x:v>15.7 %</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v/>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>8017</x:v>
+        <x:v>11319</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v/>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>28.5 %</x:v>
+        <x:v>6.2 %</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v/>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>32131</x:v>
+        <x:v>4461</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v/>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>22.5 %</x:v>
+        <x:v>30.1 %</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v/>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>25458</x:v>
+        <x:v>21782</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v/>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>16.3 %</x:v>
+        <x:v>26.3 %</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v/>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>18449</x:v>
+        <x:v>19038</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B17" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v/>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
         <x:v>2.1 %</x:v>
       </x:c>
       <x:c r="G17" t="str">
@@ -959,356 +959,356 @@
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
       <x:c r="F19" t="str">
         <x:v>18 %</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v/>
       </x:c>
       <x:c r="H19" t="str">
         <x:v>16888</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B20" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D20" t="str">
         <x:v/>
       </x:c>
       <x:c r="E20" t="str">
         <x:v/>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>6.4 %</x:v>
+        <x:v>18.4 %</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v/>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>5928</x:v>
+        <x:v>16906</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B21" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D21" t="str">
         <x:v/>
       </x:c>
       <x:c r="E21" t="str">
         <x:v/>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>29.8 %</x:v>
+        <x:v>6.4 %</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v/>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>27429</x:v>
+        <x:v>5928</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B22" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D22" t="str">
         <x:v/>
       </x:c>
       <x:c r="E22" t="str">
         <x:v/>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>24.5 %</x:v>
+        <x:v>29.8 %</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v/>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>22566</x:v>
+        <x:v>27429</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B23" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D23" t="str">
         <x:v/>
       </x:c>
       <x:c r="E23" t="str">
         <x:v/>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>18.4 %</x:v>
+        <x:v>24.5 %</x:v>
       </x:c>
       <x:c r="G23" t="str">
         <x:v/>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>16906</x:v>
+        <x:v>22566</x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C24" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D24" t="str">
         <x:v/>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>2.2 %</x:v>
+        <x:v>2.7 %</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v/>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>1595</x:v>
+        <x:v>113643</x:v>
       </x:c>
       <x:c r="I24" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C25" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D25" t="str">
         <x:v/>
       </x:c>
       <x:c r="E25" t="str">
         <x:v/>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>2.5 %</x:v>
+        <x:v>5.7 %</x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v/>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>1824</x:v>
+        <x:v>241089</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C26" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D26" t="str">
         <x:v/>
       </x:c>
       <x:c r="E26" t="str">
         <x:v/>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>16.9 %</x:v>
+        <x:v>30.3 %</x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v/>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>12245</x:v>
+        <x:v>1279442</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v/>
       </x:c>
       <x:c r="E27" t="str">
         <x:v/>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>6.2 %</x:v>
+        <x:v>21 %</x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v/>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>4461</x:v>
+        <x:v>887058</x:v>
       </x:c>
       <x:c r="I27" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D28" t="str">
         <x:v/>
       </x:c>
       <x:c r="E28" t="str">
         <x:v/>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>30.1 %</x:v>
+        <x:v>8.3 %</x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v/>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>21782</x:v>
+        <x:v>350970</x:v>
       </x:c>
       <x:c r="I28" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D29" t="str">
         <x:v/>
       </x:c>
       <x:c r="E29" t="str">
         <x:v/>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>26.3 %</x:v>
+        <x:v>19.6 %</x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v/>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>19038</x:v>
+        <x:v>824697</x:v>
       </x:c>
       <x:c r="I29" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D30" t="str">
         <x:v/>
       </x:c>
       <x:c r="E30" t="str">
         <x:v/>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>15.7 %</x:v>
+        <x:v>12.3 %</x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v/>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>11319</x:v>
+        <x:v>520533</x:v>
       </x:c>
       <x:c r="I30" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C31" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D31" t="str">
         <x:v/>
       </x:c>
       <x:c r="E31" t="str">
         <x:v/>
       </x:c>
       <x:c r="F31" t="str">
         <x:v>4.7 %</x:v>
       </x:c>
       <x:c r="G31" t="str">
@@ -1365,559 +1365,559 @@
       </x:c>
       <x:c r="E33" t="str">
         <x:v/>
       </x:c>
       <x:c r="F33" t="str">
         <x:v>26.2 %</x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v/>
       </x:c>
       <x:c r="H33" t="str">
         <x:v>59836489</x:v>
       </x:c>
       <x:c r="I33" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D34" t="str">
         <x:v/>
       </x:c>
       <x:c r="E34" t="str">
         <x:v/>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>8.8 %</x:v>
+        <x:v>19.4 %</x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v/>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>20059257</x:v>
+        <x:v>44354396</x:v>
       </x:c>
       <x:c r="I34" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D35" t="str">
         <x:v/>
       </x:c>
       <x:c r="E35" t="str">
         <x:v/>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>21.3 %</x:v>
+        <x:v>8.8 %</x:v>
       </x:c>
       <x:c r="G35" t="str">
         <x:v/>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>48591540</x:v>
+        <x:v>20059257</x:v>
       </x:c>
       <x:c r="I35" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D36" t="str">
         <x:v/>
       </x:c>
       <x:c r="E36" t="str">
         <x:v/>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>13.7 %</x:v>
+        <x:v>21.3 %</x:v>
       </x:c>
       <x:c r="G36" t="str">
         <x:v/>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>31362762</x:v>
+        <x:v>48591540</x:v>
       </x:c>
       <x:c r="I36" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D37" t="str">
         <x:v/>
       </x:c>
       <x:c r="E37" t="str">
         <x:v/>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>19.4 %</x:v>
+        <x:v>13.7 %</x:v>
       </x:c>
       <x:c r="G37" t="str">
         <x:v/>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>44354396</x:v>
+        <x:v>31362762</x:v>
       </x:c>
       <x:c r="I37" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C38" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D38" t="str">
         <x:v/>
       </x:c>
       <x:c r="E38" t="str">
         <x:v/>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>2.7 %</x:v>
+        <x:v>2 %</x:v>
       </x:c>
       <x:c r="G38" t="str">
         <x:v/>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>114380</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="I38" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C39" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D39" t="str">
         <x:v/>
       </x:c>
       <x:c r="E39" t="str">
         <x:v/>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>6 %</x:v>
+        <x:v>3.2 %</x:v>
       </x:c>
       <x:c r="G39" t="str">
         <x:v/>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>250583</x:v>
+        <x:v>3551</x:v>
       </x:c>
       <x:c r="I39" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C40" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D40" t="str">
         <x:v/>
       </x:c>
       <x:c r="E40" t="str">
         <x:v/>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>30.5 %</x:v>
+        <x:v>20.6 %</x:v>
       </x:c>
       <x:c r="G40" t="str">
         <x:v/>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>1280433</x:v>
+        <x:v>22861</x:v>
       </x:c>
       <x:c r="I40" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D41" t="str">
         <x:v/>
       </x:c>
       <x:c r="E41" t="str">
         <x:v/>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>8.2 %</x:v>
+        <x:v>17.2 %</x:v>
       </x:c>
       <x:c r="G41" t="str">
         <x:v/>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>345329</x:v>
+        <x:v>19039</x:v>
       </x:c>
       <x:c r="I41" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D42" t="str">
         <x:v/>
       </x:c>
       <x:c r="E42" t="str">
         <x:v/>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>19.2 %</x:v>
+        <x:v>7.3 %</x:v>
       </x:c>
       <x:c r="G42" t="str">
         <x:v/>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>804597</x:v>
+        <x:v>8106</x:v>
       </x:c>
       <x:c r="I42" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D43" t="str">
         <x:v/>
       </x:c>
       <x:c r="E43" t="str">
         <x:v/>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>12 %</x:v>
+        <x:v>27.9 %</x:v>
       </x:c>
       <x:c r="G43" t="str">
         <x:v/>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>505241</x:v>
+        <x:v>30976</x:v>
       </x:c>
       <x:c r="I43" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D44" t="str">
         <x:v/>
       </x:c>
       <x:c r="E44" t="str">
         <x:v/>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>21.4 %</x:v>
+        <x:v>21.8 %</x:v>
       </x:c>
       <x:c r="G44" t="str">
         <x:v/>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>898546</x:v>
+        <x:v>24215</x:v>
       </x:c>
       <x:c r="I44" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C45" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D45" t="str">
         <x:v/>
       </x:c>
       <x:c r="E45" t="str">
         <x:v/>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>2 %</x:v>
+        <x:v>2.1 %</x:v>
       </x:c>
       <x:c r="G45" t="str">
         <x:v/>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>2262</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="I45" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C46" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D46" t="str">
         <x:v/>
       </x:c>
       <x:c r="E46" t="str">
         <x:v/>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>3.2 %</x:v>
+        <x:v>2.5 %</x:v>
       </x:c>
       <x:c r="G46" t="str">
         <x:v/>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>3551</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="I46" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C47" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D47" t="str">
         <x:v/>
       </x:c>
       <x:c r="E47" t="str">
         <x:v/>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>20.6 %</x:v>
+        <x:v>17.3 %</x:v>
       </x:c>
       <x:c r="G47" t="str">
         <x:v/>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>22861</x:v>
+        <x:v>12257</x:v>
       </x:c>
       <x:c r="I47" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9">
       <x:c r="A48" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D48" t="str">
         <x:v/>
       </x:c>
       <x:c r="E48" t="str">
         <x:v/>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v>7.3 %</x:v>
+        <x:v>16.2 %</x:v>
       </x:c>
       <x:c r="G48" t="str">
         <x:v/>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>8106</x:v>
+        <x:v>11476</x:v>
       </x:c>
       <x:c r="I48" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9">
       <x:c r="A49" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D49" t="str">
         <x:v/>
       </x:c>
       <x:c r="E49" t="str">
         <x:v/>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>27.9 %</x:v>
+        <x:v>6.6 %</x:v>
       </x:c>
       <x:c r="G49" t="str">
         <x:v/>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>30976</x:v>
+        <x:v>4721</x:v>
       </x:c>
       <x:c r="I49" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9">
       <x:c r="A50" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D50" t="str">
         <x:v/>
       </x:c>
       <x:c r="E50" t="str">
         <x:v/>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>21.8 %</x:v>
+        <x:v>29.8 %</x:v>
       </x:c>
       <x:c r="G50" t="str">
         <x:v/>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>24215</x:v>
+        <x:v>21128</x:v>
       </x:c>
       <x:c r="I50" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9">
       <x:c r="A51" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D51" t="str">
         <x:v/>
       </x:c>
       <x:c r="E51" t="str">
         <x:v/>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>17.2 %</x:v>
+        <x:v>25.5 %</x:v>
       </x:c>
       <x:c r="G51" t="str">
         <x:v/>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>19039</x:v>
+        <x:v>18142</x:v>
       </x:c>
       <x:c r="I51" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9">
       <x:c r="A52" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B52" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C52" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D52" t="str">
         <x:v/>
       </x:c>
       <x:c r="E52" t="str">
         <x:v/>
       </x:c>
       <x:c r="F52" t="str">
         <x:v>1.9 %</x:v>
       </x:c>
       <x:c r="G52" t="str">
@@ -1974,356 +1974,356 @@
       </x:c>
       <x:c r="E54" t="str">
         <x:v/>
       </x:c>
       <x:c r="F54" t="str">
         <x:v>18.7 %</x:v>
       </x:c>
       <x:c r="G54" t="str">
         <x:v/>
       </x:c>
       <x:c r="H54" t="str">
         <x:v>16888</x:v>
       </x:c>
       <x:c r="I54" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9">
       <x:c r="A55" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B55" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D55" t="str">
         <x:v/>
       </x:c>
       <x:c r="E55" t="str">
         <x:v/>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>6.7 %</x:v>
+        <x:v>16.8 %</x:v>
       </x:c>
       <x:c r="G55" t="str">
         <x:v/>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>6043</x:v>
+        <x:v>15166</x:v>
       </x:c>
       <x:c r="I55" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9">
       <x:c r="A56" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B56" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D56" t="str">
         <x:v/>
       </x:c>
       <x:c r="E56" t="str">
         <x:v/>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>29.2 %</x:v>
+        <x:v>6.7 %</x:v>
       </x:c>
       <x:c r="G56" t="str">
         <x:v/>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>26403</x:v>
+        <x:v>6043</x:v>
       </x:c>
       <x:c r="I56" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9">
       <x:c r="A57" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B57" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D57" t="str">
         <x:v/>
       </x:c>
       <x:c r="E57" t="str">
         <x:v/>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>24 %</x:v>
+        <x:v>29.2 %</x:v>
       </x:c>
       <x:c r="G57" t="str">
         <x:v/>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>21744</x:v>
+        <x:v>26403</x:v>
       </x:c>
       <x:c r="I57" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9">
       <x:c r="A58" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B58" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D58" t="str">
         <x:v/>
       </x:c>
       <x:c r="E58" t="str">
         <x:v/>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>16.8 %</x:v>
+        <x:v>24 %</x:v>
       </x:c>
       <x:c r="G58" t="str">
         <x:v/>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>15166</x:v>
+        <x:v>21744</x:v>
       </x:c>
       <x:c r="I58" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9">
       <x:c r="A59" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C59" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D59" t="str">
         <x:v/>
       </x:c>
       <x:c r="E59" t="str">
         <x:v/>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>2.1 %</x:v>
+        <x:v>2.7 %</x:v>
       </x:c>
       <x:c r="G59" t="str">
         <x:v/>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>1513</x:v>
+        <x:v>114380</x:v>
       </x:c>
       <x:c r="I59" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9">
       <x:c r="A60" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C60" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D60" t="str">
         <x:v/>
       </x:c>
       <x:c r="E60" t="str">
         <x:v/>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>2.5 %</x:v>
+        <x:v>6 %</x:v>
       </x:c>
       <x:c r="G60" t="str">
         <x:v/>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>1775</x:v>
+        <x:v>250583</x:v>
       </x:c>
       <x:c r="I60" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9">
       <x:c r="A61" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C61" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D61" t="str">
         <x:v/>
       </x:c>
       <x:c r="E61" t="str">
         <x:v/>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>17.3 %</x:v>
+        <x:v>30.5 %</x:v>
       </x:c>
       <x:c r="G61" t="str">
         <x:v/>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>12257</x:v>
+        <x:v>1280433</x:v>
       </x:c>
       <x:c r="I61" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9">
       <x:c r="A62" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D62" t="str">
         <x:v/>
       </x:c>
       <x:c r="E62" t="str">
         <x:v/>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>6.6 %</x:v>
+        <x:v>21.4 %</x:v>
       </x:c>
       <x:c r="G62" t="str">
         <x:v/>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>4721</x:v>
+        <x:v>898546</x:v>
       </x:c>
       <x:c r="I62" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9">
       <x:c r="A63" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D63" t="str">
         <x:v/>
       </x:c>
       <x:c r="E63" t="str">
         <x:v/>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>29.8 %</x:v>
+        <x:v>8.2 %</x:v>
       </x:c>
       <x:c r="G63" t="str">
         <x:v/>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>21128</x:v>
+        <x:v>345329</x:v>
       </x:c>
       <x:c r="I63" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9">
       <x:c r="A64" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D64" t="str">
         <x:v/>
       </x:c>
       <x:c r="E64" t="str">
         <x:v/>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>25.5 %</x:v>
+        <x:v>19.2 %</x:v>
       </x:c>
       <x:c r="G64" t="str">
         <x:v/>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>18142</x:v>
+        <x:v>804597</x:v>
       </x:c>
       <x:c r="I64" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9">
       <x:c r="A65" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D65" t="str">
         <x:v/>
       </x:c>
       <x:c r="E65" t="str">
         <x:v/>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>16.2 %</x:v>
+        <x:v>12 %</x:v>
       </x:c>
       <x:c r="G65" t="str">
         <x:v/>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>11476</x:v>
+        <x:v>505241</x:v>
       </x:c>
       <x:c r="I65" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9">
       <x:c r="A66" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B66" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C66" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D66" t="str">
         <x:v/>
       </x:c>
       <x:c r="E66" t="str">
         <x:v/>
       </x:c>
       <x:c r="F66" t="str">
         <x:v>4.7 %</x:v>
       </x:c>
       <x:c r="G66" t="str">
@@ -2380,562 +2380,562 @@
       </x:c>
       <x:c r="E68" t="str">
         <x:v/>
       </x:c>
       <x:c r="F68" t="str">
         <x:v>26.4 %</x:v>
       </x:c>
       <x:c r="G68" t="str">
         <x:v/>
       </x:c>
       <x:c r="H68" t="str">
         <x:v>59741825</x:v>
       </x:c>
       <x:c r="I68" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9">
       <x:c r="A69" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B69" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C69" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D69" t="str">
         <x:v/>
       </x:c>
       <x:c r="E69" t="str">
         <x:v/>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>8.7 %</x:v>
+        <x:v>19.7 %</x:v>
       </x:c>
       <x:c r="G69" t="str">
         <x:v/>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v>19815732</x:v>
+        <x:v>44692390</x:v>
       </x:c>
       <x:c r="I69" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9">
       <x:c r="A70" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B70" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C70" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D70" t="str">
         <x:v/>
       </x:c>
       <x:c r="E70" t="str">
         <x:v/>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>20.9 %</x:v>
+        <x:v>8.7 %</x:v>
       </x:c>
       <x:c r="G70" t="str">
         <x:v/>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v>47391673</x:v>
+        <x:v>19815732</x:v>
       </x:c>
       <x:c r="I70" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9">
       <x:c r="A71" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B71" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C71" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D71" t="str">
         <x:v/>
       </x:c>
       <x:c r="E71" t="str">
         <x:v/>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>13.4 %</x:v>
+        <x:v>20.9 %</x:v>
       </x:c>
       <x:c r="G71" t="str">
         <x:v/>
       </x:c>
       <x:c r="H71" t="str">
-        <x:v>30359674</x:v>
+        <x:v>47391673</x:v>
       </x:c>
       <x:c r="I71" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9">
       <x:c r="A72" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B72" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C72" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D72" t="str">
         <x:v/>
       </x:c>
       <x:c r="E72" t="str">
         <x:v/>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>19.7 %</x:v>
+        <x:v>13.4 %</x:v>
       </x:c>
       <x:c r="G72" t="str">
         <x:v/>
       </x:c>
       <x:c r="H72" t="str">
-        <x:v>44692390</x:v>
+        <x:v>30359674</x:v>
       </x:c>
       <x:c r="I72" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9">
       <x:c r="A73" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C73" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D73" t="str">
         <x:v/>
       </x:c>
       <x:c r="E73" t="str">
         <x:v/>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>2.8 %</x:v>
+        <x:v>1.9 %</x:v>
       </x:c>
       <x:c r="G73" t="str">
         <x:v/>
       </x:c>
       <x:c r="H73" t="str">
-        <x:v>115606</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="I73" t="str">
-        <x:v>2513</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9">
       <x:c r="A74" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C74" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D74" t="str">
         <x:v/>
       </x:c>
       <x:c r="E74" t="str">
         <x:v/>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>6.3 %</x:v>
+        <x:v>3.1 %</x:v>
       </x:c>
       <x:c r="G74" t="str">
         <x:v/>
       </x:c>
       <x:c r="H74" t="str">
-        <x:v>261933</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="I74" t="str">
-        <x:v>4080</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9">
       <x:c r="A75" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B75" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C75" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D75" t="str">
         <x:v/>
       </x:c>
       <x:c r="E75" t="str">
         <x:v/>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v>30.5 %</x:v>
+        <x:v>20.9 %</x:v>
       </x:c>
       <x:c r="G75" t="str">
         <x:v/>
       </x:c>
       <x:c r="H75" t="str">
-        <x:v>1276601</x:v>
+        <x:v>23120</x:v>
       </x:c>
       <x:c r="I75" t="str">
-        <x:v>8863</x:v>
+        <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9">
       <x:c r="A76" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C76" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D76" t="str">
         <x:v/>
       </x:c>
       <x:c r="E76" t="str">
         <x:v/>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>8.2 %</x:v>
+        <x:v>18.2 %</x:v>
       </x:c>
       <x:c r="G76" t="str">
         <x:v/>
       </x:c>
       <x:c r="H76" t="str">
-        <x:v>342927</x:v>
+        <x:v>20202</x:v>
       </x:c>
       <x:c r="I76" t="str">
-        <x:v>4198</x:v>
+        <x:v>1182</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9">
       <x:c r="A77" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C77" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D77" t="str">
         <x:v/>
       </x:c>
       <x:c r="E77" t="str">
         <x:v/>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>18.9 %</x:v>
+        <x:v>7.4 %</x:v>
       </x:c>
       <x:c r="G77" t="str">
         <x:v/>
       </x:c>
       <x:c r="H77" t="str">
-        <x:v>789957</x:v>
+        <x:v>8200</x:v>
       </x:c>
       <x:c r="I77" t="str">
-        <x:v>7788</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9">
       <x:c r="A78" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B78" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C78" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D78" t="str">
         <x:v/>
       </x:c>
       <x:c r="E78" t="str">
         <x:v/>
       </x:c>
       <x:c r="F78" t="str">
-        <x:v>11.8 %</x:v>
+        <x:v>27.1 %</x:v>
       </x:c>
       <x:c r="G78" t="str">
         <x:v/>
       </x:c>
       <x:c r="H78" t="str">
-        <x:v>495242</x:v>
+        <x:v>30021</x:v>
       </x:c>
       <x:c r="I78" t="str">
-        <x:v>6296</x:v>
+        <x:v>1179</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9">
       <x:c r="A79" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B79" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C79" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D79" t="str">
         <x:v/>
       </x:c>
       <x:c r="E79" t="str">
         <x:v/>
       </x:c>
       <x:c r="F79" t="str">
-        <x:v>21.6 %</x:v>
+        <x:v>21.4 %</x:v>
       </x:c>
       <x:c r="G79" t="str">
         <x:v/>
       </x:c>
       <x:c r="H79" t="str">
-        <x:v>905553</x:v>
+        <x:v>23731</x:v>
       </x:c>
       <x:c r="I79" t="str">
-        <x:v>7124</x:v>
+        <x:v>1339</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9">
       <x:c r="A80" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B80" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C80" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D80" t="str">
         <x:v/>
       </x:c>
       <x:c r="E80" t="str">
         <x:v/>
       </x:c>
       <x:c r="F80" t="str">
-        <x:v>1.9 %</x:v>
+        <x:v>2 %</x:v>
       </x:c>
       <x:c r="G80" t="str">
         <x:v/>
       </x:c>
       <x:c r="H80" t="str">
-        <x:v>2159</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="I80" t="str">
-        <x:v>459</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9">
       <x:c r="A81" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B81" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C81" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D81" t="str">
         <x:v/>
       </x:c>
       <x:c r="E81" t="str">
         <x:v/>
       </x:c>
       <x:c r="F81" t="str">
-        <x:v>3.1 %</x:v>
+        <x:v>2.5 %</x:v>
       </x:c>
       <x:c r="G81" t="str">
         <x:v/>
       </x:c>
       <x:c r="H81" t="str">
-        <x:v>3383</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="I81" t="str">
-        <x:v>450</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9">
       <x:c r="A82" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B82" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C82" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D82" t="str">
         <x:v/>
       </x:c>
       <x:c r="E82" t="str">
         <x:v/>
       </x:c>
       <x:c r="F82" t="str">
-        <x:v>20.9 %</x:v>
+        <x:v>17.5 %</x:v>
       </x:c>
       <x:c r="G82" t="str">
         <x:v/>
       </x:c>
       <x:c r="H82" t="str">
-        <x:v>23120</x:v>
+        <x:v>12389</x:v>
       </x:c>
       <x:c r="I82" t="str">
-        <x:v>1048</x:v>
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9">
       <x:c r="A83" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B83" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C83" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D83" t="str">
         <x:v/>
       </x:c>
       <x:c r="E83" t="str">
         <x:v/>
       </x:c>
       <x:c r="F83" t="str">
-        <x:v>7.4 %</x:v>
+        <x:v>17.6 %</x:v>
       </x:c>
       <x:c r="G83" t="str">
         <x:v/>
       </x:c>
       <x:c r="H83" t="str">
-        <x:v>8200</x:v>
+        <x:v>12478</x:v>
       </x:c>
       <x:c r="I83" t="str">
-        <x:v>734</x:v>
+        <x:v>991</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9">
       <x:c r="A84" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B84" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C84" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D84" t="str">
         <x:v/>
       </x:c>
       <x:c r="E84" t="str">
         <x:v/>
       </x:c>
       <x:c r="F84" t="str">
-        <x:v>27.1 %</x:v>
+        <x:v>6.6 %</x:v>
       </x:c>
       <x:c r="G84" t="str">
         <x:v/>
       </x:c>
       <x:c r="H84" t="str">
-        <x:v>30021</x:v>
+        <x:v>4716</x:v>
       </x:c>
       <x:c r="I84" t="str">
-        <x:v>1179</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9">
       <x:c r="A85" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B85" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C85" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D85" t="str">
         <x:v/>
       </x:c>
       <x:c r="E85" t="str">
         <x:v/>
       </x:c>
       <x:c r="F85" t="str">
-        <x:v>21.4 %</x:v>
+        <x:v>28.4 %</x:v>
       </x:c>
       <x:c r="G85" t="str">
         <x:v/>
       </x:c>
       <x:c r="H85" t="str">
-        <x:v>23731</x:v>
+        <x:v>20137</x:v>
       </x:c>
       <x:c r="I85" t="str">
-        <x:v>1339</x:v>
+        <x:v>1163</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9">
       <x:c r="A86" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B86" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C86" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D86" t="str">
         <x:v/>
       </x:c>
       <x:c r="E86" t="str">
         <x:v/>
       </x:c>
       <x:c r="F86" t="str">
-        <x:v>18.2 %</x:v>
+        <x:v>25.4 %</x:v>
       </x:c>
       <x:c r="G86" t="str">
         <x:v/>
       </x:c>
       <x:c r="H86" t="str">
-        <x:v>20202</x:v>
+        <x:v>18060</x:v>
       </x:c>
       <x:c r="I86" t="str">
-        <x:v>1182</x:v>
+        <x:v>1216</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9">
       <x:c r="A87" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B87" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C87" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D87" t="str">
         <x:v/>
       </x:c>
       <x:c r="E87" t="str">
         <x:v/>
       </x:c>
       <x:c r="F87" t="str">
         <x:v>1.8 %</x:v>
       </x:c>
       <x:c r="G87" t="str">
         <x:v/>
       </x:c>
       <x:c r="H87" t="str">
@@ -2989,359 +2989,359 @@
       </x:c>
       <x:c r="E89" t="str">
         <x:v/>
       </x:c>
       <x:c r="F89" t="str">
         <x:v>18.8 %</x:v>
       </x:c>
       <x:c r="G89" t="str">
         <x:v/>
       </x:c>
       <x:c r="H89" t="str">
         <x:v>17025</x:v>
       </x:c>
       <x:c r="I89" t="str">
         <x:v>974</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9">
       <x:c r="A90" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B90" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C90" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D90" t="str">
         <x:v/>
       </x:c>
       <x:c r="E90" t="str">
         <x:v/>
       </x:c>
       <x:c r="F90" t="str">
-        <x:v>6.8 %</x:v>
+        <x:v>17.9 %</x:v>
       </x:c>
       <x:c r="G90" t="str">
         <x:v/>
       </x:c>
       <x:c r="H90" t="str">
-        <x:v>6202</x:v>
+        <x:v>16181</x:v>
       </x:c>
       <x:c r="I90" t="str">
-        <x:v>607</x:v>
+        <x:v>1078</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9">
       <x:c r="A91" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B91" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C91" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D91" t="str">
         <x:v/>
       </x:c>
       <x:c r="E91" t="str">
         <x:v/>
       </x:c>
       <x:c r="F91" t="str">
-        <x:v>28.2 %</x:v>
+        <x:v>6.8 %</x:v>
       </x:c>
       <x:c r="G91" t="str">
         <x:v/>
       </x:c>
       <x:c r="H91" t="str">
-        <x:v>25548</x:v>
+        <x:v>6202</x:v>
       </x:c>
       <x:c r="I91" t="str">
-        <x:v>1147</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9">
       <x:c r="A92" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B92" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C92" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D92" t="str">
         <x:v/>
       </x:c>
       <x:c r="E92" t="str">
         <x:v/>
       </x:c>
       <x:c r="F92" t="str">
-        <x:v>23.9 %</x:v>
+        <x:v>28.2 %</x:v>
       </x:c>
       <x:c r="G92" t="str">
         <x:v/>
       </x:c>
       <x:c r="H92" t="str">
-        <x:v>21620</x:v>
+        <x:v>25548</x:v>
       </x:c>
       <x:c r="I92" t="str">
-        <x:v>1289</x:v>
+        <x:v>1147</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9">
       <x:c r="A93" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B93" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C93" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D93" t="str">
         <x:v/>
       </x:c>
       <x:c r="E93" t="str">
         <x:v/>
       </x:c>
       <x:c r="F93" t="str">
-        <x:v>17.9 %</x:v>
+        <x:v>23.9 %</x:v>
       </x:c>
       <x:c r="G93" t="str">
         <x:v/>
       </x:c>
       <x:c r="H93" t="str">
-        <x:v>16181</x:v>
+        <x:v>21620</x:v>
       </x:c>
       <x:c r="I93" t="str">
-        <x:v>1078</x:v>
+        <x:v>1289</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9">
       <x:c r="A94" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B94" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C94" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D94" t="str">
         <x:v/>
       </x:c>
       <x:c r="E94" t="str">
         <x:v/>
       </x:c>
       <x:c r="F94" t="str">
-        <x:v>2 %</x:v>
+        <x:v>2.8 %</x:v>
       </x:c>
       <x:c r="G94" t="str">
         <x:v/>
       </x:c>
       <x:c r="H94" t="str">
-        <x:v>1405</x:v>
+        <x:v>115606</x:v>
       </x:c>
       <x:c r="I94" t="str">
-        <x:v>382</x:v>
+        <x:v>2513</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9">
       <x:c r="A95" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B95" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C95" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D95" t="str">
         <x:v/>
       </x:c>
       <x:c r="E95" t="str">
         <x:v/>
       </x:c>
       <x:c r="F95" t="str">
-        <x:v>2.5 %</x:v>
+        <x:v>6.3 %</x:v>
       </x:c>
       <x:c r="G95" t="str">
         <x:v/>
       </x:c>
       <x:c r="H95" t="str">
-        <x:v>1810</x:v>
+        <x:v>261933</x:v>
       </x:c>
       <x:c r="I95" t="str">
-        <x:v>332</x:v>
+        <x:v>4080</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9">
       <x:c r="A96" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B96" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C96" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D96" t="str">
         <x:v/>
       </x:c>
       <x:c r="E96" t="str">
         <x:v/>
       </x:c>
       <x:c r="F96" t="str">
-        <x:v>17.5 %</x:v>
+        <x:v>30.5 %</x:v>
       </x:c>
       <x:c r="G96" t="str">
         <x:v/>
       </x:c>
       <x:c r="H96" t="str">
-        <x:v>12389</x:v>
+        <x:v>1276601</x:v>
       </x:c>
       <x:c r="I96" t="str">
-        <x:v>823</x:v>
+        <x:v>8863</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9">
       <x:c r="A97" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B97" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C97" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D97" t="str">
         <x:v/>
       </x:c>
       <x:c r="E97" t="str">
         <x:v/>
       </x:c>
       <x:c r="F97" t="str">
-        <x:v>6.6 %</x:v>
+        <x:v>21.6 %</x:v>
       </x:c>
       <x:c r="G97" t="str">
         <x:v/>
       </x:c>
       <x:c r="H97" t="str">
-        <x:v>4716</x:v>
+        <x:v>905553</x:v>
       </x:c>
       <x:c r="I97" t="str">
-        <x:v>536</x:v>
+        <x:v>7124</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9">
       <x:c r="A98" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B98" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C98" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D98" t="str">
         <x:v/>
       </x:c>
       <x:c r="E98" t="str">
         <x:v/>
       </x:c>
       <x:c r="F98" t="str">
-        <x:v>28.4 %</x:v>
+        <x:v>8.2 %</x:v>
       </x:c>
       <x:c r="G98" t="str">
         <x:v/>
       </x:c>
       <x:c r="H98" t="str">
-        <x:v>20137</x:v>
+        <x:v>342927</x:v>
       </x:c>
       <x:c r="I98" t="str">
-        <x:v>1163</x:v>
+        <x:v>4198</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9">
       <x:c r="A99" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B99" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C99" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D99" t="str">
         <x:v/>
       </x:c>
       <x:c r="E99" t="str">
         <x:v/>
       </x:c>
       <x:c r="F99" t="str">
-        <x:v>25.4 %</x:v>
+        <x:v>18.9 %</x:v>
       </x:c>
       <x:c r="G99" t="str">
         <x:v/>
       </x:c>
       <x:c r="H99" t="str">
-        <x:v>18060</x:v>
+        <x:v>789957</x:v>
       </x:c>
       <x:c r="I99" t="str">
-        <x:v>1216</x:v>
+        <x:v>7788</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9">
       <x:c r="A100" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B100" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C100" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D100" t="str">
         <x:v/>
       </x:c>
       <x:c r="E100" t="str">
         <x:v/>
       </x:c>
       <x:c r="F100" t="str">
-        <x:v>17.6 %</x:v>
+        <x:v>11.8 %</x:v>
       </x:c>
       <x:c r="G100" t="str">
         <x:v/>
       </x:c>
       <x:c r="H100" t="str">
-        <x:v>12478</x:v>
+        <x:v>495242</x:v>
       </x:c>
       <x:c r="I100" t="str">
-        <x:v>991</x:v>
+        <x:v>6296</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9">
       <x:c r="A101" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B101" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C101" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D101" t="str">
         <x:v/>
       </x:c>
       <x:c r="E101" t="str">
         <x:v/>
       </x:c>
       <x:c r="F101" t="str">
         <x:v>4.8 %</x:v>
       </x:c>
       <x:c r="G101" t="str">
         <x:v/>
       </x:c>
       <x:c r="H101" t="str">
@@ -3395,562 +3395,562 @@
       </x:c>
       <x:c r="E103" t="str">
         <x:v/>
       </x:c>
       <x:c r="F103" t="str">
         <x:v>26.5 %</x:v>
       </x:c>
       <x:c r="G103" t="str">
         <x:v/>
       </x:c>
       <x:c r="H103" t="str">
         <x:v>59636386</x:v>
       </x:c>
       <x:c r="I103" t="str">
         <x:v>161793</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9">
       <x:c r="A104" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B104" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C104" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D104" t="str">
         <x:v/>
       </x:c>
       <x:c r="E104" t="str">
         <x:v/>
       </x:c>
       <x:c r="F104" t="str">
-        <x:v>8.7 %</x:v>
+        <x:v>20 %</x:v>
       </x:c>
       <x:c r="G104" t="str">
         <x:v/>
       </x:c>
       <x:c r="H104" t="str">
-        <x:v>19614710</x:v>
+        <x:v>45042031</x:v>
       </x:c>
       <x:c r="I104" t="str">
-        <x:v>49800</x:v>
+        <x:v>109264</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9">
       <x:c r="A105" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B105" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C105" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D105" t="str">
         <x:v/>
       </x:c>
       <x:c r="E105" t="str">
         <x:v/>
       </x:c>
       <x:c r="F105" t="str">
-        <x:v>20.6 %</x:v>
+        <x:v>8.7 %</x:v>
       </x:c>
       <x:c r="G105" t="str">
         <x:v/>
       </x:c>
       <x:c r="H105" t="str">
-        <x:v>46354332</x:v>
+        <x:v>19614710</x:v>
       </x:c>
       <x:c r="I105" t="str">
-        <x:v>163196</x:v>
+        <x:v>49800</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9">
       <x:c r="A106" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B106" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C106" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D106" t="str">
         <x:v/>
       </x:c>
       <x:c r="E106" t="str">
         <x:v/>
       </x:c>
       <x:c r="F106" t="str">
-        <x:v>13.1 %</x:v>
+        <x:v>20.6 %</x:v>
       </x:c>
       <x:c r="G106" t="str">
         <x:v/>
       </x:c>
       <x:c r="H106" t="str">
-        <x:v>29454504</x:v>
+        <x:v>46354332</x:v>
       </x:c>
       <x:c r="I106" t="str">
-        <x:v>139403</x:v>
+        <x:v>163196</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9">
       <x:c r="A107" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B107" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C107" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D107" t="str">
         <x:v/>
       </x:c>
       <x:c r="E107" t="str">
         <x:v/>
       </x:c>
       <x:c r="F107" t="str">
-        <x:v>20 %</x:v>
+        <x:v>13.1 %</x:v>
       </x:c>
       <x:c r="G107" t="str">
         <x:v/>
       </x:c>
       <x:c r="H107" t="str">
-        <x:v>45042031</x:v>
+        <x:v>29454504</x:v>
       </x:c>
       <x:c r="I107" t="str">
-        <x:v>109264</x:v>
+        <x:v>139403</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9">
       <x:c r="A108" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B108" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C108" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D108" t="str">
         <x:v/>
       </x:c>
       <x:c r="E108" t="str">
         <x:v/>
       </x:c>
       <x:c r="F108" t="str">
-        <x:v>2.9 %</x:v>
+        <x:v>2.2 %</x:v>
       </x:c>
       <x:c r="G108" t="str">
         <x:v/>
       </x:c>
       <x:c r="H108" t="str">
-        <x:v>121333</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="I108" t="str">
-        <x:v>1862</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9">
       <x:c r="A109" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B109" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C109" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D109" t="str">
         <x:v/>
       </x:c>
       <x:c r="E109" t="str">
         <x:v/>
       </x:c>
       <x:c r="F109" t="str">
-        <x:v>6.5 %</x:v>
+        <x:v>3.2 %</x:v>
       </x:c>
       <x:c r="G109" t="str">
         <x:v/>
       </x:c>
       <x:c r="H109" t="str">
-        <x:v>4257</x:v>
+        <x:v>3446</x:v>
       </x:c>
       <x:c r="I109" t="str">
-        <x:v>3974</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9">
       <x:c r="A110" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B110" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C110" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D110" t="str">
         <x:v/>
       </x:c>
       <x:c r="E110" t="str">
         <x:v/>
       </x:c>
       <x:c r="F110" t="str">
-        <x:v>30.5 %</x:v>
+        <x:v>20.6 %</x:v>
       </x:c>
       <x:c r="G110" t="str">
         <x:v/>
       </x:c>
       <x:c r="H110" t="str">
-        <x:v>1275987</x:v>
+        <x:v>22402</x:v>
       </x:c>
       <x:c r="I110" t="str">
-        <x:v>7780</x:v>
+        <x:v>1199</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9">
       <x:c r="A111" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B111" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C111" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D111" t="str">
         <x:v/>
       </x:c>
       <x:c r="E111" t="str">
         <x:v/>
       </x:c>
       <x:c r="F111" t="str">
-        <x:v>8.1 %</x:v>
+        <x:v>19 %</x:v>
       </x:c>
       <x:c r="G111" t="str">
         <x:v/>
       </x:c>
       <x:c r="H111" t="str">
-        <x:v>336661</x:v>
+        <x:v>20659</x:v>
       </x:c>
       <x:c r="I111" t="str">
-        <x:v>4349</x:v>
+        <x:v>1165</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9">
       <x:c r="A112" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B112" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C112" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D112" t="str">
         <x:v/>
       </x:c>
       <x:c r="E112" t="str">
         <x:v/>
       </x:c>
       <x:c r="F112" t="str">
-        <x:v>18.4 %</x:v>
+        <x:v>7.4 %</x:v>
       </x:c>
       <x:c r="G112" t="str">
         <x:v/>
       </x:c>
       <x:c r="H112" t="str">
-        <x:v>770259</x:v>
+        <x:v>8049</x:v>
       </x:c>
       <x:c r="I112" t="str">
-        <x:v>7317</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9">
       <x:c r="A113" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B113" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C113" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D113" t="str">
         <x:v/>
       </x:c>
       <x:c r="E113" t="str">
         <x:v/>
       </x:c>
       <x:c r="F113" t="str">
-        <x:v>11.5 %</x:v>
+        <x:v>27 %</x:v>
       </x:c>
       <x:c r="G113" t="str">
         <x:v/>
       </x:c>
       <x:c r="H113" t="str">
-        <x:v>480325</x:v>
+        <x:v>29384</x:v>
       </x:c>
       <x:c r="I113" t="str">
-        <x:v>5819</x:v>
+        <x:v>1378</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9">
       <x:c r="A114" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B114" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C114" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D114" t="str">
         <x:v/>
       </x:c>
       <x:c r="E114" t="str">
         <x:v/>
       </x:c>
       <x:c r="F114" t="str">
-        <x:v>22 %</x:v>
+        <x:v>20.7 %</x:v>
       </x:c>
       <x:c r="G114" t="str">
         <x:v/>
       </x:c>
       <x:c r="H114" t="str">
-        <x:v>920515</x:v>
+        <x:v>22580</x:v>
       </x:c>
       <x:c r="I114" t="str">
-        <x:v>7934</x:v>
+        <x:v>1507</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9">
       <x:c r="A115" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B115" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C115" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D115" t="str">
         <x:v/>
       </x:c>
       <x:c r="E115" t="str">
         <x:v/>
       </x:c>
       <x:c r="F115" t="str">
-        <x:v>2.2 %</x:v>
+        <x:v>2.1 %</x:v>
       </x:c>
       <x:c r="G115" t="str">
         <x:v/>
       </x:c>
       <x:c r="H115" t="str">
-        <x:v>2386</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="I115" t="str">
-        <x:v>480</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9">
       <x:c r="A116" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B116" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C116" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D116" t="str">
         <x:v/>
       </x:c>
       <x:c r="E116" t="str">
         <x:v/>
       </x:c>
       <x:c r="F116" t="str">
-        <x:v>3.2 %</x:v>
+        <x:v>2.7 %</x:v>
       </x:c>
       <x:c r="G116" t="str">
         <x:v/>
       </x:c>
       <x:c r="H116" t="str">
-        <x:v>3446</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="I116" t="str">
-        <x:v>445</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9">
       <x:c r="A117" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B117" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C117" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D117" t="str">
         <x:v/>
       </x:c>
       <x:c r="E117" t="str">
         <x:v/>
       </x:c>
       <x:c r="F117" t="str">
-        <x:v>20.6 %</x:v>
+        <x:v>17.1 %</x:v>
       </x:c>
       <x:c r="G117" t="str">
         <x:v/>
       </x:c>
       <x:c r="H117" t="str">
-        <x:v>22402</x:v>
+        <x:v>11895</x:v>
       </x:c>
       <x:c r="I117" t="str">
-        <x:v>1199</x:v>
+        <x:v>945</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9">
       <x:c r="A118" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B118" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C118" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D118" t="str">
         <x:v/>
       </x:c>
       <x:c r="E118" t="str">
         <x:v/>
       </x:c>
       <x:c r="F118" t="str">
-        <x:v>7.4 %</x:v>
+        <x:v>18.3 %</x:v>
       </x:c>
       <x:c r="G118" t="str">
         <x:v/>
       </x:c>
       <x:c r="H118" t="str">
-        <x:v>8049</x:v>
+        <x:v>12749</x:v>
       </x:c>
       <x:c r="I118" t="str">
-        <x:v>819</x:v>
+        <x:v>967</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9">
       <x:c r="A119" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B119" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C119" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D119" t="str">
         <x:v/>
       </x:c>
       <x:c r="E119" t="str">
         <x:v/>
       </x:c>
       <x:c r="F119" t="str">
-        <x:v>27 %</x:v>
+        <x:v>6.5 %</x:v>
       </x:c>
       <x:c r="G119" t="str">
         <x:v/>
       </x:c>
       <x:c r="H119" t="str">
-        <x:v>29384</x:v>
+        <x:v>4535</x:v>
       </x:c>
       <x:c r="I119" t="str">
-        <x:v>1378</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9">
       <x:c r="A120" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B120" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C120" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D120" t="str">
         <x:v/>
       </x:c>
       <x:c r="E120" t="str">
         <x:v/>
       </x:c>
       <x:c r="F120" t="str">
-        <x:v>20.7 %</x:v>
+        <x:v>28.1 %</x:v>
       </x:c>
       <x:c r="G120" t="str">
         <x:v/>
       </x:c>
       <x:c r="H120" t="str">
-        <x:v>22580</x:v>
+        <x:v>19573</x:v>
       </x:c>
       <x:c r="I120" t="str">
-        <x:v>1507</x:v>
+        <x:v>1181</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9">
       <x:c r="A121" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B121" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C121" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D121" t="str">
         <x:v/>
       </x:c>
       <x:c r="E121" t="str">
         <x:v/>
       </x:c>
       <x:c r="F121" t="str">
-        <x:v>19 %</x:v>
+        <x:v>25.2 %</x:v>
       </x:c>
       <x:c r="G121" t="str">
         <x:v/>
       </x:c>
       <x:c r="H121" t="str">
-        <x:v>20659</x:v>
+        <x:v>17539</x:v>
       </x:c>
       <x:c r="I121" t="str">
-        <x:v>1165</x:v>
+        <x:v>1209</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9">
       <x:c r="A122" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B122" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C122" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D122" t="str">
         <x:v/>
       </x:c>
       <x:c r="E122" t="str">
         <x:v/>
       </x:c>
       <x:c r="F122" t="str">
         <x:v>2.1 %</x:v>
       </x:c>
       <x:c r="G122" t="str">
         <x:v/>
       </x:c>
       <x:c r="H122" t="str">
@@ -4004,359 +4004,359 @@
       </x:c>
       <x:c r="E124" t="str">
         <x:v/>
       </x:c>
       <x:c r="F124" t="str">
         <x:v>18.5 %</x:v>
       </x:c>
       <x:c r="G124" t="str">
         <x:v/>
       </x:c>
       <x:c r="H124" t="str">
         <x:v>16478</x:v>
       </x:c>
       <x:c r="I124" t="str">
         <x:v>1038</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9">
       <x:c r="A125" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B125" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C125" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D125" t="str">
         <x:v/>
       </x:c>
       <x:c r="E125" t="str">
         <x:v/>
       </x:c>
       <x:c r="F125" t="str">
-        <x:v>6.9 %</x:v>
+        <x:v>18.6 %</x:v>
       </x:c>
       <x:c r="G125" t="str">
         <x:v/>
       </x:c>
       <x:c r="H125" t="str">
-        <x:v>6107</x:v>
+        <x:v>16604</x:v>
       </x:c>
       <x:c r="I125" t="str">
-        <x:v>711</x:v>
+        <x:v>1099</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9">
       <x:c r="A126" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B126" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C126" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D126" t="str">
         <x:v/>
       </x:c>
       <x:c r="E126" t="str">
         <x:v/>
       </x:c>
       <x:c r="F126" t="str">
-        <x:v>27.9 %</x:v>
+        <x:v>6.9 %</x:v>
       </x:c>
       <x:c r="G126" t="str">
         <x:v/>
       </x:c>
       <x:c r="H126" t="str">
-        <x:v>24811</x:v>
+        <x:v>6107</x:v>
       </x:c>
       <x:c r="I126" t="str">
-        <x:v>1273</x:v>
+        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9">
       <x:c r="A127" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B127" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C127" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D127" t="str">
         <x:v/>
       </x:c>
       <x:c r="E127" t="str">
         <x:v/>
       </x:c>
       <x:c r="F127" t="str">
-        <x:v>23.3 %</x:v>
+        <x:v>27.9 %</x:v>
       </x:c>
       <x:c r="G127" t="str">
         <x:v/>
       </x:c>
       <x:c r="H127" t="str">
-        <x:v>20763</x:v>
+        <x:v>24811</x:v>
       </x:c>
       <x:c r="I127" t="str">
-        <x:v>1467</x:v>
+        <x:v>1273</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9">
       <x:c r="A128" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B128" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C128" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D128" t="str">
         <x:v/>
       </x:c>
       <x:c r="E128" t="str">
         <x:v/>
       </x:c>
       <x:c r="F128" t="str">
-        <x:v>18.6 %</x:v>
+        <x:v>23.3 %</x:v>
       </x:c>
       <x:c r="G128" t="str">
         <x:v/>
       </x:c>
       <x:c r="H128" t="str">
-        <x:v>16604</x:v>
+        <x:v>20763</x:v>
       </x:c>
       <x:c r="I128" t="str">
-        <x:v>1099</x:v>
+        <x:v>1467</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9">
       <x:c r="A129" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B129" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C129" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D129" t="str">
         <x:v/>
       </x:c>
       <x:c r="E129" t="str">
         <x:v/>
       </x:c>
       <x:c r="F129" t="str">
-        <x:v>2.1 %</x:v>
+        <x:v>2.9 %</x:v>
       </x:c>
       <x:c r="G129" t="str">
         <x:v/>
       </x:c>
       <x:c r="H129" t="str">
-        <x:v>1443</x:v>
+        <x:v>121333</x:v>
       </x:c>
       <x:c r="I129" t="str">
-        <x:v>411</x:v>
+        <x:v>1862</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9">
       <x:c r="A130" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B130" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C130" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D130" t="str">
         <x:v/>
       </x:c>
       <x:c r="E130" t="str">
         <x:v/>
       </x:c>
       <x:c r="F130" t="str">
-        <x:v>2.7 %</x:v>
+        <x:v>6.5 %</x:v>
       </x:c>
       <x:c r="G130" t="str">
         <x:v/>
       </x:c>
       <x:c r="H130" t="str">
-        <x:v>1865</x:v>
+        <x:v>4257</x:v>
       </x:c>
       <x:c r="I130" t="str">
-        <x:v>325</x:v>
+        <x:v>3974</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9">
       <x:c r="A131" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B131" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C131" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D131" t="str">
         <x:v/>
       </x:c>
       <x:c r="E131" t="str">
         <x:v/>
       </x:c>
       <x:c r="F131" t="str">
-        <x:v>17.1 %</x:v>
+        <x:v>30.5 %</x:v>
       </x:c>
       <x:c r="G131" t="str">
         <x:v/>
       </x:c>
       <x:c r="H131" t="str">
-        <x:v>11895</x:v>
+        <x:v>1275987</x:v>
       </x:c>
       <x:c r="I131" t="str">
-        <x:v>945</x:v>
+        <x:v>7780</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9">
       <x:c r="A132" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B132" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C132" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D132" t="str">
         <x:v/>
       </x:c>
       <x:c r="E132" t="str">
         <x:v/>
       </x:c>
       <x:c r="F132" t="str">
-        <x:v>6.5 %</x:v>
+        <x:v>22 %</x:v>
       </x:c>
       <x:c r="G132" t="str">
         <x:v/>
       </x:c>
       <x:c r="H132" t="str">
-        <x:v>4535</x:v>
+        <x:v>920515</x:v>
       </x:c>
       <x:c r="I132" t="str">
-        <x:v>633</x:v>
+        <x:v>7934</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9">
       <x:c r="A133" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B133" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C133" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D133" t="str">
         <x:v/>
       </x:c>
       <x:c r="E133" t="str">
         <x:v/>
       </x:c>
       <x:c r="F133" t="str">
-        <x:v>28.1 %</x:v>
+        <x:v>8.1 %</x:v>
       </x:c>
       <x:c r="G133" t="str">
         <x:v/>
       </x:c>
       <x:c r="H133" t="str">
-        <x:v>19573</x:v>
+        <x:v>336661</x:v>
       </x:c>
       <x:c r="I133" t="str">
-        <x:v>1181</x:v>
+        <x:v>4349</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9">
       <x:c r="A134" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B134" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C134" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D134" t="str">
         <x:v/>
       </x:c>
       <x:c r="E134" t="str">
         <x:v/>
       </x:c>
       <x:c r="F134" t="str">
-        <x:v>25.2 %</x:v>
+        <x:v>18.4 %</x:v>
       </x:c>
       <x:c r="G134" t="str">
         <x:v/>
       </x:c>
       <x:c r="H134" t="str">
-        <x:v>17539</x:v>
+        <x:v>770259</x:v>
       </x:c>
       <x:c r="I134" t="str">
-        <x:v>1209</x:v>
+        <x:v>7317</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9">
       <x:c r="A135" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B135" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C135" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D135" t="str">
         <x:v/>
       </x:c>
       <x:c r="E135" t="str">
         <x:v/>
       </x:c>
       <x:c r="F135" t="str">
-        <x:v>18.3 %</x:v>
+        <x:v>11.5 %</x:v>
       </x:c>
       <x:c r="G135" t="str">
         <x:v/>
       </x:c>
       <x:c r="H135" t="str">
-        <x:v>12749</x:v>
+        <x:v>480325</x:v>
       </x:c>
       <x:c r="I135" t="str">
-        <x:v>967</x:v>
+        <x:v>5819</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9">
       <x:c r="A136" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B136" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C136" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D136" t="str">
         <x:v/>
       </x:c>
       <x:c r="E136" t="str">
         <x:v/>
       </x:c>
       <x:c r="F136" t="str">
         <x:v>4.9 %</x:v>
       </x:c>
       <x:c r="G136" t="str">
         <x:v/>
       </x:c>
       <x:c r="H136" t="str">
@@ -4410,1577 +4410,1577 @@
       </x:c>
       <x:c r="E138" t="str">
         <x:v/>
       </x:c>
       <x:c r="F138" t="str">
         <x:v>26.7 %</x:v>
       </x:c>
       <x:c r="G138" t="str">
         <x:v/>
       </x:c>
       <x:c r="H138" t="str">
         <x:v>153144</x:v>
       </x:c>
       <x:c r="I138" t="str">
         <x:v>152521</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:9">
       <x:c r="A139" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B139" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C139" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D139" t="str">
         <x:v/>
       </x:c>
       <x:c r="E139" t="str">
         <x:v/>
       </x:c>
       <x:c r="F139" t="str">
-        <x:v>8.6 %</x:v>
+        <x:v>20.3 %</x:v>
       </x:c>
       <x:c r="G139" t="str">
         <x:v/>
       </x:c>
       <x:c r="H139" t="str">
-        <x:v>19254254</x:v>
+        <x:v>45242162</x:v>
       </x:c>
       <x:c r="I139" t="str">
-        <x:v>47639</x:v>
+        <x:v>107467</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:9">
       <x:c r="A140" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B140" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C140" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D140" t="str">
         <x:v/>
       </x:c>
       <x:c r="E140" t="str">
         <x:v/>
       </x:c>
       <x:c r="F140" t="str">
-        <x:v>20.2 %</x:v>
+        <x:v>8.6 %</x:v>
       </x:c>
       <x:c r="G140" t="str">
         <x:v/>
       </x:c>
       <x:c r="H140" t="str">
-        <x:v>45034608</x:v>
+        <x:v>19254254</x:v>
       </x:c>
       <x:c r="I140" t="str">
-        <x:v>151306</x:v>
+        <x:v>47639</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:9">
       <x:c r="A141" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B141" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C141" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D141" t="str">
         <x:v/>
       </x:c>
       <x:c r="E141" t="str">
         <x:v/>
       </x:c>
       <x:c r="F141" t="str">
-        <x:v>12.7 %</x:v>
+        <x:v>20.2 %</x:v>
       </x:c>
       <x:c r="G141" t="str">
         <x:v/>
       </x:c>
       <x:c r="H141" t="str">
-        <x:v>28321710</x:v>
+        <x:v>45034608</x:v>
       </x:c>
       <x:c r="I141" t="str">
-        <x:v>131739</x:v>
+        <x:v>151306</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9">
       <x:c r="A142" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B142" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C142" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D142" t="str">
         <x:v/>
       </x:c>
       <x:c r="E142" t="str">
         <x:v/>
       </x:c>
       <x:c r="F142" t="str">
-        <x:v>20.3 %</x:v>
+        <x:v>12.7 %</x:v>
       </x:c>
       <x:c r="G142" t="str">
         <x:v/>
       </x:c>
       <x:c r="H142" t="str">
-        <x:v>45242162</x:v>
+        <x:v>28321710</x:v>
       </x:c>
       <x:c r="I142" t="str">
-        <x:v>107467</x:v>
+        <x:v>131739</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9">
       <x:c r="A143" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B143" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C143" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D143" t="str">
         <x:v/>
       </x:c>
       <x:c r="E143" t="str">
         <x:v/>
       </x:c>
       <x:c r="F143" t="str">
-        <x:v>3.1 %</x:v>
+        <x:v>5.1 %</x:v>
       </x:c>
       <x:c r="G143" t="str">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="H143" t="str">
-        <x:v>130008</x:v>
+        <x:v>11284290</x:v>
       </x:c>
       <x:c r="I143" t="str">
-        <x:v>1.88</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9">
       <x:c r="A144" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B144" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C144" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D144" t="str">
         <x:v/>
       </x:c>
       <x:c r="E144" t="str">
         <x:v/>
       </x:c>
       <x:c r="F144" t="str">
-        <x:v>6.9 %</x:v>
+        <x:v>3.1 %</x:v>
       </x:c>
       <x:c r="G144" t="str">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="H144" t="str">
-        <x:v>288258</x:v>
+        <x:v>130008</x:v>
       </x:c>
       <x:c r="I144" t="str">
-        <x:v>1.31</x:v>
+        <x:v>1.88</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9">
       <x:c r="A145" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B145" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C145" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D145" t="str">
         <x:v/>
       </x:c>
       <x:c r="E145" t="str">
         <x:v/>
       </x:c>
       <x:c r="F145" t="str">
-        <x:v>22.2 %</x:v>
+        <x:v>1.9 %</x:v>
       </x:c>
       <x:c r="G145" t="str">
-        <x:v>0.16</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="H145" t="str">
-        <x:v>919879</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="I145" t="str">
-        <x:v>0.7</x:v>
+        <x:v>15.91</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9">
       <x:c r="A146" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B146" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C146" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D146" t="str">
         <x:v/>
       </x:c>
       <x:c r="E146" t="str">
         <x:v/>
       </x:c>
       <x:c r="F146" t="str">
-        <x:v>7.9 %</x:v>
+        <x:v>1.7 %</x:v>
       </x:c>
       <x:c r="G146" t="str">
-        <x:v>0.09</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="H146" t="str">
-        <x:v>328720</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="I146" t="str">
-        <x:v>1.1</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9">
       <x:c r="A147" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B147" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C147" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D147" t="str">
         <x:v/>
       </x:c>
       <x:c r="E147" t="str">
         <x:v/>
       </x:c>
       <x:c r="F147" t="str">
-        <x:v>18 %</x:v>
+        <x:v>1.8 %</x:v>
       </x:c>
       <x:c r="G147" t="str">
-        <x:v>0.16</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="H147" t="str">
-        <x:v>745843</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="I147" t="str">
-        <x:v>0.9</x:v>
+        <x:v>18.71</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:9">
       <x:c r="A148" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B148" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C148" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D148" t="str">
         <x:v/>
       </x:c>
       <x:c r="E148" t="str">
         <x:v/>
       </x:c>
       <x:c r="F148" t="str">
-        <x:v>11.2 %</x:v>
+        <x:v>6.9 %</x:v>
       </x:c>
       <x:c r="G148" t="str">
-        <x:v>0.12</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="H148" t="str">
-        <x:v>466719</x:v>
+        <x:v>15187971</x:v>
       </x:c>
       <x:c r="I148" t="str">
-        <x:v>1.08</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:9">
       <x:c r="A149" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B149" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C149" t="str">
-        <x:v>Some College</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D149" t="str">
         <x:v/>
       </x:c>
       <x:c r="E149" t="str">
         <x:v/>
       </x:c>
       <x:c r="F149" t="str">
-        <x:v>22.2 %</x:v>
+        <x:v>6.9 %</x:v>
       </x:c>
       <x:c r="G149" t="str">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="H149" t="str">
-        <x:v>919879</x:v>
+        <x:v>288258</x:v>
       </x:c>
       <x:c r="I149" t="str">
-        <x:v>0.7</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:9">
       <x:c r="A150" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B150" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C150" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D150" t="str">
         <x:v/>
       </x:c>
       <x:c r="E150" t="str">
         <x:v/>
       </x:c>
       <x:c r="F150" t="str">
-        <x:v>1.9 %</x:v>
+        <x:v>3.5 %</x:v>
       </x:c>
       <x:c r="G150" t="str">
-        <x:v>0.3</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="H150" t="str">
-        <x:v>2080</x:v>
+        <x:v>3754</x:v>
       </x:c>
       <x:c r="I150" t="str">
-        <x:v>15.91</x:v>
+        <x:v>12.33</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:9">
       <x:c r="A151" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B151" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C151" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D151" t="str">
         <x:v/>
       </x:c>
       <x:c r="E151" t="str">
         <x:v/>
       </x:c>
       <x:c r="F151" t="str">
-        <x:v>3.5 %</x:v>
+        <x:v>3.1 %</x:v>
       </x:c>
       <x:c r="G151" t="str">
-        <x:v>0.43</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="H151" t="str">
-        <x:v>3754</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="I151" t="str">
-        <x:v>12.33</x:v>
+        <x:v>71.49</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:9">
       <x:c r="A152" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B152" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C152" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D152" t="str">
         <x:v/>
       </x:c>
       <x:c r="E152" t="str">
         <x:v/>
       </x:c>
       <x:c r="F152" t="str">
-        <x:v>19.8 %</x:v>
+        <x:v>3 %</x:v>
       </x:c>
       <x:c r="G152" t="str">
-        <x:v>1.03</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="H152" t="str">
-        <x:v>21198</x:v>
+        <x:v>2633</x:v>
       </x:c>
       <x:c r="I152" t="str">
-        <x:v>5.2</x:v>
+        <x:v>15.15</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:9">
       <x:c r="A153" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B153" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C153" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D153" t="str">
         <x:v/>
       </x:c>
       <x:c r="E153" t="str">
         <x:v/>
       </x:c>
       <x:c r="F153" t="str">
-        <x:v>7.3 %</x:v>
+        <x:v>20.4 %</x:v>
       </x:c>
       <x:c r="G153" t="str">
-        <x:v>0.72</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="H153" t="str">
-        <x:v>7841</x:v>
+        <x:v>45044698</x:v>
       </x:c>
       <x:c r="I153" t="str">
-        <x:v>9.82</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:9">
       <x:c r="A154" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B154" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C154" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D154" t="str">
         <x:v/>
       </x:c>
       <x:c r="E154" t="str">
         <x:v/>
       </x:c>
       <x:c r="F154" t="str">
-        <x:v>26.1 %</x:v>
+        <x:v>22.2 %</x:v>
       </x:c>
       <x:c r="G154" t="str">
-        <x:v>1.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="H154" t="str">
-        <x:v>27959</x:v>
+        <x:v>919879</x:v>
       </x:c>
       <x:c r="I154" t="str">
-        <x:v>4.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:9">
       <x:c r="A155" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B155" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C155" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D155" t="str">
         <x:v/>
       </x:c>
       <x:c r="E155" t="str">
         <x:v/>
       </x:c>
       <x:c r="F155" t="str">
-        <x:v>19.9 %</x:v>
+        <x:v>19.8 %</x:v>
       </x:c>
       <x:c r="G155" t="str">
-        <x:v>1.04</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="H155" t="str">
-        <x:v>21338</x:v>
+        <x:v>21198</x:v>
       </x:c>
       <x:c r="I155" t="str">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:9">
       <x:c r="A156" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B156" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C156" t="str">
-        <x:v>Some College</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D156" t="str">
         <x:v/>
       </x:c>
       <x:c r="E156" t="str">
         <x:v/>
       </x:c>
       <x:c r="F156" t="str">
-        <x:v>19.8 %</x:v>
+        <x:v>18.7 %</x:v>
       </x:c>
       <x:c r="G156" t="str">
-        <x:v>1.03</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="H156" t="str">
-        <x:v>21198</x:v>
+        <x:v>12773</x:v>
       </x:c>
       <x:c r="I156" t="str">
-        <x:v>5.2</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:9">
       <x:c r="A157" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B157" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C157" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D157" t="str">
         <x:v/>
       </x:c>
       <x:c r="E157" t="str">
         <x:v/>
       </x:c>
       <x:c r="F157" t="str">
-        <x:v>1.8 %</x:v>
+        <x:v>19.3 %</x:v>
       </x:c>
       <x:c r="G157" t="str">
-        <x:v>0.34</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="H157" t="str">
-        <x:v>1603</x:v>
+        <x:v>16800</x:v>
       </x:c>
       <x:c r="I157" t="str">
-        <x:v>18.71</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:9">
       <x:c r="A158" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B158" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C158" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D158" t="str">
         <x:v/>
       </x:c>
       <x:c r="E158" t="str">
         <x:v/>
       </x:c>
       <x:c r="F158" t="str">
-        <x:v>3 %</x:v>
+        <x:v>20.4 %</x:v>
       </x:c>
       <x:c r="G158" t="str">
-        <x:v>0.45</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="H158" t="str">
-        <x:v>2633</x:v>
+        <x:v>45044698</x:v>
       </x:c>
       <x:c r="I158" t="str">
-        <x:v>15.15</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:9">
       <x:c r="A159" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B159" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C159" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D159" t="str">
         <x:v/>
       </x:c>
       <x:c r="E159" t="str">
         <x:v/>
       </x:c>
       <x:c r="F159" t="str">
-        <x:v>19.3 %</x:v>
+        <x:v>22.2 %</x:v>
       </x:c>
       <x:c r="G159" t="str">
-        <x:v>1.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="H159" t="str">
-        <x:v>16800</x:v>
+        <x:v>919879</x:v>
       </x:c>
       <x:c r="I159" t="str">
-        <x:v>5.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:9">
       <x:c r="A160" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B160" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C160" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D160" t="str">
         <x:v/>
       </x:c>
       <x:c r="E160" t="str">
         <x:v/>
       </x:c>
       <x:c r="F160" t="str">
-        <x:v>6.8 %</x:v>
+        <x:v>19.8 %</x:v>
       </x:c>
       <x:c r="G160" t="str">
-        <x:v>0.75</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="H160" t="str">
-        <x:v>5909</x:v>
+        <x:v>21198</x:v>
       </x:c>
       <x:c r="I160" t="str">
-        <x:v>10.97</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:9">
       <x:c r="A161" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B161" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C161" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D161" t="str">
         <x:v/>
       </x:c>
       <x:c r="E161" t="str">
         <x:v/>
       </x:c>
       <x:c r="F161" t="str">
-        <x:v>26.9 %</x:v>
+        <x:v>18.7 %</x:v>
       </x:c>
       <x:c r="G161" t="str">
-        <x:v>1.21</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="H161" t="str">
-        <x:v>23432</x:v>
+        <x:v>12773</x:v>
       </x:c>
       <x:c r="I161" t="str">
-        <x:v>4.49</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:9">
       <x:c r="A162" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B162" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C162" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D162" t="str">
         <x:v/>
       </x:c>
       <x:c r="E162" t="str">
         <x:v/>
       </x:c>
       <x:c r="F162" t="str">
-        <x:v>22.6 %</x:v>
+        <x:v>19.7 %</x:v>
       </x:c>
       <x:c r="G162" t="str">
-        <x:v>1.28</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="H162" t="str">
-        <x:v>19672</x:v>
+        <x:v>17164</x:v>
       </x:c>
       <x:c r="I162" t="str">
-        <x:v>5.68</x:v>
+        <x:v>5.94</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:9">
       <x:c r="A163" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B163" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C163" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D163" t="str">
         <x:v/>
       </x:c>
       <x:c r="E163" t="str">
         <x:v/>
       </x:c>
       <x:c r="F163" t="str">
-        <x:v>19.7 %</x:v>
+        <x:v>8.5 %</x:v>
       </x:c>
       <x:c r="G163" t="str">
-        <x:v>1.17</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="H163" t="str">
-        <x:v>17164</x:v>
+        <x:v>18712208</x:v>
       </x:c>
       <x:c r="I163" t="str">
-        <x:v>5.94</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:9">
       <x:c r="A164" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B164" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C164" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D164" t="str">
         <x:v/>
       </x:c>
       <x:c r="E164" t="str">
         <x:v/>
       </x:c>
       <x:c r="F164" t="str">
-        <x:v>1.7 %</x:v>
+        <x:v>7.9 %</x:v>
       </x:c>
       <x:c r="G164" t="str">
-        <x:v>0.35</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="H164" t="str">
-        <x:v>1145</x:v>
+        <x:v>328720</x:v>
       </x:c>
       <x:c r="I164" t="str">
-        <x:v>20.61</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:9">
       <x:c r="A165" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B165" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C165" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D165" t="str">
         <x:v/>
       </x:c>
       <x:c r="E165" t="str">
         <x:v/>
       </x:c>
       <x:c r="F165" t="str">
-        <x:v>3.1 %</x:v>
+        <x:v>7.3 %</x:v>
       </x:c>
       <x:c r="G165" t="str">
-        <x:v>0.54</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="H165" t="str">
-        <x:v>2116</x:v>
+        <x:v>7841</x:v>
       </x:c>
       <x:c r="I165" t="str">
-        <x:v>71.49</x:v>
+        <x:v>9.82</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:9">
       <x:c r="A166" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B166" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C166" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D166" t="str">
         <x:v/>
       </x:c>
       <x:c r="E166" t="str">
         <x:v/>
       </x:c>
       <x:c r="F166" t="str">
-        <x:v>18.7 %</x:v>
+        <x:v>6.2 %</x:v>
       </x:c>
       <x:c r="G166" t="str">
-        <x:v>1.24</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="H166" t="str">
-        <x:v>12773</x:v>
+        <x:v>4252</x:v>
       </x:c>
       <x:c r="I166" t="str">
-        <x:v>6.62</x:v>
+        <x:v>13.15</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:9">
       <x:c r="A167" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B167" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C167" t="str">
         <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D167" t="str">
         <x:v/>
       </x:c>
       <x:c r="E167" t="str">
         <x:v/>
       </x:c>
       <x:c r="F167" t="str">
-        <x:v>6.2 %</x:v>
+        <x:v>6.8 %</x:v>
       </x:c>
       <x:c r="G167" t="str">
-        <x:v>0.82</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="H167" t="str">
-        <x:v>4252</x:v>
+        <x:v>5909</x:v>
       </x:c>
       <x:c r="I167" t="str">
-        <x:v>13.15</x:v>
+        <x:v>10.97</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:9">
       <x:c r="A168" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B168" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C168" t="str">
         <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D168" t="str">
         <x:v/>
       </x:c>
       <x:c r="E168" t="str">
         <x:v/>
       </x:c>
       <x:c r="F168" t="str">
-        <x:v>27.4 %</x:v>
+        <x:v>19.8 %</x:v>
       </x:c>
       <x:c r="G168" t="str">
-        <x:v>1.34</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="H168" t="str">
-        <x:v>18748</x:v>
+        <x:v>43646104</x:v>
       </x:c>
       <x:c r="I168" t="str">
-        <x:v>4.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:9">
       <x:c r="A169" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B169" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C169" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D169" t="str">
         <x:v/>
       </x:c>
       <x:c r="E169" t="str">
         <x:v/>
       </x:c>
       <x:c r="F169" t="str">
-        <x:v>24.8 %</x:v>
+        <x:v>18 %</x:v>
       </x:c>
       <x:c r="G169" t="str">
-        <x:v>1.61</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="H169" t="str">
-        <x:v>16961</x:v>
+        <x:v>745843</x:v>
       </x:c>
       <x:c r="I169" t="str">
-        <x:v>6.48</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:9">
       <x:c r="A170" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B170" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C170" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D170" t="str">
         <x:v/>
       </x:c>
       <x:c r="E170" t="str">
         <x:v/>
       </x:c>
       <x:c r="F170" t="str">
-        <x:v>18.7 %</x:v>
+        <x:v>26.1 %</x:v>
       </x:c>
       <x:c r="G170" t="str">
-        <x:v>1.24</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="H170" t="str">
-        <x:v>12773</x:v>
+        <x:v>27959</x:v>
       </x:c>
       <x:c r="I170" t="str">
-        <x:v>6.62</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:9">
       <x:c r="A171" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B171" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C171" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D171" t="str">
         <x:v/>
       </x:c>
       <x:c r="E171" t="str">
         <x:v/>
       </x:c>
       <x:c r="F171" t="str">
-        <x:v>5.1 %</x:v>
+        <x:v>27.4 %</x:v>
       </x:c>
       <x:c r="G171" t="str">
-        <x:v>0.02</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="H171" t="str">
-        <x:v>11284290</x:v>
+        <x:v>18748</x:v>
       </x:c>
       <x:c r="I171" t="str">
-        <x:v>0.46</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:9">
       <x:c r="A172" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B172" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C172" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D172" t="str">
         <x:v/>
       </x:c>
       <x:c r="E172" t="str">
         <x:v/>
       </x:c>
       <x:c r="F172" t="str">
-        <x:v>6.9 %</x:v>
+        <x:v>26.9 %</x:v>
       </x:c>
       <x:c r="G172" t="str">
-        <x:v>0.03</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="H172" t="str">
-        <x:v>15187971</x:v>
+        <x:v>23432</x:v>
       </x:c>
       <x:c r="I172" t="str">
-        <x:v>0.37</x:v>
+        <x:v>4.49</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:9">
       <x:c r="A173" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B173" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C173" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D173" t="str">
         <x:v/>
       </x:c>
       <x:c r="E173" t="str">
         <x:v/>
       </x:c>
       <x:c r="F173" t="str">
-        <x:v>20.4 %</x:v>
+        <x:v>12.4 %</x:v>
       </x:c>
       <x:c r="G173" t="str">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="H173" t="str">
-        <x:v>45044698</x:v>
+        <x:v>27274058</x:v>
       </x:c>
       <x:c r="I173" t="str">
-        <x:v>0.26</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:9">
       <x:c r="A174" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B174" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C174" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D174" t="str">
         <x:v/>
       </x:c>
       <x:c r="E174" t="str">
         <x:v/>
       </x:c>
       <x:c r="F174" t="str">
-        <x:v>8.5 %</x:v>
+        <x:v>11.2 %</x:v>
       </x:c>
       <x:c r="G174" t="str">
-        <x:v>0.02</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="H174" t="str">
-        <x:v>18712208</x:v>
+        <x:v>466719</x:v>
       </x:c>
       <x:c r="I174" t="str">
-        <x:v>0.26</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:9">
       <x:c r="A175" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B175" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C175" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D175" t="str">
         <x:v/>
       </x:c>
       <x:c r="E175" t="str">
         <x:v/>
       </x:c>
       <x:c r="F175" t="str">
-        <x:v>19.8 %</x:v>
+        <x:v>19.9 %</x:v>
       </x:c>
       <x:c r="G175" t="str">
-        <x:v>0.08</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="H175" t="str">
-        <x:v>43646104</x:v>
+        <x:v>21338</x:v>
       </x:c>
       <x:c r="I175" t="str">
-        <x:v>0.38</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:9">
       <x:c r="A176" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B176" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C176" t="str">
         <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D176" t="str">
         <x:v/>
       </x:c>
       <x:c r="E176" t="str">
         <x:v/>
       </x:c>
       <x:c r="F176" t="str">
-        <x:v>12.4 %</x:v>
+        <x:v>24.8 %</x:v>
       </x:c>
       <x:c r="G176" t="str">
-        <x:v>0.06</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="H176" t="str">
-        <x:v>27274058</x:v>
+        <x:v>16961</x:v>
       </x:c>
       <x:c r="I176" t="str">
-        <x:v>0.48</x:v>
+        <x:v>6.48</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:9">
       <x:c r="A177" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B177" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C177" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D177" t="str">
         <x:v/>
       </x:c>
       <x:c r="E177" t="str">
         <x:v/>
       </x:c>
       <x:c r="F177" t="str">
-        <x:v>20.4 %</x:v>
+        <x:v>22.6 %</x:v>
       </x:c>
       <x:c r="G177" t="str">
-        <x:v>0.05</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="H177" t="str">
-        <x:v>45044698</x:v>
+        <x:v>19672</x:v>
       </x:c>
       <x:c r="I177" t="str">
-        <x:v>0.26</x:v>
+        <x:v>5.68</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:9">
       <x:c r="A178" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B178" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C178" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D178" t="str">
         <x:v/>
       </x:c>
       <x:c r="E178" t="str">
         <x:v/>
       </x:c>
       <x:c r="F178" t="str">
-        <x:v>3.3 %</x:v>
+        <x:v>1.7 %</x:v>
       </x:c>
       <x:c r="G178" t="str">
         <x:v/>
       </x:c>
       <x:c r="H178" t="str">
-        <x:v>134369</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="I178" t="str">
-        <x:v>2297</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:9">
       <x:c r="A179" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B179" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C179" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D179" t="str">
         <x:v/>
       </x:c>
       <x:c r="E179" t="str">
         <x:v/>
       </x:c>
       <x:c r="F179" t="str">
-        <x:v>7.2 %</x:v>
+        <x:v>4.1 %</x:v>
       </x:c>
       <x:c r="G179" t="str">
         <x:v/>
       </x:c>
       <x:c r="H179" t="str">
-        <x:v>296160</x:v>
+        <x:v>4335</x:v>
       </x:c>
       <x:c r="I179" t="str">
-        <x:v>3974</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:9">
       <x:c r="A180" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B180" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C180" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D180" t="str">
         <x:v/>
       </x:c>
       <x:c r="E180" t="str">
         <x:v/>
       </x:c>
       <x:c r="F180" t="str">
-        <x:v>30.7 %</x:v>
+        <x:v>21.2 %</x:v>
       </x:c>
       <x:c r="G180" t="str">
         <x:v/>
       </x:c>
       <x:c r="H180" t="str">
-        <x:v>1266430</x:v>
+        <x:v>22382</x:v>
       </x:c>
       <x:c r="I180" t="str">
-        <x:v>6893</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:9">
       <x:c r="A181" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B181" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C181" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D181" t="str">
         <x:v/>
       </x:c>
       <x:c r="E181" t="str">
         <x:v/>
       </x:c>
       <x:c r="F181" t="str">
-        <x:v>7.8 %</x:v>
+        <x:v>19.7 %</x:v>
       </x:c>
       <x:c r="G181" t="str">
         <x:v/>
       </x:c>
       <x:c r="H181" t="str">
-        <x:v>323751</x:v>
+        <x:v>20810</x:v>
       </x:c>
       <x:c r="I181" t="str">
-        <x:v>3528</x:v>
+        <x:v>1123</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:9">
       <x:c r="A182" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B182" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C182" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D182" t="str">
         <x:v/>
       </x:c>
       <x:c r="E182" t="str">
         <x:v/>
       </x:c>
       <x:c r="F182" t="str">
-        <x:v>17.7 %</x:v>
+        <x:v>7.2 %</x:v>
       </x:c>
       <x:c r="G182" t="str">
         <x:v/>
       </x:c>
       <x:c r="H182" t="str">
-        <x:v>729543</x:v>
+        <x:v>7630</x:v>
       </x:c>
       <x:c r="I182" t="str">
-        <x:v>7396</x:v>
+        <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:9">
       <x:c r="A183" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B183" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C183" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D183" t="str">
         <x:v/>
       </x:c>
       <x:c r="E183" t="str">
         <x:v/>
       </x:c>
       <x:c r="F183" t="str">
-        <x:v>10.9 %</x:v>
+        <x:v>25.8 %</x:v>
       </x:c>
       <x:c r="G183" t="str">
         <x:v/>
       </x:c>
       <x:c r="H183" t="str">
-        <x:v>451540</x:v>
+        <x:v>27238</x:v>
       </x:c>
       <x:c r="I183" t="str">
-        <x:v>4807</x:v>
+        <x:v>1180</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:9">
       <x:c r="A184" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B184" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C184" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D184" t="str">
         <x:v/>
       </x:c>
       <x:c r="E184" t="str">
         <x:v/>
       </x:c>
       <x:c r="F184" t="str">
-        <x:v>22.4 %</x:v>
+        <x:v>20.2 %</x:v>
       </x:c>
       <x:c r="G184" t="str">
         <x:v/>
       </x:c>
       <x:c r="H184" t="str">
-        <x:v>923045</x:v>
+        <x:v>21274</x:v>
       </x:c>
       <x:c r="I184" t="str">
-        <x:v>6653</x:v>
+        <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:9">
       <x:c r="A185" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B185" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C185" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D185" t="str">
         <x:v/>
       </x:c>
       <x:c r="E185" t="str">
         <x:v/>
       </x:c>
       <x:c r="F185" t="str">
-        <x:v>1.7 %</x:v>
+        <x:v>1.5 %</x:v>
       </x:c>
       <x:c r="G185" t="str">
         <x:v/>
       </x:c>
       <x:c r="H185" t="str">
-        <x:v>1826</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="I185" t="str">
-        <x:v>313</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:9">
       <x:c r="A186" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B186" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C186" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D186" t="str">
         <x:v/>
       </x:c>
       <x:c r="E186" t="str">
         <x:v/>
       </x:c>
       <x:c r="F186" t="str">
-        <x:v>4.1 %</x:v>
+        <x:v>3.5 %</x:v>
       </x:c>
       <x:c r="G186" t="str">
         <x:v/>
       </x:c>
       <x:c r="H186" t="str">
-        <x:v>4335</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="I186" t="str">
-        <x:v>493</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:9">
       <x:c r="A187" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B187" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C187" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D187" t="str">
         <x:v/>
       </x:c>
       <x:c r="E187" t="str">
         <x:v/>
       </x:c>
       <x:c r="F187" t="str">
-        <x:v>21.2 %</x:v>
+        <x:v>17.6 %</x:v>
       </x:c>
       <x:c r="G187" t="str">
         <x:v/>
       </x:c>
       <x:c r="H187" t="str">
-        <x:v>22382</x:v>
+        <x:v>11828</x:v>
       </x:c>
       <x:c r="I187" t="str">
-        <x:v>1094</x:v>
+        <x:v>836</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:9">
       <x:c r="A188" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B188" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C188" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D188" t="str">
         <x:v/>
       </x:c>
       <x:c r="E188" t="str">
         <x:v/>
       </x:c>
       <x:c r="F188" t="str">
-        <x:v>7.2 %</x:v>
+        <x:v>18.3 %</x:v>
       </x:c>
       <x:c r="G188" t="str">
         <x:v/>
       </x:c>
       <x:c r="H188" t="str">
-        <x:v>7630</x:v>
+        <x:v>12281</x:v>
       </x:c>
       <x:c r="I188" t="str">
-        <x:v>756</x:v>
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:9">
       <x:c r="A189" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B189" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C189" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D189" t="str">
         <x:v/>
       </x:c>
       <x:c r="E189" t="str">
         <x:v/>
       </x:c>
       <x:c r="F189" t="str">
-        <x:v>25.8 %</x:v>
+        <x:v>6.3 %</x:v>
       </x:c>
       <x:c r="G189" t="str">
         <x:v/>
       </x:c>
       <x:c r="H189" t="str">
-        <x:v>27238</x:v>
+        <x:v>4216</x:v>
       </x:c>
       <x:c r="I189" t="str">
-        <x:v>1180</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:9">
       <x:c r="A190" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B190" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C190" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D190" t="str">
         <x:v/>
       </x:c>
       <x:c r="E190" t="str">
         <x:v/>
       </x:c>
       <x:c r="F190" t="str">
-        <x:v>20.2 %</x:v>
+        <x:v>27.5 %</x:v>
       </x:c>
       <x:c r="G190" t="str">
         <x:v/>
       </x:c>
       <x:c r="H190" t="str">
-        <x:v>21274</x:v>
+        <x:v>18419</x:v>
       </x:c>
       <x:c r="I190" t="str">
-        <x:v>1144</x:v>
+        <x:v>945</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:9">
       <x:c r="A191" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B191" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C191" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D191" t="str">
         <x:v/>
       </x:c>
       <x:c r="E191" t="str">
         <x:v/>
       </x:c>
       <x:c r="F191" t="str">
-        <x:v>19.7 %</x:v>
+        <x:v>25.3 %</x:v>
       </x:c>
       <x:c r="G191" t="str">
         <x:v/>
       </x:c>
       <x:c r="H191" t="str">
-        <x:v>20810</x:v>
+        <x:v>16973</x:v>
       </x:c>
       <x:c r="I191" t="str">
-        <x:v>1123</x:v>
+        <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:9">
       <x:c r="A192" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B192" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C192" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D192" t="str">
         <x:v/>
       </x:c>
       <x:c r="E192" t="str">
         <x:v/>
       </x:c>
       <x:c r="F192" t="str">
         <x:v>1.7 %</x:v>
       </x:c>
       <x:c r="G192" t="str">
         <x:v/>
       </x:c>
       <x:c r="H192" t="str">
@@ -6034,359 +6034,359 @@
       </x:c>
       <x:c r="E194" t="str">
         <x:v/>
       </x:c>
       <x:c r="F194" t="str">
         <x:v>19 %</x:v>
       </x:c>
       <x:c r="G194" t="str">
         <x:v/>
       </x:c>
       <x:c r="H194" t="str">
         <x:v>16423</x:v>
       </x:c>
       <x:c r="I194" t="str">
         <x:v>1011</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:9">
       <x:c r="A195" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B195" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C195" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D195" t="str">
         <x:v/>
       </x:c>
       <x:c r="E195" t="str">
         <x:v/>
       </x:c>
       <x:c r="F195" t="str">
-        <x:v>6.6 %</x:v>
+        <x:v>19.3 %</x:v>
       </x:c>
       <x:c r="G195" t="str">
         <x:v/>
       </x:c>
       <x:c r="H195" t="str">
-        <x:v>5684</x:v>
+        <x:v>16616</x:v>
       </x:c>
       <x:c r="I195" t="str">
-        <x:v>694</x:v>
+        <x:v>1008</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:9">
       <x:c r="A196" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B196" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C196" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D196" t="str">
         <x:v/>
       </x:c>
       <x:c r="E196" t="str">
         <x:v/>
       </x:c>
       <x:c r="F196" t="str">
-        <x:v>26.9 %</x:v>
+        <x:v>6.6 %</x:v>
       </x:c>
       <x:c r="G196" t="str">
         <x:v/>
       </x:c>
       <x:c r="H196" t="str">
-        <x:v>23203</x:v>
+        <x:v>5684</x:v>
       </x:c>
       <x:c r="I196" t="str">
-        <x:v>1108</x:v>
+        <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:9">
       <x:c r="A197" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B197" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C197" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D197" t="str">
         <x:v/>
       </x:c>
       <x:c r="E197" t="str">
         <x:v/>
       </x:c>
       <x:c r="F197" t="str">
-        <x:v>22.8 %</x:v>
+        <x:v>26.9 %</x:v>
       </x:c>
       <x:c r="G197" t="str">
         <x:v/>
       </x:c>
       <x:c r="H197" t="str">
-        <x:v>19695</x:v>
+        <x:v>23203</x:v>
       </x:c>
       <x:c r="I197" t="str">
-        <x:v>1105</x:v>
+        <x:v>1108</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:9">
       <x:c r="A198" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B198" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C198" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D198" t="str">
         <x:v/>
       </x:c>
       <x:c r="E198" t="str">
         <x:v/>
       </x:c>
       <x:c r="F198" t="str">
-        <x:v>19.3 %</x:v>
+        <x:v>22.8 %</x:v>
       </x:c>
       <x:c r="G198" t="str">
         <x:v/>
       </x:c>
       <x:c r="H198" t="str">
-        <x:v>16616</x:v>
+        <x:v>19695</x:v>
       </x:c>
       <x:c r="I198" t="str">
-        <x:v>1008</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:9">
       <x:c r="A199" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B199" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C199" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D199" t="str">
         <x:v/>
       </x:c>
       <x:c r="E199" t="str">
         <x:v/>
       </x:c>
       <x:c r="F199" t="str">
-        <x:v>1.5 %</x:v>
+        <x:v>3.3 %</x:v>
       </x:c>
       <x:c r="G199" t="str">
         <x:v/>
       </x:c>
       <x:c r="H199" t="str">
-        <x:v>1031</x:v>
+        <x:v>134369</x:v>
       </x:c>
       <x:c r="I199" t="str">
-        <x:v>240</x:v>
+        <x:v>2297</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:9">
       <x:c r="A200" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B200" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C200" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D200" t="str">
         <x:v/>
       </x:c>
       <x:c r="E200" t="str">
         <x:v/>
       </x:c>
       <x:c r="F200" t="str">
-        <x:v>3.5 %</x:v>
+        <x:v>7.2 %</x:v>
       </x:c>
       <x:c r="G200" t="str">
         <x:v/>
       </x:c>
       <x:c r="H200" t="str">
-        <x:v>2330</x:v>
+        <x:v>296160</x:v>
       </x:c>
       <x:c r="I200" t="str">
-        <x:v>374</x:v>
+        <x:v>3974</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:9">
       <x:c r="A201" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B201" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C201" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D201" t="str">
         <x:v/>
       </x:c>
       <x:c r="E201" t="str">
         <x:v/>
       </x:c>
       <x:c r="F201" t="str">
-        <x:v>17.6 %</x:v>
+        <x:v>30.7 %</x:v>
       </x:c>
       <x:c r="G201" t="str">
         <x:v/>
       </x:c>
       <x:c r="H201" t="str">
-        <x:v>11828</x:v>
+        <x:v>1266430</x:v>
       </x:c>
       <x:c r="I201" t="str">
-        <x:v>836</x:v>
+        <x:v>6893</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:9">
       <x:c r="A202" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B202" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C202" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D202" t="str">
         <x:v/>
       </x:c>
       <x:c r="E202" t="str">
         <x:v/>
       </x:c>
       <x:c r="F202" t="str">
-        <x:v>6.3 %</x:v>
+        <x:v>22.4 %</x:v>
       </x:c>
       <x:c r="G202" t="str">
         <x:v/>
       </x:c>
       <x:c r="H202" t="str">
-        <x:v>4216</x:v>
+        <x:v>923045</x:v>
       </x:c>
       <x:c r="I202" t="str">
-        <x:v>560</x:v>
+        <x:v>6653</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:9">
       <x:c r="A203" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B203" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C203" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D203" t="str">
         <x:v/>
       </x:c>
       <x:c r="E203" t="str">
         <x:v/>
       </x:c>
       <x:c r="F203" t="str">
-        <x:v>27.5 %</x:v>
+        <x:v>7.8 %</x:v>
       </x:c>
       <x:c r="G203" t="str">
         <x:v/>
       </x:c>
       <x:c r="H203" t="str">
-        <x:v>18419</x:v>
+        <x:v>323751</x:v>
       </x:c>
       <x:c r="I203" t="str">
-        <x:v>945</x:v>
+        <x:v>3528</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:9">
       <x:c r="A204" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B204" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C204" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D204" t="str">
         <x:v/>
       </x:c>
       <x:c r="E204" t="str">
         <x:v/>
       </x:c>
       <x:c r="F204" t="str">
-        <x:v>25.3 %</x:v>
+        <x:v>17.7 %</x:v>
       </x:c>
       <x:c r="G204" t="str">
         <x:v/>
       </x:c>
       <x:c r="H204" t="str">
-        <x:v>16973</x:v>
+        <x:v>729543</x:v>
       </x:c>
       <x:c r="I204" t="str">
-        <x:v>1053</x:v>
+        <x:v>7396</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:9">
       <x:c r="A205" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B205" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C205" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D205" t="str">
         <x:v/>
       </x:c>
       <x:c r="E205" t="str">
         <x:v/>
       </x:c>
       <x:c r="F205" t="str">
-        <x:v>18.3 %</x:v>
+        <x:v>10.9 %</x:v>
       </x:c>
       <x:c r="G205" t="str">
         <x:v/>
       </x:c>
       <x:c r="H205" t="str">
-        <x:v>12281</x:v>
+        <x:v>451540</x:v>
       </x:c>
       <x:c r="I205" t="str">
-        <x:v>866</x:v>
+        <x:v>4807</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:9">
       <x:c r="A206" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B206" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C206" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D206" t="str">
         <x:v/>
       </x:c>
       <x:c r="E206" t="str">
         <x:v/>
       </x:c>
       <x:c r="F206" t="str">
         <x:v>5.3 %</x:v>
       </x:c>
       <x:c r="G206" t="str">
         <x:v/>
       </x:c>
       <x:c r="H206" t="str">
@@ -6440,3810 +6440,3810 @@
       </x:c>
       <x:c r="E208" t="str">
         <x:v/>
       </x:c>
       <x:c r="F208" t="str">
         <x:v>27.1 %</x:v>
       </x:c>
       <x:c r="G208" t="str">
         <x:v/>
       </x:c>
       <x:c r="H208" t="str">
         <x:v>59265308</x:v>
       </x:c>
       <x:c r="I208" t="str">
         <x:v>152521</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:9">
       <x:c r="A209" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B209" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C209" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College</x:v>
       </x:c>
       <x:c r="D209" t="str">
         <x:v/>
       </x:c>
       <x:c r="E209" t="str">
         <x:v/>
       </x:c>
       <x:c r="F209" t="str">
-        <x:v>8.4 %</x:v>
+        <x:v>20.6 %</x:v>
       </x:c>
       <x:c r="G209" t="str">
         <x:v/>
       </x:c>
       <x:c r="H209" t="str">
-        <x:v>18338324</x:v>
+        <x:v>45027332</x:v>
       </x:c>
       <x:c r="I209" t="str">
-        <x:v>52953</x:v>
+        <x:v>112991</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:9">
       <x:c r="A210" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B210" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C210" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D210" t="str">
         <x:v/>
       </x:c>
       <x:c r="E210" t="str">
         <x:v/>
       </x:c>
       <x:c r="F210" t="str">
-        <x:v>19.4 %</x:v>
+        <x:v>8.4 %</x:v>
       </x:c>
       <x:c r="G210" t="str">
         <x:v/>
       </x:c>
       <x:c r="H210" t="str">
-        <x:v>42470928</x:v>
+        <x:v>18338324</x:v>
       </x:c>
       <x:c r="I210" t="str">
-        <x:v>154580</x:v>
+        <x:v>52953</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:9">
       <x:c r="A211" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B211" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C211" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D211" t="str">
         <x:v/>
       </x:c>
       <x:c r="E211" t="str">
         <x:v/>
       </x:c>
       <x:c r="F211" t="str">
-        <x:v>12.1 %</x:v>
+        <x:v>19.4 %</x:v>
       </x:c>
       <x:c r="G211" t="str">
         <x:v/>
       </x:c>
       <x:c r="H211" t="str">
-        <x:v>26396125</x:v>
+        <x:v>42470928</x:v>
       </x:c>
       <x:c r="I211" t="str">
-        <x:v>125115</x:v>
+        <x:v>154580</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:9">
       <x:c r="A212" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B212" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C212" t="str">
-        <x:v>Some College</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D212" t="str">
         <x:v/>
       </x:c>
       <x:c r="E212" t="str">
         <x:v/>
       </x:c>
       <x:c r="F212" t="str">
-        <x:v>20.6 %</x:v>
+        <x:v>12.1 %</x:v>
       </x:c>
       <x:c r="G212" t="str">
         <x:v/>
       </x:c>
       <x:c r="H212" t="str">
-        <x:v>45027332</x:v>
+        <x:v>26396125</x:v>
       </x:c>
       <x:c r="I212" t="str">
-        <x:v>112991</x:v>
+        <x:v>125115</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:9">
       <x:c r="A213" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B213" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C213" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D213" t="str">
         <x:v/>
       </x:c>
       <x:c r="E213" t="str">
         <x:v/>
       </x:c>
       <x:c r="F213" t="str">
-        <x:v>3.4 %</x:v>
+        <x:v>5.4 %</x:v>
       </x:c>
       <x:c r="G213" t="str">
         <x:v/>
       </x:c>
       <x:c r="H213" t="str">
-        <x:v>139870</x:v>
+        <x:v>11759554</x:v>
       </x:c>
       <x:c r="I213" t="str">
-        <x:v>2576</x:v>
+        <x:v>47422</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:9">
       <x:c r="A214" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B214" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C214" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D214" t="str">
         <x:v/>
       </x:c>
       <x:c r="E214" t="str">
         <x:v/>
       </x:c>
       <x:c r="F214" t="str">
-        <x:v>7.4 %</x:v>
+        <x:v>3.4 %</x:v>
       </x:c>
       <x:c r="G214" t="str">
         <x:v/>
       </x:c>
       <x:c r="H214" t="str">
-        <x:v>302552</x:v>
+        <x:v>139870</x:v>
       </x:c>
       <x:c r="I214" t="str">
-        <x:v>3891</x:v>
+        <x:v>2576</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:9">
       <x:c r="A215" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B215" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C215" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D215" t="str">
         <x:v/>
       </x:c>
       <x:c r="E215" t="str">
         <x:v/>
       </x:c>
       <x:c r="F215" t="str">
-        <x:v>30.9 %</x:v>
+        <x:v>2 %</x:v>
       </x:c>
       <x:c r="G215" t="str">
         <x:v/>
       </x:c>
       <x:c r="H215" t="str">
-        <x:v>1268884</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="I215" t="str">
-        <x:v>7130</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:9">
       <x:c r="A216" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B216" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C216" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D216" t="str">
         <x:v/>
       </x:c>
       <x:c r="E216" t="str">
         <x:v/>
       </x:c>
       <x:c r="F216" t="str">
-        <x:v>22.4 %</x:v>
+        <x:v>1.9 %</x:v>
       </x:c>
       <x:c r="G216" t="str">
         <x:v/>
       </x:c>
       <x:c r="H216" t="str">
-        <x:v>917414</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="I216" t="str">
-        <x:v>6367</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:9">
       <x:c r="A217" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B217" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C217" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D217" t="str">
         <x:v/>
       </x:c>
       <x:c r="E217" t="str">
         <x:v/>
       </x:c>
       <x:c r="F217" t="str">
-        <x:v>7.7 %</x:v>
+        <x:v>1.9 %</x:v>
       </x:c>
       <x:c r="G217" t="str">
         <x:v/>
       </x:c>
       <x:c r="H217" t="str">
-        <x:v>315780</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="I217" t="str">
-        <x:v>4379</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:9">
       <x:c r="A218" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B218" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C218" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D218" t="str">
         <x:v/>
       </x:c>
       <x:c r="E218" t="str">
         <x:v/>
       </x:c>
       <x:c r="F218" t="str">
-        <x:v>17.5 %</x:v>
+        <x:v>7.2 %</x:v>
       </x:c>
       <x:c r="G218" t="str">
         <x:v/>
       </x:c>
       <x:c r="H218" t="str">
-        <x:v>718198</x:v>
+        <x:v>15677560</x:v>
       </x:c>
       <x:c r="I218" t="str">
-        <x:v>7246</x:v>
+        <x:v>51201</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:9">
       <x:c r="A219" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B219" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C219" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D219" t="str">
         <x:v/>
       </x:c>
       <x:c r="E219" t="str">
         <x:v/>
       </x:c>
       <x:c r="F219" t="str">
-        <x:v>10.7 %</x:v>
+        <x:v>7.4 %</x:v>
       </x:c>
       <x:c r="G219" t="str">
         <x:v/>
       </x:c>
       <x:c r="H219" t="str">
-        <x:v>437511</x:v>
+        <x:v>302552</x:v>
       </x:c>
       <x:c r="I219" t="str">
-        <x:v>5155</x:v>
+        <x:v>3891</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:9">
       <x:c r="A220" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B220" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C220" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D220" t="str">
         <x:v/>
       </x:c>
       <x:c r="E220" t="str">
         <x:v/>
       </x:c>
       <x:c r="F220" t="str">
-        <x:v>2 %</x:v>
+        <x:v>4.4 %</x:v>
       </x:c>
       <x:c r="G220" t="str">
         <x:v/>
       </x:c>
       <x:c r="H220" t="str">
-        <x:v>2073</x:v>
+        <x:v>4607</x:v>
       </x:c>
       <x:c r="I220" t="str">
-        <x:v>362</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:9">
       <x:c r="A221" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B221" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C221" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D221" t="str">
         <x:v/>
       </x:c>
       <x:c r="E221" t="str">
         <x:v/>
       </x:c>
       <x:c r="F221" t="str">
-        <x:v>4.4 %</x:v>
+        <x:v>3.9 %</x:v>
       </x:c>
       <x:c r="G221" t="str">
         <x:v/>
       </x:c>
       <x:c r="H221" t="str">
-        <x:v>4607</x:v>
+        <x:v>2575</x:v>
       </x:c>
       <x:c r="I221" t="str">
-        <x:v>553</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:9">
       <x:c r="A222" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B222" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C222" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D222" t="str">
         <x:v/>
       </x:c>
       <x:c r="E222" t="str">
         <x:v/>
       </x:c>
       <x:c r="F222" t="str">
-        <x:v>21 %</x:v>
+        <x:v>4 %</x:v>
       </x:c>
       <x:c r="G222" t="str">
         <x:v/>
       </x:c>
       <x:c r="H222" t="str">
-        <x:v>21778</x:v>
+        <x:v>3399</x:v>
       </x:c>
       <x:c r="I222" t="str">
-        <x:v>1039</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:9">
       <x:c r="A223" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B223" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C223" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D223" t="str">
         <x:v/>
       </x:c>
       <x:c r="E223" t="str">
         <x:v/>
       </x:c>
       <x:c r="F223" t="str">
-        <x:v>19.5 %</x:v>
+        <x:v>27.3 %</x:v>
       </x:c>
       <x:c r="G223" t="str">
         <x:v/>
       </x:c>
       <x:c r="H223" t="str">
-        <x:v>20187</x:v>
+        <x:v>59093612</x:v>
       </x:c>
       <x:c r="I223" t="str">
-        <x:v>1001</x:v>
+        <x:v>150606</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:9">
       <x:c r="A224" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B224" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C224" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D224" t="str">
         <x:v/>
       </x:c>
       <x:c r="E224" t="str">
         <x:v/>
       </x:c>
       <x:c r="F224" t="str">
-        <x:v>7.1 %</x:v>
+        <x:v>30.9 %</x:v>
       </x:c>
       <x:c r="G224" t="str">
         <x:v/>
       </x:c>
       <x:c r="H224" t="str">
-        <x:v>7360</x:v>
+        <x:v>1268884</x:v>
       </x:c>
       <x:c r="I224" t="str">
-        <x:v>692</x:v>
+        <x:v>7130</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:9">
       <x:c r="A225" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B225" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C225" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D225" t="str">
         <x:v/>
       </x:c>
       <x:c r="E225" t="str">
         <x:v/>
       </x:c>
       <x:c r="F225" t="str">
-        <x:v>25.9 %</x:v>
+        <x:v>21 %</x:v>
       </x:c>
       <x:c r="G225" t="str">
         <x:v/>
       </x:c>
       <x:c r="H225" t="str">
-        <x:v>26835</x:v>
+        <x:v>21778</x:v>
       </x:c>
       <x:c r="I225" t="str">
-        <x:v>1206</x:v>
+        <x:v>1039</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:9">
       <x:c r="A226" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B226" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C226" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D226" t="str">
         <x:v/>
       </x:c>
       <x:c r="E226" t="str">
         <x:v/>
       </x:c>
       <x:c r="F226" t="str">
-        <x:v>20 %</x:v>
+        <x:v>16.9 %</x:v>
       </x:c>
       <x:c r="G226" t="str">
         <x:v/>
       </x:c>
       <x:c r="H226" t="str">
-        <x:v>20714</x:v>
+        <x:v>11067</x:v>
       </x:c>
       <x:c r="I226" t="str">
-        <x:v>1060</x:v>
+        <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:9">
       <x:c r="A227" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B227" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C227" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D227" t="str">
         <x:v/>
       </x:c>
       <x:c r="E227" t="str">
         <x:v/>
       </x:c>
       <x:c r="F227" t="str">
-        <x:v>1.9 %</x:v>
+        <x:v>18.6 %</x:v>
       </x:c>
       <x:c r="G227" t="str">
         <x:v/>
       </x:c>
       <x:c r="H227" t="str">
-        <x:v>1613</x:v>
+        <x:v>15669</x:v>
       </x:c>
       <x:c r="I227" t="str">
-        <x:v>328</x:v>
+        <x:v>929</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:9">
       <x:c r="A228" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B228" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C228" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D228" t="str">
         <x:v/>
       </x:c>
       <x:c r="E228" t="str">
         <x:v/>
       </x:c>
       <x:c r="F228" t="str">
-        <x:v>4 %</x:v>
+        <x:v>19.1 %</x:v>
       </x:c>
       <x:c r="G228" t="str">
         <x:v/>
       </x:c>
       <x:c r="H228" t="str">
-        <x:v>3399</x:v>
+        <x:v>41377068</x:v>
       </x:c>
       <x:c r="I228" t="str">
-        <x:v>473</x:v>
+        <x:v>151706</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:9">
       <x:c r="A229" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B229" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C229" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D229" t="str">
         <x:v/>
       </x:c>
       <x:c r="E229" t="str">
         <x:v/>
       </x:c>
       <x:c r="F229" t="str">
-        <x:v>18.6 %</x:v>
+        <x:v>17.5 %</x:v>
       </x:c>
       <x:c r="G229" t="str">
         <x:v/>
       </x:c>
       <x:c r="H229" t="str">
-        <x:v>15669</x:v>
+        <x:v>718198</x:v>
       </x:c>
       <x:c r="I229" t="str">
-        <x:v>929</x:v>
+        <x:v>7246</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:9">
       <x:c r="A230" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B230" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C230" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D230" t="str">
         <x:v/>
       </x:c>
       <x:c r="E230" t="str">
         <x:v/>
       </x:c>
       <x:c r="F230" t="str">
-        <x:v>18.7 %</x:v>
+        <x:v>25.9 %</x:v>
       </x:c>
       <x:c r="G230" t="str">
         <x:v/>
       </x:c>
       <x:c r="H230" t="str">
-        <x:v>15769</x:v>
+        <x:v>26835</x:v>
       </x:c>
       <x:c r="I230" t="str">
-        <x:v>984</x:v>
+        <x:v>1206</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:9">
       <x:c r="A231" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B231" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C231" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D231" t="str">
         <x:v/>
       </x:c>
       <x:c r="E231" t="str">
         <x:v/>
       </x:c>
       <x:c r="F231" t="str">
-        <x:v>6.6 %</x:v>
+        <x:v>28.3 %</x:v>
       </x:c>
       <x:c r="G231" t="str">
         <x:v/>
       </x:c>
       <x:c r="H231" t="str">
-        <x:v>5517</x:v>
+        <x:v>18550</x:v>
       </x:c>
       <x:c r="I231" t="str">
-        <x:v>597</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:9">
       <x:c r="A232" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B232" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C232" t="str">
         <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D232" t="str">
         <x:v/>
       </x:c>
       <x:c r="E232" t="str">
         <x:v/>
       </x:c>
       <x:c r="F232" t="str">
         <x:v>27.5 %</x:v>
       </x:c>
       <x:c r="G232" t="str">
         <x:v/>
       </x:c>
       <x:c r="H232" t="str">
         <x:v>23142</x:v>
       </x:c>
       <x:c r="I232" t="str">
         <x:v>1057</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:9">
       <x:c r="A233" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B233" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C233" t="str">
         <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D233" t="str">
         <x:v/>
       </x:c>
       <x:c r="E233" t="str">
         <x:v/>
       </x:c>
       <x:c r="F233" t="str">
-        <x:v>22.7 %</x:v>
+        <x:v>11.8 %</x:v>
       </x:c>
       <x:c r="G233" t="str">
         <x:v/>
       </x:c>
       <x:c r="H233" t="str">
-        <x:v>19082</x:v>
+        <x:v>25510535</x:v>
       </x:c>
       <x:c r="I233" t="str">
-        <x:v>1012</x:v>
+        <x:v>121168</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:9">
       <x:c r="A234" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B234" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C234" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D234" t="str">
         <x:v/>
       </x:c>
       <x:c r="E234" t="str">
         <x:v/>
       </x:c>
       <x:c r="F234" t="str">
-        <x:v>1.9 %</x:v>
+        <x:v>10.7 %</x:v>
       </x:c>
       <x:c r="G234" t="str">
         <x:v/>
       </x:c>
       <x:c r="H234" t="str">
-        <x:v>1251</x:v>
+        <x:v>437511</x:v>
       </x:c>
       <x:c r="I234" t="str">
-        <x:v>289</x:v>
+        <x:v>5155</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:9">
       <x:c r="A235" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B235" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C235" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D235" t="str">
         <x:v/>
       </x:c>
       <x:c r="E235" t="str">
         <x:v/>
       </x:c>
       <x:c r="F235" t="str">
-        <x:v>3.9 %</x:v>
+        <x:v>20 %</x:v>
       </x:c>
       <x:c r="G235" t="str">
         <x:v/>
       </x:c>
       <x:c r="H235" t="str">
-        <x:v>2575</x:v>
+        <x:v>20714</x:v>
       </x:c>
       <x:c r="I235" t="str">
-        <x:v>400</x:v>
+        <x:v>1060</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:9">
       <x:c r="A236" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B236" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C236" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D236" t="str">
         <x:v/>
       </x:c>
       <x:c r="E236" t="str">
         <x:v/>
       </x:c>
       <x:c r="F236" t="str">
-        <x:v>16.9 %</x:v>
+        <x:v>25.1 %</x:v>
       </x:c>
       <x:c r="G236" t="str">
         <x:v/>
       </x:c>
       <x:c r="H236" t="str">
-        <x:v>11067</x:v>
+        <x:v>16424</x:v>
       </x:c>
       <x:c r="I236" t="str">
-        <x:v>855</x:v>
+        <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:9">
       <x:c r="A237" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B237" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C237" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D237" t="str">
         <x:v/>
       </x:c>
       <x:c r="E237" t="str">
         <x:v/>
       </x:c>
       <x:c r="F237" t="str">
-        <x:v>17.8 %</x:v>
+        <x:v>22.7 %</x:v>
       </x:c>
       <x:c r="G237" t="str">
         <x:v/>
       </x:c>
       <x:c r="H237" t="str">
-        <x:v>11692</x:v>
+        <x:v>19082</x:v>
       </x:c>
       <x:c r="I237" t="str">
-        <x:v>839</x:v>
+        <x:v>1012</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:9">
       <x:c r="A238" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B238" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C238" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D238" t="str">
         <x:v/>
       </x:c>
       <x:c r="E238" t="str">
         <x:v/>
       </x:c>
       <x:c r="F238" t="str">
-        <x:v>6.1 %</x:v>
+        <x:v>20.8 %</x:v>
       </x:c>
       <x:c r="G238" t="str">
         <x:v/>
       </x:c>
       <x:c r="H238" t="str">
-        <x:v>3991</x:v>
+        <x:v>44935834</x:v>
       </x:c>
       <x:c r="I238" t="str">
-        <x:v>515</x:v>
+        <x:v>112248</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:9">
       <x:c r="A239" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B239" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C239" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D239" t="str">
         <x:v/>
       </x:c>
       <x:c r="E239" t="str">
         <x:v/>
       </x:c>
       <x:c r="F239" t="str">
-        <x:v>28.3 %</x:v>
+        <x:v>22.4 %</x:v>
       </x:c>
       <x:c r="G239" t="str">
         <x:v/>
       </x:c>
       <x:c r="H239" t="str">
-        <x:v>18550</x:v>
+        <x:v>917414</x:v>
       </x:c>
       <x:c r="I239" t="str">
-        <x:v>988</x:v>
+        <x:v>6367</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:9">
       <x:c r="A240" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B240" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C240" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D240" t="str">
         <x:v/>
       </x:c>
       <x:c r="E240" t="str">
         <x:v/>
       </x:c>
       <x:c r="F240" t="str">
-        <x:v>25.1 %</x:v>
+        <x:v>19.5 %</x:v>
       </x:c>
       <x:c r="G240" t="str">
         <x:v/>
       </x:c>
       <x:c r="H240" t="str">
-        <x:v>16424</x:v>
+        <x:v>20187</x:v>
       </x:c>
       <x:c r="I240" t="str">
-        <x:v>920</x:v>
+        <x:v>1001</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:9">
       <x:c r="A241" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B241" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C241" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D241" t="str">
         <x:v/>
       </x:c>
       <x:c r="E241" t="str">
         <x:v/>
       </x:c>
       <x:c r="F241" t="str">
-        <x:v>5.4 %</x:v>
+        <x:v>17.8 %</x:v>
       </x:c>
       <x:c r="G241" t="str">
         <x:v/>
       </x:c>
       <x:c r="H241" t="str">
-        <x:v>11759554</x:v>
+        <x:v>11692</x:v>
       </x:c>
       <x:c r="I241" t="str">
-        <x:v>47422</x:v>
+        <x:v>839</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:9">
       <x:c r="A242" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B242" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C242" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D242" t="str">
         <x:v/>
       </x:c>
       <x:c r="E242" t="str">
         <x:v/>
       </x:c>
       <x:c r="F242" t="str">
-        <x:v>7.2 %</x:v>
+        <x:v>18.7 %</x:v>
       </x:c>
       <x:c r="G242" t="str">
         <x:v/>
       </x:c>
       <x:c r="H242" t="str">
-        <x:v>15677560</x:v>
+        <x:v>15769</x:v>
       </x:c>
       <x:c r="I242" t="str">
-        <x:v>51201</x:v>
+        <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:9">
       <x:c r="A243" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B243" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C243" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D243" t="str">
         <x:v/>
       </x:c>
       <x:c r="E243" t="str">
         <x:v/>
       </x:c>
       <x:c r="F243" t="str">
-        <x:v>27.3 %</x:v>
+        <x:v>8.3 %</x:v>
       </x:c>
       <x:c r="G243" t="str">
         <x:v/>
       </x:c>
       <x:c r="H243" t="str">
-        <x:v>59093612</x:v>
+        <x:v>17917480</x:v>
       </x:c>
       <x:c r="I243" t="str">
-        <x:v>150606</x:v>
+        <x:v>47238</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:9">
       <x:c r="A244" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B244" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C244" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D244" t="str">
         <x:v/>
       </x:c>
       <x:c r="E244" t="str">
         <x:v/>
       </x:c>
       <x:c r="F244" t="str">
-        <x:v>20.8 %</x:v>
+        <x:v>7.7 %</x:v>
       </x:c>
       <x:c r="G244" t="str">
         <x:v/>
       </x:c>
       <x:c r="H244" t="str">
-        <x:v>44935834</x:v>
+        <x:v>315780</x:v>
       </x:c>
       <x:c r="I244" t="str">
-        <x:v>112248</x:v>
+        <x:v>4379</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:9">
       <x:c r="A245" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B245" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C245" t="str">
         <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D245" t="str">
         <x:v/>
       </x:c>
       <x:c r="E245" t="str">
         <x:v/>
       </x:c>
       <x:c r="F245" t="str">
-        <x:v>8.3 %</x:v>
+        <x:v>7.1 %</x:v>
       </x:c>
       <x:c r="G245" t="str">
         <x:v/>
       </x:c>
       <x:c r="H245" t="str">
-        <x:v>17917480</x:v>
+        <x:v>7360</x:v>
       </x:c>
       <x:c r="I245" t="str">
-        <x:v>47238</x:v>
+        <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:9">
       <x:c r="A246" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B246" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C246" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D246" t="str">
         <x:v/>
       </x:c>
       <x:c r="E246" t="str">
         <x:v/>
       </x:c>
       <x:c r="F246" t="str">
-        <x:v>19.1 %</x:v>
+        <x:v>6.1 %</x:v>
       </x:c>
       <x:c r="G246" t="str">
         <x:v/>
       </x:c>
       <x:c r="H246" t="str">
-        <x:v>41377068</x:v>
+        <x:v>3991</x:v>
       </x:c>
       <x:c r="I246" t="str">
-        <x:v>151706</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:9">
       <x:c r="A247" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B247" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C247" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D247" t="str">
         <x:v/>
       </x:c>
       <x:c r="E247" t="str">
         <x:v/>
       </x:c>
       <x:c r="F247" t="str">
-        <x:v>11.8 %</x:v>
+        <x:v>6.6 %</x:v>
       </x:c>
       <x:c r="G247" t="str">
         <x:v/>
       </x:c>
       <x:c r="H247" t="str">
-        <x:v>25510535</x:v>
+        <x:v>5517</x:v>
       </x:c>
       <x:c r="I247" t="str">
-        <x:v>121168</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:9">
       <x:c r="A248" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B248" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C248" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D248" t="str">
         <x:v/>
       </x:c>
       <x:c r="E248" t="str">
         <x:v/>
       </x:c>
       <x:c r="F248" t="str">
-        <x:v>3.6 %</x:v>
+        <x:v>5.6 %</x:v>
       </x:c>
       <x:c r="G248" t="str">
         <x:v/>
       </x:c>
       <x:c r="H248" t="str">
-        <x:v>146092</x:v>
+        <x:v>11913913</x:v>
       </x:c>
       <x:c r="I248" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:9">
       <x:c r="A249" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B249" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C249" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D249" t="str">
         <x:v/>
       </x:c>
       <x:c r="E249" t="str">
         <x:v/>
       </x:c>
       <x:c r="F249" t="str">
-        <x:v>7.6 %</x:v>
+        <x:v>3.6 %</x:v>
       </x:c>
       <x:c r="G249" t="str">
         <x:v/>
       </x:c>
       <x:c r="H249" t="str">
-        <x:v>308790</x:v>
+        <x:v>146092</x:v>
       </x:c>
       <x:c r="I249" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:9">
       <x:c r="A250" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B250" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C250" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D250" t="str">
         <x:v/>
       </x:c>
       <x:c r="E250" t="str">
         <x:v/>
       </x:c>
       <x:c r="F250" t="str">
-        <x:v>31.1 %</x:v>
+        <x:v>2.1 %</x:v>
       </x:c>
       <x:c r="G250" t="str">
         <x:v/>
       </x:c>
       <x:c r="H250" t="str">
-        <x:v>1267813</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="I250" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:9">
       <x:c r="A251" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B251" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C251" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D251" t="str">
         <x:v/>
       </x:c>
       <x:c r="E251" t="str">
         <x:v/>
       </x:c>
       <x:c r="F251" t="str">
-        <x:v>22.5 %</x:v>
+        <x:v>2 %</x:v>
       </x:c>
       <x:c r="G251" t="str">
         <x:v/>
       </x:c>
       <x:c r="H251" t="str">
-        <x:v>917451</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="I251" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:9">
       <x:c r="A252" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B252" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C252" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D252" t="str">
         <x:v/>
       </x:c>
       <x:c r="E252" t="str">
         <x:v/>
       </x:c>
       <x:c r="F252" t="str">
-        <x:v>7.6 %</x:v>
+        <x:v>2.2 %</x:v>
       </x:c>
       <x:c r="G252" t="str">
         <x:v/>
       </x:c>
       <x:c r="H252" t="str">
-        <x:v>307566</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="I252" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:9">
       <x:c r="A253" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B253" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C253" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D253" t="str">
         <x:v/>
       </x:c>
       <x:c r="E253" t="str">
         <x:v/>
       </x:c>
       <x:c r="F253" t="str">
-        <x:v>17.2 %</x:v>
+        <x:v>7.4 %</x:v>
       </x:c>
       <x:c r="G253" t="str">
         <x:v/>
       </x:c>
       <x:c r="H253" t="str">
-        <x:v>701863</x:v>
+        <x:v>15904467</x:v>
       </x:c>
       <x:c r="I253" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:9">
       <x:c r="A254" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B254" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C254" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D254" t="str">
         <x:v/>
       </x:c>
       <x:c r="E254" t="str">
         <x:v/>
       </x:c>
       <x:c r="F254" t="str">
-        <x:v>10.4 %</x:v>
+        <x:v>7.6 %</x:v>
       </x:c>
       <x:c r="G254" t="str">
         <x:v/>
       </x:c>
       <x:c r="H254" t="str">
-        <x:v>423802</x:v>
+        <x:v>308790</x:v>
       </x:c>
       <x:c r="I254" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:9">
       <x:c r="A255" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B255" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C255" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D255" t="str">
         <x:v/>
       </x:c>
       <x:c r="E255" t="str">
         <x:v/>
       </x:c>
       <x:c r="F255" t="str">
-        <x:v>2.1 %</x:v>
+        <x:v>4.2 %</x:v>
       </x:c>
       <x:c r="G255" t="str">
         <x:v/>
       </x:c>
       <x:c r="H255" t="str">
-        <x:v>2146</x:v>
+        <x:v>4294</x:v>
       </x:c>
       <x:c r="I255" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:9">
       <x:c r="A256" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B256" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C256" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D256" t="str">
         <x:v/>
       </x:c>
       <x:c r="E256" t="str">
         <x:v/>
       </x:c>
       <x:c r="F256" t="str">
-        <x:v>4.2 %</x:v>
+        <x:v>3.8 %</x:v>
       </x:c>
       <x:c r="G256" t="str">
         <x:v/>
       </x:c>
       <x:c r="H256" t="str">
-        <x:v>4294</x:v>
+        <x:v>3150</x:v>
       </x:c>
       <x:c r="I256" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:9">
       <x:c r="A257" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B257" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C257" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D257" t="str">
         <x:v/>
       </x:c>
       <x:c r="E257" t="str">
         <x:v/>
       </x:c>
       <x:c r="F257" t="str">
-        <x:v>20.4 %</x:v>
+        <x:v>3.6 %</x:v>
       </x:c>
       <x:c r="G257" t="str">
         <x:v/>
       </x:c>
       <x:c r="H257" t="str">
-        <x:v>20754</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="I257" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:9">
       <x:c r="A258" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B258" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C258" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D258" t="str">
         <x:v/>
       </x:c>
       <x:c r="E258" t="str">
         <x:v/>
       </x:c>
       <x:c r="F258" t="str">
-        <x:v>19.5 %</x:v>
+        <x:v>27.5 %</x:v>
       </x:c>
       <x:c r="G258" t="str">
         <x:v/>
       </x:c>
       <x:c r="H258" t="str">
-        <x:v>19839</x:v>
+        <x:v>58820410</x:v>
       </x:c>
       <x:c r="I258" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:9">
       <x:c r="A259" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B259" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C259" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D259" t="str">
         <x:v/>
       </x:c>
       <x:c r="E259" t="str">
         <x:v/>
       </x:c>
       <x:c r="F259" t="str">
-        <x:v>7 %</x:v>
+        <x:v>31.1 %</x:v>
       </x:c>
       <x:c r="G259" t="str">
         <x:v/>
       </x:c>
       <x:c r="H259" t="str">
-        <x:v>7109</x:v>
+        <x:v>1267813</x:v>
       </x:c>
       <x:c r="I259" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:9">
       <x:c r="A260" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B260" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C260" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D260" t="str">
         <x:v/>
       </x:c>
       <x:c r="E260" t="str">
         <x:v/>
       </x:c>
       <x:c r="F260" t="str">
-        <x:v>26.1 %</x:v>
+        <x:v>20.4 %</x:v>
       </x:c>
       <x:c r="G260" t="str">
         <x:v/>
       </x:c>
       <x:c r="H260" t="str">
-        <x:v>26549</x:v>
+        <x:v>20754</x:v>
       </x:c>
       <x:c r="I260" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:9">
       <x:c r="A261" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B261" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C261" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D261" t="str">
         <x:v/>
       </x:c>
       <x:c r="E261" t="str">
         <x:v/>
       </x:c>
       <x:c r="F261" t="str">
-        <x:v>20.6 %</x:v>
+        <x:v>18 %</x:v>
       </x:c>
       <x:c r="G261" t="str">
         <x:v/>
       </x:c>
       <x:c r="H261" t="str">
-        <x:v>20985</x:v>
+        <x:v>14844</x:v>
       </x:c>
       <x:c r="I261" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:9">
       <x:c r="A262" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B262" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C262" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D262" t="str">
         <x:v/>
       </x:c>
       <x:c r="E262" t="str">
         <x:v/>
       </x:c>
       <x:c r="F262" t="str">
-        <x:v>2 %</x:v>
+        <x:v>15.7 %</x:v>
       </x:c>
       <x:c r="G262" t="str">
         <x:v/>
       </x:c>
       <x:c r="H262" t="str">
-        <x:v>1681</x:v>
+        <x:v>10071</x:v>
       </x:c>
       <x:c r="I262" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:9">
       <x:c r="A263" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B263" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C263" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D263" t="str">
         <x:v/>
       </x:c>
       <x:c r="E263" t="str">
         <x:v/>
       </x:c>
       <x:c r="F263" t="str">
-        <x:v>3.8 %</x:v>
+        <x:v>18.8 %</x:v>
       </x:c>
       <x:c r="G263" t="str">
         <x:v/>
       </x:c>
       <x:c r="H263" t="str">
-        <x:v>3150</x:v>
+        <x:v>40189920</x:v>
       </x:c>
       <x:c r="I263" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:9">
       <x:c r="A264" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B264" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C264" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D264" t="str">
         <x:v/>
       </x:c>
       <x:c r="E264" t="str">
         <x:v/>
       </x:c>
       <x:c r="F264" t="str">
-        <x:v>18 %</x:v>
+        <x:v>17.2 %</x:v>
       </x:c>
       <x:c r="G264" t="str">
         <x:v/>
       </x:c>
       <x:c r="H264" t="str">
-        <x:v>14844</x:v>
+        <x:v>701863</x:v>
       </x:c>
       <x:c r="I264" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:9">
       <x:c r="A265" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B265" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C265" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D265" t="str">
         <x:v/>
       </x:c>
       <x:c r="E265" t="str">
         <x:v/>
       </x:c>
       <x:c r="F265" t="str">
-        <x:v>18.7 %</x:v>
+        <x:v>26.1 %</x:v>
       </x:c>
       <x:c r="G265" t="str">
         <x:v/>
       </x:c>
       <x:c r="H265" t="str">
-        <x:v>15470</x:v>
+        <x:v>26549</x:v>
       </x:c>
       <x:c r="I265" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:9">
       <x:c r="A266" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B266" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C266" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D266" t="str">
         <x:v/>
       </x:c>
       <x:c r="E266" t="str">
         <x:v/>
       </x:c>
       <x:c r="F266" t="str">
-        <x:v>6.4 %</x:v>
+        <x:v>27.6 %</x:v>
       </x:c>
       <x:c r="G266" t="str">
         <x:v/>
       </x:c>
       <x:c r="H266" t="str">
-        <x:v>5269</x:v>
+        <x:v>22838</x:v>
       </x:c>
       <x:c r="I266" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:9">
       <x:c r="A267" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B267" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C267" t="str">
         <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D267" t="str">
         <x:v/>
       </x:c>
       <x:c r="E267" t="str">
         <x:v/>
       </x:c>
       <x:c r="F267" t="str">
-        <x:v>27.6 %</x:v>
+        <x:v>28.7 %</x:v>
       </x:c>
       <x:c r="G267" t="str">
         <x:v/>
       </x:c>
       <x:c r="H267" t="str">
-        <x:v>22838</x:v>
+        <x:v>18435</x:v>
       </x:c>
       <x:c r="I267" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:9">
       <x:c r="A268" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B268" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C268" t="str">
         <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D268" t="str">
         <x:v/>
       </x:c>
       <x:c r="E268" t="str">
         <x:v/>
       </x:c>
       <x:c r="F268" t="str">
-        <x:v>23.4 %</x:v>
+        <x:v>11.5 %</x:v>
       </x:c>
       <x:c r="G268" t="str">
         <x:v/>
       </x:c>
       <x:c r="H268" t="str">
-        <x:v>19376</x:v>
+        <x:v>24577867</x:v>
       </x:c>
       <x:c r="I268" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:9">
       <x:c r="A269" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B269" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C269" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D269" t="str">
         <x:v/>
       </x:c>
       <x:c r="E269" t="str">
         <x:v/>
       </x:c>
       <x:c r="F269" t="str">
-        <x:v>2.2 %</x:v>
+        <x:v>10.4 %</x:v>
       </x:c>
       <x:c r="G269" t="str">
         <x:v/>
       </x:c>
       <x:c r="H269" t="str">
-        <x:v>1388</x:v>
+        <x:v>423802</x:v>
       </x:c>
       <x:c r="I269" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:9">
       <x:c r="A270" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B270" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C270" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D270" t="str">
         <x:v/>
       </x:c>
       <x:c r="E270" t="str">
         <x:v/>
       </x:c>
       <x:c r="F270" t="str">
-        <x:v>3.6 %</x:v>
+        <x:v>20.6 %</x:v>
       </x:c>
       <x:c r="G270" t="str">
         <x:v/>
       </x:c>
       <x:c r="H270" t="str">
-        <x:v>2329</x:v>
+        <x:v>20985</x:v>
       </x:c>
       <x:c r="I270" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:9">
       <x:c r="A271" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B271" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C271" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D271" t="str">
         <x:v/>
       </x:c>
       <x:c r="E271" t="str">
         <x:v/>
       </x:c>
       <x:c r="F271" t="str">
-        <x:v>15.7 %</x:v>
+        <x:v>23.4 %</x:v>
       </x:c>
       <x:c r="G271" t="str">
         <x:v/>
       </x:c>
       <x:c r="H271" t="str">
-        <x:v>10071</x:v>
+        <x:v>19376</x:v>
       </x:c>
       <x:c r="I271" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:9">
       <x:c r="A272" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B272" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C272" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D272" t="str">
         <x:v/>
       </x:c>
       <x:c r="E272" t="str">
         <x:v/>
       </x:c>
       <x:c r="F272" t="str">
-        <x:v>17.8 %</x:v>
+        <x:v>26.1 %</x:v>
       </x:c>
       <x:c r="G272" t="str">
         <x:v/>
       </x:c>
       <x:c r="H272" t="str">
-        <x:v>11465</x:v>
+        <x:v>16771</x:v>
       </x:c>
       <x:c r="I272" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:9">
       <x:c r="A273" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B273" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C273" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D273" t="str">
         <x:v/>
       </x:c>
       <x:c r="E273" t="str">
         <x:v/>
       </x:c>
       <x:c r="F273" t="str">
-        <x:v>6 %</x:v>
+        <x:v>21 %</x:v>
       </x:c>
       <x:c r="G273" t="str">
         <x:v/>
       </x:c>
       <x:c r="H273" t="str">
-        <x:v>3828</x:v>
+        <x:v>44772845</x:v>
       </x:c>
       <x:c r="I273" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:9">
       <x:c r="A274" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B274" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C274" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D274" t="str">
         <x:v/>
       </x:c>
       <x:c r="E274" t="str">
         <x:v/>
       </x:c>
       <x:c r="F274" t="str">
-        <x:v>28.7 %</x:v>
+        <x:v>22.5 %</x:v>
       </x:c>
       <x:c r="G274" t="str">
         <x:v/>
       </x:c>
       <x:c r="H274" t="str">
-        <x:v>18435</x:v>
+        <x:v>917451</x:v>
       </x:c>
       <x:c r="I274" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:9">
       <x:c r="A275" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B275" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C275" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D275" t="str">
         <x:v/>
       </x:c>
       <x:c r="E275" t="str">
         <x:v/>
       </x:c>
       <x:c r="F275" t="str">
-        <x:v>26.1 %</x:v>
+        <x:v>19.5 %</x:v>
       </x:c>
       <x:c r="G275" t="str">
         <x:v/>
       </x:c>
       <x:c r="H275" t="str">
-        <x:v>16771</x:v>
+        <x:v>19839</x:v>
       </x:c>
       <x:c r="I275" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:9">
       <x:c r="A276" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B276" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C276" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D276" t="str">
         <x:v/>
       </x:c>
       <x:c r="E276" t="str">
         <x:v/>
       </x:c>
       <x:c r="F276" t="str">
-        <x:v>5.6 %</x:v>
+        <x:v>18.7 %</x:v>
       </x:c>
       <x:c r="G276" t="str">
         <x:v/>
       </x:c>
       <x:c r="H276" t="str">
-        <x:v>11913913</x:v>
+        <x:v>15470</x:v>
       </x:c>
       <x:c r="I276" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:9">
       <x:c r="A277" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B277" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C277" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D277" t="str">
         <x:v/>
       </x:c>
       <x:c r="E277" t="str">
         <x:v/>
       </x:c>
       <x:c r="F277" t="str">
-        <x:v>7.4 %</x:v>
+        <x:v>17.8 %</x:v>
       </x:c>
       <x:c r="G277" t="str">
         <x:v/>
       </x:c>
       <x:c r="H277" t="str">
-        <x:v>15904467</x:v>
+        <x:v>11465</x:v>
       </x:c>
       <x:c r="I277" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:9">
       <x:c r="A278" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B278" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C278" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D278" t="str">
         <x:v/>
       </x:c>
       <x:c r="E278" t="str">
         <x:v/>
       </x:c>
       <x:c r="F278" t="str">
-        <x:v>27.5 %</x:v>
+        <x:v>8.2 %</x:v>
       </x:c>
       <x:c r="G278" t="str">
         <x:v/>
       </x:c>
       <x:c r="H278" t="str">
-        <x:v>58820410</x:v>
+        <x:v>17469724</x:v>
       </x:c>
       <x:c r="I278" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:9">
       <x:c r="A279" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B279" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C279" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D279" t="str">
         <x:v/>
       </x:c>
       <x:c r="E279" t="str">
         <x:v/>
       </x:c>
       <x:c r="F279" t="str">
-        <x:v>21 %</x:v>
+        <x:v>7.6 %</x:v>
       </x:c>
       <x:c r="G279" t="str">
         <x:v/>
       </x:c>
       <x:c r="H279" t="str">
-        <x:v>44772845</x:v>
+        <x:v>307566</x:v>
       </x:c>
       <x:c r="I279" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:9">
       <x:c r="A280" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B280" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C280" t="str">
         <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D280" t="str">
         <x:v/>
       </x:c>
       <x:c r="E280" t="str">
         <x:v/>
       </x:c>
       <x:c r="F280" t="str">
-        <x:v>8.2 %</x:v>
+        <x:v>7 %</x:v>
       </x:c>
       <x:c r="G280" t="str">
         <x:v/>
       </x:c>
       <x:c r="H280" t="str">
-        <x:v>17469724</x:v>
+        <x:v>7109</x:v>
       </x:c>
       <x:c r="I280" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:9">
       <x:c r="A281" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B281" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C281" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D281" t="str">
         <x:v/>
       </x:c>
       <x:c r="E281" t="str">
         <x:v/>
       </x:c>
       <x:c r="F281" t="str">
-        <x:v>18.8 %</x:v>
+        <x:v>6.4 %</x:v>
       </x:c>
       <x:c r="G281" t="str">
         <x:v/>
       </x:c>
       <x:c r="H281" t="str">
-        <x:v>40189920</x:v>
+        <x:v>5269</x:v>
       </x:c>
       <x:c r="I281" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:9">
       <x:c r="A282" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B282" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C282" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D282" t="str">
         <x:v/>
       </x:c>
       <x:c r="E282" t="str">
         <x:v/>
       </x:c>
       <x:c r="F282" t="str">
-        <x:v>11.5 %</x:v>
+        <x:v>6 %</x:v>
       </x:c>
       <x:c r="G282" t="str">
         <x:v/>
       </x:c>
       <x:c r="H282" t="str">
-        <x:v>24577867</x:v>
+        <x:v>3828</x:v>
       </x:c>
       <x:c r="I282" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:9">
       <x:c r="A283" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B283" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C283" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D283" t="str">
         <x:v/>
       </x:c>
       <x:c r="E283" t="str">
         <x:v/>
       </x:c>
       <x:c r="F283" t="str">
-        <x:v>3.73 %</x:v>
+        <x:v>5.72 %</x:v>
       </x:c>
       <x:c r="G283" t="str">
         <x:v/>
       </x:c>
       <x:c r="H283" t="str">
-        <x:v>151074</x:v>
+        <x:v>12093869</x:v>
       </x:c>
       <x:c r="I283" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:9">
       <x:c r="A284" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B284" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C284" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D284" t="str">
         <x:v/>
       </x:c>
       <x:c r="E284" t="str">
         <x:v/>
       </x:c>
       <x:c r="F284" t="str">
-        <x:v>7.87 %</x:v>
+        <x:v>3.73 %</x:v>
       </x:c>
       <x:c r="G284" t="str">
         <x:v/>
       </x:c>
       <x:c r="H284" t="str">
-        <x:v>318743</x:v>
+        <x:v>151074</x:v>
       </x:c>
       <x:c r="I284" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:9">
       <x:c r="A285" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B285" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C285" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D285" t="str">
         <x:v/>
       </x:c>
       <x:c r="E285" t="str">
         <x:v/>
       </x:c>
       <x:c r="F285" t="str">
-        <x:v>31.3 %</x:v>
+        <x:v>2.17 %</x:v>
       </x:c>
       <x:c r="G285" t="str">
         <x:v/>
       </x:c>
       <x:c r="H285" t="str">
-        <x:v>1266920</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="I285" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:9">
       <x:c r="A286" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B286" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C286" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D286" t="str">
         <x:v/>
       </x:c>
       <x:c r="E286" t="str">
         <x:v/>
       </x:c>
       <x:c r="F286" t="str">
-        <x:v>22.6 %</x:v>
+        <x:v>2.48 %</x:v>
       </x:c>
       <x:c r="G286" t="str">
         <x:v/>
       </x:c>
       <x:c r="H286" t="str">
-        <x:v>917017</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="I286" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:9">
       <x:c r="A287" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B287" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C287" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D287" t="str">
         <x:v/>
       </x:c>
       <x:c r="E287" t="str">
         <x:v/>
       </x:c>
       <x:c r="F287" t="str">
-        <x:v>7.4 %</x:v>
+        <x:v>2.09 %</x:v>
       </x:c>
       <x:c r="G287" t="str">
         <x:v/>
       </x:c>
       <x:c r="H287" t="str">
-        <x:v>299637</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="I287" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:9">
       <x:c r="A288" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B288" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C288" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D288" t="str">
         <x:v/>
       </x:c>
       <x:c r="E288" t="str">
         <x:v/>
       </x:c>
       <x:c r="F288" t="str">
-        <x:v>16.9 %</x:v>
+        <x:v>7.63 %</x:v>
       </x:c>
       <x:c r="G288" t="str">
         <x:v/>
       </x:c>
       <x:c r="H288" t="str">
-        <x:v>685454</x:v>
+        <x:v>16135225</x:v>
       </x:c>
       <x:c r="I288" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:9">
       <x:c r="A289" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B289" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C289" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D289" t="str">
         <x:v/>
       </x:c>
       <x:c r="E289" t="str">
         <x:v/>
       </x:c>
       <x:c r="F289" t="str">
-        <x:v>10.2 %</x:v>
+        <x:v>7.87 %</x:v>
       </x:c>
       <x:c r="G289" t="str">
         <x:v/>
       </x:c>
       <x:c r="H289" t="str">
-        <x:v>413455</x:v>
+        <x:v>318743</x:v>
       </x:c>
       <x:c r="I289" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:9">
       <x:c r="A290" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B290" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C290" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D290" t="str">
         <x:v/>
       </x:c>
       <x:c r="E290" t="str">
         <x:v/>
       </x:c>
       <x:c r="F290" t="str">
-        <x:v>2.17 %</x:v>
+        <x:v>4.41 %</x:v>
       </x:c>
       <x:c r="G290" t="str">
         <x:v/>
       </x:c>
       <x:c r="H290" t="str">
-        <x:v>2163</x:v>
+        <x:v>4408</x:v>
       </x:c>
       <x:c r="I290" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:9">
       <x:c r="A291" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B291" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C291" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D291" t="str">
         <x:v/>
       </x:c>
       <x:c r="E291" t="str">
         <x:v/>
       </x:c>
       <x:c r="F291" t="str">
-        <x:v>4.41 %</x:v>
+        <x:v>3.71 %</x:v>
       </x:c>
       <x:c r="G291" t="str">
         <x:v/>
       </x:c>
       <x:c r="H291" t="str">
-        <x:v>4408</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="I291" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:9">
       <x:c r="A292" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B292" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C292" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D292" t="str">
         <x:v/>
       </x:c>
       <x:c r="E292" t="str">
         <x:v/>
       </x:c>
       <x:c r="F292" t="str">
-        <x:v>20.2 %</x:v>
+        <x:v>3.96 %</x:v>
       </x:c>
       <x:c r="G292" t="str">
         <x:v/>
       </x:c>
       <x:c r="H292" t="str">
-        <x:v>20137</x:v>
+        <x:v>3188</x:v>
       </x:c>
       <x:c r="I292" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:9">
       <x:c r="A293" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B293" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C293" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D293" t="str">
         <x:v/>
       </x:c>
       <x:c r="E293" t="str">
         <x:v/>
       </x:c>
       <x:c r="F293" t="str">
-        <x:v>19.3 %</x:v>
+        <x:v>27.8 %</x:v>
       </x:c>
       <x:c r="G293" t="str">
         <x:v/>
       </x:c>
       <x:c r="H293" t="str">
-        <x:v>19291</x:v>
+        <x:v>58722528</x:v>
       </x:c>
       <x:c r="I293" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:9">
       <x:c r="A294" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B294" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C294" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D294" t="str">
         <x:v/>
       </x:c>
       <x:c r="E294" t="str">
         <x:v/>
       </x:c>
       <x:c r="F294" t="str">
-        <x:v>6.6 %</x:v>
+        <x:v>31.3 %</x:v>
       </x:c>
       <x:c r="G294" t="str">
         <x:v/>
       </x:c>
       <x:c r="H294" t="str">
-        <x:v>6584</x:v>
+        <x:v>1266920</x:v>
       </x:c>
       <x:c r="I294" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:9">
       <x:c r="A295" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B295" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C295" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D295" t="str">
         <x:v/>
       </x:c>
       <x:c r="E295" t="str">
         <x:v/>
       </x:c>
       <x:c r="F295" t="str">
-        <x:v>26.8 %</x:v>
+        <x:v>20.2 %</x:v>
       </x:c>
       <x:c r="G295" t="str">
         <x:v/>
       </x:c>
       <x:c r="H295" t="str">
-        <x:v>26727</x:v>
+        <x:v>20137</x:v>
       </x:c>
       <x:c r="I295" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:9">
       <x:c r="A296" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B296" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C296" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D296" t="str">
         <x:v/>
       </x:c>
       <x:c r="E296" t="str">
         <x:v/>
       </x:c>
       <x:c r="F296" t="str">
-        <x:v>20.6 %</x:v>
+        <x:v>15.2 %</x:v>
       </x:c>
       <x:c r="G296" t="str">
         <x:v/>
       </x:c>
       <x:c r="H296" t="str">
-        <x:v>20541</x:v>
+        <x:v>9513</x:v>
       </x:c>
       <x:c r="I296" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:9">
       <x:c r="A297" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B297" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C297" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D297" t="str">
         <x:v/>
       </x:c>
       <x:c r="E297" t="str">
         <x:v/>
       </x:c>
       <x:c r="F297" t="str">
-        <x:v>2.09 %</x:v>
+        <x:v>17.4 %</x:v>
       </x:c>
       <x:c r="G297" t="str">
         <x:v/>
       </x:c>
       <x:c r="H297" t="str">
-        <x:v>1687</x:v>
+        <x:v>14038</x:v>
       </x:c>
       <x:c r="I297" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:9">
       <x:c r="A298" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B298" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C298" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D298" t="str">
         <x:v/>
       </x:c>
       <x:c r="E298" t="str">
         <x:v/>
       </x:c>
       <x:c r="F298" t="str">
-        <x:v>3.96 %</x:v>
+        <x:v>18.5 %</x:v>
       </x:c>
       <x:c r="G298" t="str">
         <x:v/>
       </x:c>
       <x:c r="H298" t="str">
-        <x:v>3188</x:v>
+        <x:v>39166048</x:v>
       </x:c>
       <x:c r="I298" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:9">
       <x:c r="A299" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B299" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C299" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D299" t="str">
         <x:v/>
       </x:c>
       <x:c r="E299" t="str">
         <x:v/>
       </x:c>
       <x:c r="F299" t="str">
-        <x:v>17.4 %</x:v>
+        <x:v>16.9 %</x:v>
       </x:c>
       <x:c r="G299" t="str">
         <x:v/>
       </x:c>
       <x:c r="H299" t="str">
-        <x:v>14038</x:v>
+        <x:v>685454</x:v>
       </x:c>
       <x:c r="I299" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:9">
       <x:c r="A300" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B300" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C300" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D300" t="str">
         <x:v/>
       </x:c>
       <x:c r="E300" t="str">
         <x:v/>
       </x:c>
       <x:c r="F300" t="str">
-        <x:v>18.4 %</x:v>
+        <x:v>26.8 %</x:v>
       </x:c>
       <x:c r="G300" t="str">
         <x:v/>
       </x:c>
       <x:c r="H300" t="str">
-        <x:v>14805</x:v>
+        <x:v>26727</x:v>
       </x:c>
       <x:c r="I300" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:9">
       <x:c r="A301" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B301" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C301" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D301" t="str">
         <x:v/>
       </x:c>
       <x:c r="E301" t="str">
         <x:v/>
       </x:c>
       <x:c r="F301" t="str">
-        <x:v>5.9 %</x:v>
+        <x:v>29.9 %</x:v>
       </x:c>
       <x:c r="G301" t="str">
         <x:v/>
       </x:c>
       <x:c r="H301" t="str">
-        <x:v>4763</x:v>
+        <x:v>18679</x:v>
       </x:c>
       <x:c r="I301" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:9">
       <x:c r="A302" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B302" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C302" t="str">
         <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D302" t="str">
         <x:v/>
       </x:c>
       <x:c r="E302" t="str">
         <x:v/>
       </x:c>
       <x:c r="F302" t="str">
         <x:v>28.8 %</x:v>
       </x:c>
       <x:c r="G302" t="str">
         <x:v/>
       </x:c>
       <x:c r="H302" t="str">
         <x:v>23202</x:v>
       </x:c>
       <x:c r="I302" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:9">
       <x:c r="A303" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B303" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C303" t="str">
         <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D303" t="str">
         <x:v/>
       </x:c>
       <x:c r="E303" t="str">
         <x:v/>
       </x:c>
       <x:c r="F303" t="str">
-        <x:v>23.5 %</x:v>
+        <x:v>11.2 %</x:v>
       </x:c>
       <x:c r="G303" t="str">
         <x:v/>
       </x:c>
       <x:c r="H303" t="str">
-        <x:v>18923</x:v>
+        <x:v>23786224</x:v>
       </x:c>
       <x:c r="I303" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:9">
       <x:c r="A304" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B304" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C304" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D304" t="str">
         <x:v/>
       </x:c>
       <x:c r="E304" t="str">
         <x:v/>
       </x:c>
       <x:c r="F304" t="str">
-        <x:v>2.48 %</x:v>
+        <x:v>10.2 %</x:v>
       </x:c>
       <x:c r="G304" t="str">
         <x:v/>
       </x:c>
       <x:c r="H304" t="str">
-        <x:v>1552</x:v>
+        <x:v>413455</x:v>
       </x:c>
       <x:c r="I304" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:9">
       <x:c r="A305" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B305" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C305" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D305" t="str">
         <x:v/>
       </x:c>
       <x:c r="E305" t="str">
         <x:v/>
       </x:c>
       <x:c r="F305" t="str">
-        <x:v>3.71 %</x:v>
+        <x:v>20.6 %</x:v>
       </x:c>
       <x:c r="G305" t="str">
         <x:v/>
       </x:c>
       <x:c r="H305" t="str">
-        <x:v>2318</x:v>
+        <x:v>20541</x:v>
       </x:c>
       <x:c r="I305" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:9">
       <x:c r="A306" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B306" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C306" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D306" t="str">
         <x:v/>
       </x:c>
       <x:c r="E306" t="str">
         <x:v/>
       </x:c>
       <x:c r="F306" t="str">
-        <x:v>15.2 %</x:v>
+        <x:v>25.6 %</x:v>
       </x:c>
       <x:c r="G306" t="str">
         <x:v/>
       </x:c>
       <x:c r="H306" t="str">
-        <x:v>9513</x:v>
+        <x:v>15989</x:v>
       </x:c>
       <x:c r="I306" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:9">
       <x:c r="A307" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B307" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C307" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D307" t="str">
         <x:v/>
       </x:c>
       <x:c r="E307" t="str">
         <x:v/>
       </x:c>
       <x:c r="F307" t="str">
-        <x:v>17.6 %</x:v>
+        <x:v>23.5 %</x:v>
       </x:c>
       <x:c r="G307" t="str">
         <x:v/>
       </x:c>
       <x:c r="H307" t="str">
-        <x:v>11011</x:v>
+        <x:v>18923</x:v>
       </x:c>
       <x:c r="I307" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:9">
       <x:c r="A308" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B308" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C308" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D308" t="str">
         <x:v/>
       </x:c>
       <x:c r="E308" t="str">
         <x:v/>
       </x:c>
       <x:c r="F308" t="str">
-        <x:v>5.5 %</x:v>
+        <x:v>21.1 %</x:v>
       </x:c>
       <x:c r="G308" t="str">
         <x:v/>
       </x:c>
       <x:c r="H308" t="str">
-        <x:v>3445</x:v>
+        <x:v>44529161</x:v>
       </x:c>
       <x:c r="I308" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:9">
       <x:c r="A309" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B309" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C309" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D309" t="str">
         <x:v/>
       </x:c>
       <x:c r="E309" t="str">
         <x:v/>
       </x:c>
       <x:c r="F309" t="str">
-        <x:v>29.9 %</x:v>
+        <x:v>22.6 %</x:v>
       </x:c>
       <x:c r="G309" t="str">
         <x:v/>
       </x:c>
       <x:c r="H309" t="str">
-        <x:v>18679</x:v>
+        <x:v>917017</x:v>
       </x:c>
       <x:c r="I309" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:9">
       <x:c r="A310" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B310" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C310" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D310" t="str">
         <x:v/>
       </x:c>
       <x:c r="E310" t="str">
         <x:v/>
       </x:c>
       <x:c r="F310" t="str">
-        <x:v>25.6 %</x:v>
+        <x:v>19.3 %</x:v>
       </x:c>
       <x:c r="G310" t="str">
         <x:v/>
       </x:c>
       <x:c r="H310" t="str">
-        <x:v>15989</x:v>
+        <x:v>19291</x:v>
       </x:c>
       <x:c r="I310" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:9">
       <x:c r="A311" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B311" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C311" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D311" t="str">
         <x:v/>
       </x:c>
       <x:c r="E311" t="str">
         <x:v/>
       </x:c>
       <x:c r="F311" t="str">
-        <x:v>5.72 %</x:v>
+        <x:v>17.6 %</x:v>
       </x:c>
       <x:c r="G311" t="str">
         <x:v/>
       </x:c>
       <x:c r="H311" t="str">
-        <x:v>12093869</x:v>
+        <x:v>11011</x:v>
       </x:c>
       <x:c r="I311" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:9">
       <x:c r="A312" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B312" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C312" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D312" t="str">
         <x:v/>
       </x:c>
       <x:c r="E312" t="str">
         <x:v/>
       </x:c>
       <x:c r="F312" t="str">
-        <x:v>7.63 %</x:v>
+        <x:v>18.4 %</x:v>
       </x:c>
       <x:c r="G312" t="str">
         <x:v/>
       </x:c>
       <x:c r="H312" t="str">
-        <x:v>16135225</x:v>
+        <x:v>14805</x:v>
       </x:c>
       <x:c r="I312" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:9">
       <x:c r="A313" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B313" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C313" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D313" t="str">
         <x:v/>
       </x:c>
       <x:c r="E313" t="str">
         <x:v/>
       </x:c>
       <x:c r="F313" t="str">
-        <x:v>27.8 %</x:v>
+        <x:v>8.1 %</x:v>
       </x:c>
       <x:c r="G313" t="str">
         <x:v/>
       </x:c>
       <x:c r="H313" t="str">
-        <x:v>58722528</x:v>
+        <x:v>17029468</x:v>
       </x:c>
       <x:c r="I313" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:9">
       <x:c r="A314" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B314" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C314" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D314" t="str">
         <x:v/>
       </x:c>
       <x:c r="E314" t="str">
         <x:v/>
       </x:c>
       <x:c r="F314" t="str">
-        <x:v>21.1 %</x:v>
+        <x:v>7.4 %</x:v>
       </x:c>
       <x:c r="G314" t="str">
         <x:v/>
       </x:c>
       <x:c r="H314" t="str">
-        <x:v>44529161</x:v>
+        <x:v>299637</x:v>
       </x:c>
       <x:c r="I314" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:9">
       <x:c r="A315" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B315" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C315" t="str">
         <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D315" t="str">
         <x:v/>
       </x:c>
       <x:c r="E315" t="str">
         <x:v/>
       </x:c>
       <x:c r="F315" t="str">
-        <x:v>8.1 %</x:v>
+        <x:v>6.6 %</x:v>
       </x:c>
       <x:c r="G315" t="str">
         <x:v/>
       </x:c>
       <x:c r="H315" t="str">
-        <x:v>17029468</x:v>
+        <x:v>6584</x:v>
       </x:c>
       <x:c r="I315" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:9">
       <x:c r="A316" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B316" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C316" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D316" t="str">
         <x:v/>
       </x:c>
       <x:c r="E316" t="str">
         <x:v/>
       </x:c>
       <x:c r="F316" t="str">
-        <x:v>18.5 %</x:v>
+        <x:v>5.5 %</x:v>
       </x:c>
       <x:c r="G316" t="str">
         <x:v/>
       </x:c>
       <x:c r="H316" t="str">
-        <x:v>39166048</x:v>
+        <x:v>3445</x:v>
       </x:c>
       <x:c r="I316" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:9">
       <x:c r="A317" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B317" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C317" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D317" t="str">
         <x:v/>
       </x:c>
       <x:c r="E317" t="str">
         <x:v/>
       </x:c>
       <x:c r="F317" t="str">
-        <x:v>11.2 %</x:v>
+        <x:v>5.9 %</x:v>
       </x:c>
       <x:c r="G317" t="str">
         <x:v/>
       </x:c>
       <x:c r="H317" t="str">
-        <x:v>23786224</x:v>
+        <x:v>4763</x:v>
       </x:c>
       <x:c r="I317" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:9">
       <x:c r="A318" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B318" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C318" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D318" t="str">
         <x:v/>
       </x:c>
       <x:c r="E318" t="str">
         <x:v/>
       </x:c>
       <x:c r="F318" t="str">
-        <x:v>3.9 %</x:v>
+        <x:v>5.8 %</x:v>
       </x:c>
       <x:c r="G318" t="str">
         <x:v/>
       </x:c>
       <x:c r="H318" t="str">
-        <x:v>156034</x:v>
+        <x:v>12193679</x:v>
       </x:c>
       <x:c r="I318" t="str">
-        <x:v>2521</x:v>
+        <x:v>42691</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:9">
       <x:c r="A319" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B319" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C319" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D319" t="str">
         <x:v/>
       </x:c>
       <x:c r="E319" t="str">
         <x:v/>
       </x:c>
       <x:c r="F319" t="str">
-        <x:v>8.1 %</x:v>
+        <x:v>7.8 %</x:v>
       </x:c>
       <x:c r="G319" t="str">
         <x:v/>
       </x:c>
       <x:c r="H319" t="str">
-        <x:v>326706</x:v>
+        <x:v>16394069</x:v>
       </x:c>
       <x:c r="I319" t="str">
-        <x:v>3907</x:v>
+        <x:v>48207</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:9">
       <x:c r="A320" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B320" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C320" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D320" t="str">
         <x:v/>
       </x:c>
       <x:c r="E320" t="str">
         <x:v/>
       </x:c>
       <x:c r="F320" t="str">
-        <x:v>31.4 %</x:v>
+        <x:v>28 %</x:v>
       </x:c>
       <x:c r="G320" t="str">
         <x:v/>
       </x:c>
       <x:c r="H320" t="str">
-        <x:v>1265481</x:v>
+        <x:v>58440600</x:v>
       </x:c>
       <x:c r="I320" t="str">
-        <x:v>6486</x:v>
+        <x:v>124198</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:9">
       <x:c r="A321" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B321" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C321" t="str">
         <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D321" t="str">
         <x:v/>
       </x:c>
       <x:c r="E321" t="str">
         <x:v/>
       </x:c>
       <x:c r="F321" t="str">
-        <x:v>22.7 %</x:v>
+        <x:v>21.2 %</x:v>
       </x:c>
       <x:c r="G321" t="str">
         <x:v/>
       </x:c>
       <x:c r="H321" t="str">
-        <x:v>915730</x:v>
+        <x:v>44241558</x:v>
       </x:c>
       <x:c r="I321" t="str">
-        <x:v>6265</x:v>
+        <x:v>102088</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:9">
       <x:c r="A322" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B322" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C322" t="str">
         <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D322" t="str">
         <x:v/>
       </x:c>
       <x:c r="E322" t="str">
         <x:v/>
       </x:c>
       <x:c r="F322" t="str">
-        <x:v>7.2 %</x:v>
+        <x:v>7.9 %</x:v>
       </x:c>
       <x:c r="G322" t="str">
         <x:v/>
       </x:c>
       <x:c r="H322" t="str">
-        <x:v>290937</x:v>
+        <x:v>16580076</x:v>
       </x:c>
       <x:c r="I322" t="str">
-        <x:v>3525</x:v>
+        <x:v>40664</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:9">
       <x:c r="A323" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B323" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C323" t="str">
         <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D323" t="str">
         <x:v/>
       </x:c>
       <x:c r="E323" t="str">
         <x:v/>
       </x:c>
       <x:c r="F323" t="str">
-        <x:v>16.7 %</x:v>
+        <x:v>18.3 %</x:v>
       </x:c>
       <x:c r="G323" t="str">
         <x:v/>
       </x:c>
       <x:c r="H323" t="str">
-        <x:v>672563</x:v>
+        <x:v>38184668</x:v>
       </x:c>
       <x:c r="I323" t="str">
-        <x:v>5860</x:v>
+        <x:v>128746</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:9">
       <x:c r="A324" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B324" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C324" t="str">
         <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D324" t="str">
         <x:v/>
       </x:c>
       <x:c r="E324" t="str">
         <x:v/>
       </x:c>
       <x:c r="F324" t="str">
-        <x:v>10 %</x:v>
+        <x:v>11 %</x:v>
       </x:c>
       <x:c r="G324" t="str">
         <x:v/>
       </x:c>
       <x:c r="H324" t="str">
-        <x:v>401479</x:v>
+        <x:v>23021479</x:v>
       </x:c>
       <x:c r="I324" t="str">
-        <x:v>4518</x:v>
+        <x:v>106869</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:9">
       <x:c r="A325" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B325" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C325" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D325" t="str">
         <x:v/>
       </x:c>
       <x:c r="E325" t="str">
         <x:v/>
       </x:c>
       <x:c r="F325" t="str">
-        <x:v>2 %</x:v>
+        <x:v>3.9 %</x:v>
       </x:c>
       <x:c r="G325" t="str">
         <x:v/>
       </x:c>
       <x:c r="H325" t="str">
-        <x:v>1984</x:v>
+        <x:v>156034</x:v>
       </x:c>
       <x:c r="I325" t="str">
-        <x:v>457</x:v>
+        <x:v>2521</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:9">
       <x:c r="A326" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B326" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C326" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D326" t="str">
         <x:v/>
       </x:c>
       <x:c r="E326" t="str">
         <x:v/>
       </x:c>
       <x:c r="F326" t="str">
-        <x:v>4.8 %</x:v>
+        <x:v>8.1 %</x:v>
       </x:c>
       <x:c r="G326" t="str">
         <x:v/>
       </x:c>
       <x:c r="H326" t="str">
-        <x:v>4679</x:v>
+        <x:v>326706</x:v>
       </x:c>
       <x:c r="I326" t="str">
-        <x:v>498</x:v>
+        <x:v>3907</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:9">
       <x:c r="A327" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B327" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C327" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D327" t="str">
         <x:v/>
       </x:c>
       <x:c r="E327" t="str">
         <x:v/>
       </x:c>
       <x:c r="F327" t="str">
-        <x:v>19.7 %</x:v>
+        <x:v>31.4 %</x:v>
       </x:c>
       <x:c r="G327" t="str">
         <x:v/>
       </x:c>
       <x:c r="H327" t="str">
-        <x:v>19289</x:v>
+        <x:v>1265481</x:v>
       </x:c>
       <x:c r="I327" t="str">
-        <x:v>866</x:v>
+        <x:v>6486</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:9">
       <x:c r="A328" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B328" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C328" t="str">
         <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D328" t="str">
         <x:v/>
       </x:c>
       <x:c r="E328" t="str">
         <x:v/>
       </x:c>
       <x:c r="F328" t="str">
-        <x:v>19.4 %</x:v>
+        <x:v>22.7 %</x:v>
       </x:c>
       <x:c r="G328" t="str">
         <x:v/>
       </x:c>
       <x:c r="H328" t="str">
-        <x:v>18959</x:v>
+        <x:v>915730</x:v>
       </x:c>
       <x:c r="I328" t="str">
-        <x:v>951</x:v>
+        <x:v>6265</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:9">
       <x:c r="A329" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B329" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C329" t="str">
         <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D329" t="str">
         <x:v/>
       </x:c>
       <x:c r="E329" t="str">
         <x:v/>
       </x:c>
       <x:c r="F329" t="str">
-        <x:v>6.4 %</x:v>
+        <x:v>7.2 %</x:v>
       </x:c>
       <x:c r="G329" t="str">
         <x:v/>
       </x:c>
       <x:c r="H329" t="str">
-        <x:v>6276</x:v>
+        <x:v>290937</x:v>
       </x:c>
       <x:c r="I329" t="str">
-        <x:v>611</x:v>
+        <x:v>3525</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:9">
       <x:c r="A330" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B330" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C330" t="str">
         <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D330" t="str">
         <x:v/>
       </x:c>
       <x:c r="E330" t="str">
         <x:v/>
       </x:c>
       <x:c r="F330" t="str">
-        <x:v>27.2 %</x:v>
+        <x:v>16.7 %</x:v>
       </x:c>
       <x:c r="G330" t="str">
         <x:v/>
       </x:c>
       <x:c r="H330" t="str">
-        <x:v>26635</x:v>
+        <x:v>672563</x:v>
       </x:c>
       <x:c r="I330" t="str">
-        <x:v>1066</x:v>
+        <x:v>5860</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:9">
       <x:c r="A331" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B331" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C331" t="str">
         <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D331" t="str">
         <x:v/>
       </x:c>
       <x:c r="E331" t="str">
         <x:v/>
       </x:c>
       <x:c r="F331" t="str">
-        <x:v>20.4 %</x:v>
+        <x:v>10 %</x:v>
       </x:c>
       <x:c r="G331" t="str">
         <x:v/>
       </x:c>
       <x:c r="H331" t="str">
-        <x:v>19971</x:v>
+        <x:v>401479</x:v>
       </x:c>
       <x:c r="I331" t="str">
-        <x:v>1002</x:v>
+        <x:v>4518</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:9">
       <x:c r="A332" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B332" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C332" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D332" t="str">
         <x:v/>
       </x:c>
       <x:c r="E332" t="str">
         <x:v/>
       </x:c>
       <x:c r="F332" t="str">
         <x:v>2 %</x:v>
       </x:c>
       <x:c r="G332" t="str">
         <x:v/>
       </x:c>
       <x:c r="H332" t="str">
-        <x:v>1549</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="I332" t="str">
-        <x:v>432</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:9">
       <x:c r="A333" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B333" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C333" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D333" t="str">
         <x:v/>
       </x:c>
       <x:c r="E333" t="str">
         <x:v/>
       </x:c>
       <x:c r="F333" t="str">
-        <x:v>4.3 %</x:v>
+        <x:v>4.8 %</x:v>
       </x:c>
       <x:c r="G333" t="str">
         <x:v/>
       </x:c>
       <x:c r="H333" t="str">
-        <x:v>3401</x:v>
+        <x:v>4679</x:v>
       </x:c>
       <x:c r="I333" t="str">
-        <x:v>445</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:9">
       <x:c r="A334" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B334" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C334" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D334" t="str">
         <x:v/>
       </x:c>
       <x:c r="E334" t="str">
         <x:v/>
       </x:c>
       <x:c r="F334" t="str">
-        <x:v>16.6 %</x:v>
+        <x:v>19.7 %</x:v>
       </x:c>
       <x:c r="G334" t="str">
         <x:v/>
       </x:c>
       <x:c r="H334" t="str">
-        <x:v>13114</x:v>
+        <x:v>19289</x:v>
       </x:c>
       <x:c r="I334" t="str">
-        <x:v>778</x:v>
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:9">
       <x:c r="A335" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B335" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C335" t="str">
         <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D335" t="str">
         <x:v/>
       </x:c>
       <x:c r="E335" t="str">
         <x:v/>
       </x:c>
       <x:c r="F335" t="str">
-        <x:v>18.5 %</x:v>
+        <x:v>19.4 %</x:v>
       </x:c>
       <x:c r="G335" t="str">
         <x:v/>
       </x:c>
       <x:c r="H335" t="str">
-        <x:v>14580</x:v>
+        <x:v>18959</x:v>
       </x:c>
       <x:c r="I335" t="str">
-        <x:v>833</x:v>
+        <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:9">
       <x:c r="A336" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B336" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C336" t="str">
         <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D336" t="str">
         <x:v/>
       </x:c>
       <x:c r="E336" t="str">
         <x:v/>
       </x:c>
       <x:c r="F336" t="str">
-        <x:v>5.9 %</x:v>
+        <x:v>6.4 %</x:v>
       </x:c>
       <x:c r="G336" t="str">
         <x:v/>
       </x:c>
       <x:c r="H336" t="str">
-        <x:v>4695</x:v>
+        <x:v>6276</x:v>
       </x:c>
       <x:c r="I336" t="str">
-        <x:v>557</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:9">
       <x:c r="A337" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B337" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C337" t="str">
         <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D337" t="str">
         <x:v/>
       </x:c>
       <x:c r="E337" t="str">
         <x:v/>
       </x:c>
       <x:c r="F337" t="str">
-        <x:v>29.5 %</x:v>
+        <x:v>27.2 %</x:v>
       </x:c>
       <x:c r="G337" t="str">
         <x:v/>
       </x:c>
       <x:c r="H337" t="str">
-        <x:v>23284</x:v>
+        <x:v>26635</x:v>
       </x:c>
       <x:c r="I337" t="str">
-        <x:v>969</x:v>
+        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:9">
       <x:c r="A338" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B338" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C338" t="str">
         <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D338" t="str">
         <x:v/>
       </x:c>
       <x:c r="E338" t="str">
         <x:v/>
       </x:c>
       <x:c r="F338" t="str">
-        <x:v>23.2 %</x:v>
+        <x:v>20.4 %</x:v>
       </x:c>
       <x:c r="G338" t="str">
         <x:v/>
       </x:c>
       <x:c r="H338" t="str">
-        <x:v>18303</x:v>
+        <x:v>19971</x:v>
       </x:c>
       <x:c r="I338" t="str">
-        <x:v>952</x:v>
+        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:9">
       <x:c r="A339" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B339" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C339" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D339" t="str">
         <x:v/>
       </x:c>
       <x:c r="E339" t="str">
         <x:v/>
       </x:c>
       <x:c r="F339" t="str">
         <x:v>2.3 %</x:v>
       </x:c>
       <x:c r="G339" t="str">
         <x:v/>
       </x:c>
       <x:c r="H339" t="str">
@@ -10410,2273 +10410,2273 @@
       </x:c>
       <x:c r="D345" t="str">
         <x:v/>
       </x:c>
       <x:c r="E345" t="str">
         <x:v/>
       </x:c>
       <x:c r="F345" t="str">
         <x:v>25.3 %</x:v>
       </x:c>
       <x:c r="G345" t="str">
         <x:v/>
       </x:c>
       <x:c r="H345" t="str">
         <x:v>15364</x:v>
       </x:c>
       <x:c r="I345" t="str">
         <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:9">
       <x:c r="A346" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B346" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C346" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D346" t="str">
         <x:v/>
       </x:c>
       <x:c r="E346" t="str">
         <x:v/>
       </x:c>
       <x:c r="F346" t="str">
-        <x:v>5.8 %</x:v>
+        <x:v>2 %</x:v>
       </x:c>
       <x:c r="G346" t="str">
         <x:v/>
       </x:c>
       <x:c r="H346" t="str">
-        <x:v>12193679</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="I346" t="str">
-        <x:v>42691</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:9">
       <x:c r="A347" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B347" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C347" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D347" t="str">
         <x:v/>
       </x:c>
       <x:c r="E347" t="str">
         <x:v/>
       </x:c>
       <x:c r="F347" t="str">
-        <x:v>7.8 %</x:v>
+        <x:v>4.3 %</x:v>
       </x:c>
       <x:c r="G347" t="str">
         <x:v/>
       </x:c>
       <x:c r="H347" t="str">
-        <x:v>16394069</x:v>
+        <x:v>3401</x:v>
       </x:c>
       <x:c r="I347" t="str">
-        <x:v>48207</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:9">
       <x:c r="A348" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B348" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C348" t="str">
         <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D348" t="str">
         <x:v/>
       </x:c>
       <x:c r="E348" t="str">
         <x:v/>
       </x:c>
       <x:c r="F348" t="str">
-        <x:v>28 %</x:v>
+        <x:v>16.6 %</x:v>
       </x:c>
       <x:c r="G348" t="str">
         <x:v/>
       </x:c>
       <x:c r="H348" t="str">
-        <x:v>58440600</x:v>
+        <x:v>13114</x:v>
       </x:c>
       <x:c r="I348" t="str">
-        <x:v>124198</x:v>
+        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:9">
       <x:c r="A349" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B349" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C349" t="str">
         <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D349" t="str">
         <x:v/>
       </x:c>
       <x:c r="E349" t="str">
         <x:v/>
       </x:c>
       <x:c r="F349" t="str">
-        <x:v>21.2 %</x:v>
+        <x:v>18.5 %</x:v>
       </x:c>
       <x:c r="G349" t="str">
         <x:v/>
       </x:c>
       <x:c r="H349" t="str">
-        <x:v>44241558</x:v>
+        <x:v>14580</x:v>
       </x:c>
       <x:c r="I349" t="str">
-        <x:v>102088</x:v>
+        <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:9">
       <x:c r="A350" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B350" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C350" t="str">
         <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D350" t="str">
         <x:v/>
       </x:c>
       <x:c r="E350" t="str">
         <x:v/>
       </x:c>
       <x:c r="F350" t="str">
-        <x:v>7.9 %</x:v>
+        <x:v>5.9 %</x:v>
       </x:c>
       <x:c r="G350" t="str">
         <x:v/>
       </x:c>
       <x:c r="H350" t="str">
-        <x:v>16580076</x:v>
+        <x:v>4695</x:v>
       </x:c>
       <x:c r="I350" t="str">
-        <x:v>40664</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:9">
       <x:c r="A351" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B351" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C351" t="str">
         <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D351" t="str">
         <x:v/>
       </x:c>
       <x:c r="E351" t="str">
         <x:v/>
       </x:c>
       <x:c r="F351" t="str">
-        <x:v>18.3 %</x:v>
+        <x:v>29.5 %</x:v>
       </x:c>
       <x:c r="G351" t="str">
         <x:v/>
       </x:c>
       <x:c r="H351" t="str">
-        <x:v>38184668</x:v>
+        <x:v>23284</x:v>
       </x:c>
       <x:c r="I351" t="str">
-        <x:v>128746</x:v>
+        <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:9">
       <x:c r="A352" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B352" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C352" t="str">
         <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D352" t="str">
         <x:v/>
       </x:c>
       <x:c r="E352" t="str">
         <x:v/>
       </x:c>
       <x:c r="F352" t="str">
-        <x:v>11 %</x:v>
+        <x:v>23.2 %</x:v>
       </x:c>
       <x:c r="G352" t="str">
         <x:v/>
       </x:c>
       <x:c r="H352" t="str">
-        <x:v>23021479</x:v>
+        <x:v>18303</x:v>
       </x:c>
       <x:c r="I352" t="str">
-        <x:v>106869</x:v>
+        <x:v>952</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:9">
       <x:c r="A353" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B353" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C353" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D353" t="str">
         <x:v/>
       </x:c>
       <x:c r="E353" t="str">
         <x:v/>
       </x:c>
       <x:c r="F353" t="str">
-        <x:v>4.4 %</x:v>
+        <x:v>6.1 %</x:v>
       </x:c>
       <x:c r="G353" t="str">
         <x:v/>
       </x:c>
       <x:c r="H353" t="str">
-        <x:v>171935</x:v>
+        <x:v>12397019</x:v>
       </x:c>
       <x:c r="I353" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:9">
       <x:c r="A354" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B354" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C354" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D354" t="str">
         <x:v/>
       </x:c>
       <x:c r="E354" t="str">
         <x:v/>
       </x:c>
       <x:c r="F354" t="str">
-        <x:v>8.8 %</x:v>
+        <x:v>4.4 %</x:v>
       </x:c>
       <x:c r="G354" t="str">
         <x:v/>
       </x:c>
       <x:c r="H354" t="str">
-        <x:v>348445</x:v>
+        <x:v>171935</x:v>
       </x:c>
       <x:c r="I354" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:9">
       <x:c r="A355" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B355" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C355" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D355" t="str">
         <x:v/>
       </x:c>
       <x:c r="E355" t="str">
         <x:v/>
       </x:c>
       <x:c r="F355" t="str">
-        <x:v>32.1 %</x:v>
+        <x:v>2.1 %</x:v>
       </x:c>
       <x:c r="G355" t="str">
         <x:v/>
       </x:c>
       <x:c r="H355" t="str">
-        <x:v>1267071</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="I355" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:9">
       <x:c r="A356" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B356" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C356" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D356" t="str">
         <x:v/>
       </x:c>
       <x:c r="E356" t="str">
         <x:v/>
       </x:c>
       <x:c r="F356" t="str">
-        <x:v>22.5 %</x:v>
+        <x:v>2.1 %</x:v>
       </x:c>
       <x:c r="G356" t="str">
         <x:v/>
       </x:c>
       <x:c r="H356" t="str">
-        <x:v>888762</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="I356" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:9">
       <x:c r="A357" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B357" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C357" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D357" t="str">
         <x:v/>
       </x:c>
       <x:c r="E357" t="str">
         <x:v/>
       </x:c>
       <x:c r="F357" t="str">
-        <x:v>6.7 %</x:v>
+        <x:v>2.3 %</x:v>
       </x:c>
       <x:c r="G357" t="str">
         <x:v/>
       </x:c>
       <x:c r="H357" t="str">
-        <x:v>265571</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="I357" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:9">
       <x:c r="A358" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B358" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C358" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D358" t="str">
         <x:v/>
       </x:c>
       <x:c r="E358" t="str">
         <x:v/>
       </x:c>
       <x:c r="F358" t="str">
-        <x:v>16 %</x:v>
+        <x:v>8.5 %</x:v>
       </x:c>
       <x:c r="G358" t="str">
         <x:v/>
       </x:c>
       <x:c r="H358" t="str">
-        <x:v>630556</x:v>
+        <x:v>17121916</x:v>
       </x:c>
       <x:c r="I358" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:9">
       <x:c r="A359" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B359" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C359" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D359" t="str">
         <x:v/>
       </x:c>
       <x:c r="E359" t="str">
         <x:v/>
       </x:c>
       <x:c r="F359" t="str">
-        <x:v>9.4 %</x:v>
+        <x:v>8.8 %</x:v>
       </x:c>
       <x:c r="G359" t="str">
         <x:v/>
       </x:c>
       <x:c r="H359" t="str">
-        <x:v>371388</x:v>
+        <x:v>348445</x:v>
       </x:c>
       <x:c r="I359" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:9">
       <x:c r="A360" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B360" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C360" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D360" t="str">
         <x:v/>
       </x:c>
       <x:c r="E360" t="str">
         <x:v/>
       </x:c>
       <x:c r="F360" t="str">
-        <x:v>2.1 %</x:v>
+        <x:v>5.5 %</x:v>
       </x:c>
       <x:c r="G360" t="str">
         <x:v/>
       </x:c>
       <x:c r="H360" t="str">
-        <x:v>1981</x:v>
+        <x:v>5046</x:v>
       </x:c>
       <x:c r="I360" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:9">
       <x:c r="A361" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B361" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C361" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D361" t="str">
         <x:v/>
       </x:c>
       <x:c r="E361" t="str">
         <x:v/>
       </x:c>
       <x:c r="F361" t="str">
-        <x:v>5.5 %</x:v>
+        <x:v>4.8 %</x:v>
       </x:c>
       <x:c r="G361" t="str">
         <x:v/>
       </x:c>
       <x:c r="H361" t="str">
-        <x:v>5046</x:v>
+        <x:v>3607</x:v>
       </x:c>
       <x:c r="I361" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:9">
       <x:c r="A362" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B362" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C362" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D362" t="str">
         <x:v/>
       </x:c>
       <x:c r="E362" t="str">
         <x:v/>
       </x:c>
       <x:c r="F362" t="str">
-        <x:v>22.4 %</x:v>
+        <x:v>4.9 %</x:v>
       </x:c>
       <x:c r="G362" t="str">
         <x:v/>
       </x:c>
       <x:c r="H362" t="str">
-        <x:v>20681</x:v>
+        <x:v>2797</x:v>
       </x:c>
       <x:c r="I362" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:9">
       <x:c r="A363" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B363" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C363" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D363" t="str">
         <x:v/>
       </x:c>
       <x:c r="E363" t="str">
         <x:v/>
       </x:c>
       <x:c r="F363" t="str">
-        <x:v>18 %</x:v>
+        <x:v>28.6 %</x:v>
       </x:c>
       <x:c r="G363" t="str">
         <x:v/>
       </x:c>
       <x:c r="H363" t="str">
-        <x:v>16649</x:v>
+        <x:v>57861283</x:v>
       </x:c>
       <x:c r="I363" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:9">
       <x:c r="A364" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B364" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C364" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D364" t="str">
         <x:v/>
       </x:c>
       <x:c r="E364" t="str">
         <x:v/>
       </x:c>
       <x:c r="F364" t="str">
-        <x:v>6.1 %</x:v>
+        <x:v>32.1 %</x:v>
       </x:c>
       <x:c r="G364" t="str">
         <x:v/>
       </x:c>
       <x:c r="H364" t="str">
-        <x:v>5624</x:v>
+        <x:v>1267071</x:v>
       </x:c>
       <x:c r="I364" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:9">
       <x:c r="A365" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B365" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C365" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D365" t="str">
         <x:v/>
       </x:c>
       <x:c r="E365" t="str">
         <x:v/>
       </x:c>
       <x:c r="F365" t="str">
-        <x:v>26.1 %</x:v>
+        <x:v>22.4 %</x:v>
       </x:c>
       <x:c r="G365" t="str">
         <x:v/>
       </x:c>
       <x:c r="H365" t="str">
-        <x:v>24105</x:v>
+        <x:v>20681</x:v>
       </x:c>
       <x:c r="I365" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:9">
       <x:c r="A366" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B366" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C366" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D366" t="str">
         <x:v/>
       </x:c>
       <x:c r="E366" t="str">
         <x:v/>
       </x:c>
       <x:c r="F366" t="str">
-        <x:v>19.8 %</x:v>
+        <x:v>19.7 %</x:v>
       </x:c>
       <x:c r="G366" t="str">
         <x:v/>
       </x:c>
       <x:c r="H366" t="str">
-        <x:v>18287</x:v>
+        <x:v>14810</x:v>
       </x:c>
       <x:c r="I366" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:9">
       <x:c r="A367" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B367" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C367" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D367" t="str">
         <x:v/>
       </x:c>
       <x:c r="E367" t="str">
         <x:v/>
       </x:c>
       <x:c r="F367" t="str">
-        <x:v>2.1 %</x:v>
+        <x:v>18.3 %</x:v>
       </x:c>
       <x:c r="G367" t="str">
         <x:v/>
       </x:c>
       <x:c r="H367" t="str">
-        <x:v>1574</x:v>
+        <x:v>10464</x:v>
       </x:c>
       <x:c r="I367" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:9">
       <x:c r="A368" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B368" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C368" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D368" t="str">
         <x:v/>
       </x:c>
       <x:c r="E368" t="str">
         <x:v/>
       </x:c>
       <x:c r="F368" t="str">
-        <x:v>4.8 %</x:v>
+        <x:v>17.7 %</x:v>
       </x:c>
       <x:c r="G368" t="str">
         <x:v/>
       </x:c>
       <x:c r="H368" t="str">
-        <x:v>3607</x:v>
+        <x:v>35852277</x:v>
       </x:c>
       <x:c r="I368" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:9">
       <x:c r="A369" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B369" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C369" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D369" t="str">
         <x:v/>
       </x:c>
       <x:c r="E369" t="str">
         <x:v/>
       </x:c>
       <x:c r="F369" t="str">
-        <x:v>19.7 %</x:v>
+        <x:v>16 %</x:v>
       </x:c>
       <x:c r="G369" t="str">
         <x:v/>
       </x:c>
       <x:c r="H369" t="str">
-        <x:v>14810</x:v>
+        <x:v>630556</x:v>
       </x:c>
       <x:c r="I369" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:9">
       <x:c r="A370" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B370" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C370" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D370" t="str">
         <x:v/>
       </x:c>
       <x:c r="E370" t="str">
         <x:v/>
       </x:c>
       <x:c r="F370" t="str">
-        <x:v>17.5 %</x:v>
+        <x:v>26.1 %</x:v>
       </x:c>
       <x:c r="G370" t="str">
         <x:v/>
       </x:c>
       <x:c r="H370" t="str">
-        <x:v>13127</x:v>
+        <x:v>24105</x:v>
       </x:c>
       <x:c r="I370" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:9">
       <x:c r="A371" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B371" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C371" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D371" t="str">
         <x:v/>
       </x:c>
       <x:c r="E371" t="str">
         <x:v/>
       </x:c>
       <x:c r="F371" t="str">
-        <x:v>5.6 %</x:v>
+        <x:v>28.1 %</x:v>
       </x:c>
       <x:c r="G371" t="str">
         <x:v/>
       </x:c>
       <x:c r="H371" t="str">
-        <x:v>4228</x:v>
+        <x:v>21097</x:v>
       </x:c>
       <x:c r="I371" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:9">
       <x:c r="A372" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B372" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C372" t="str">
         <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D372" t="str">
         <x:v/>
       </x:c>
       <x:c r="E372" t="str">
         <x:v/>
       </x:c>
       <x:c r="F372" t="str">
-        <x:v>28.1 %</x:v>
+        <x:v>29 %</x:v>
       </x:c>
       <x:c r="G372" t="str">
         <x:v/>
       </x:c>
       <x:c r="H372" t="str">
-        <x:v>21097</x:v>
+        <x:v>16554</x:v>
       </x:c>
       <x:c r="I372" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:9">
       <x:c r="A373" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B373" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C373" t="str">
         <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D373" t="str">
         <x:v/>
       </x:c>
       <x:c r="E373" t="str">
         <x:v/>
       </x:c>
       <x:c r="F373" t="str">
-        <x:v>22.2 %</x:v>
+        <x:v>10.5 %</x:v>
       </x:c>
       <x:c r="G373" t="str">
         <x:v/>
       </x:c>
       <x:c r="H373" t="str">
-        <x:v>16657</x:v>
+        <x:v>21121347</x:v>
       </x:c>
       <x:c r="I373" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:9">
       <x:c r="A374" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B374" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C374" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D374" t="str">
         <x:v/>
       </x:c>
       <x:c r="E374" t="str">
         <x:v/>
       </x:c>
       <x:c r="F374" t="str">
-        <x:v>2.3 %</x:v>
+        <x:v>9.4 %</x:v>
       </x:c>
       <x:c r="G374" t="str">
         <x:v/>
       </x:c>
       <x:c r="H374" t="str">
-        <x:v>1299</x:v>
+        <x:v>371388</x:v>
       </x:c>
       <x:c r="I374" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:9">
       <x:c r="A375" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B375" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C375" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D375" t="str">
         <x:v/>
       </x:c>
       <x:c r="E375" t="str">
         <x:v/>
       </x:c>
       <x:c r="F375" t="str">
-        <x:v>4.9 %</x:v>
+        <x:v>19.8 %</x:v>
       </x:c>
       <x:c r="G375" t="str">
         <x:v/>
       </x:c>
       <x:c r="H375" t="str">
-        <x:v>2797</x:v>
+        <x:v>18287</x:v>
       </x:c>
       <x:c r="I375" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:9">
       <x:c r="A376" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B376" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C376" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D376" t="str">
         <x:v/>
       </x:c>
       <x:c r="E376" t="str">
         <x:v/>
       </x:c>
       <x:c r="F376" t="str">
-        <x:v>18.3 %</x:v>
+        <x:v>22.2 %</x:v>
       </x:c>
       <x:c r="G376" t="str">
         <x:v/>
       </x:c>
       <x:c r="H376" t="str">
-        <x:v>10464</x:v>
+        <x:v>16657</x:v>
       </x:c>
       <x:c r="I376" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:9">
       <x:c r="A377" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B377" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C377" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D377" t="str">
         <x:v/>
       </x:c>
       <x:c r="E377" t="str">
         <x:v/>
       </x:c>
       <x:c r="F377" t="str">
-        <x:v>17 %</x:v>
+        <x:v>23.2 %</x:v>
       </x:c>
       <x:c r="G377" t="str">
         <x:v/>
       </x:c>
       <x:c r="H377" t="str">
-        <x:v>9744</x:v>
+        <x:v>13274</x:v>
       </x:c>
       <x:c r="I377" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:9">
       <x:c r="A378" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B378" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C378" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D378" t="str">
         <x:v/>
       </x:c>
       <x:c r="E378" t="str">
         <x:v/>
       </x:c>
       <x:c r="F378" t="str">
-        <x:v>5.3 %</x:v>
+        <x:v>21 %</x:v>
       </x:c>
       <x:c r="G378" t="str">
         <x:v/>
       </x:c>
       <x:c r="H378" t="str">
-        <x:v>3045</x:v>
+        <x:v>42350233</x:v>
       </x:c>
       <x:c r="I378" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:9">
       <x:c r="A379" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B379" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C379" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D379" t="str">
         <x:v/>
       </x:c>
       <x:c r="E379" t="str">
         <x:v/>
       </x:c>
       <x:c r="F379" t="str">
-        <x:v>29 %</x:v>
+        <x:v>22.5 %</x:v>
       </x:c>
       <x:c r="G379" t="str">
         <x:v/>
       </x:c>
       <x:c r="H379" t="str">
-        <x:v>16554</x:v>
+        <x:v>888762</x:v>
       </x:c>
       <x:c r="I379" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:9">
       <x:c r="A380" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B380" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C380" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D380" t="str">
         <x:v/>
       </x:c>
       <x:c r="E380" t="str">
         <x:v/>
       </x:c>
       <x:c r="F380" t="str">
-        <x:v>23.2 %</x:v>
+        <x:v>18 %</x:v>
       </x:c>
       <x:c r="G380" t="str">
         <x:v/>
       </x:c>
       <x:c r="H380" t="str">
-        <x:v>13274</x:v>
+        <x:v>16649</x:v>
       </x:c>
       <x:c r="I380" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:9">
       <x:c r="A381" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B381" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C381" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D381" t="str">
         <x:v/>
       </x:c>
       <x:c r="E381" t="str">
         <x:v/>
       </x:c>
       <x:c r="F381" t="str">
-        <x:v>6.1 %</x:v>
+        <x:v>17.5 %</x:v>
       </x:c>
       <x:c r="G381" t="str">
         <x:v/>
       </x:c>
       <x:c r="H381" t="str">
-        <x:v>12397019</x:v>
+        <x:v>13127</x:v>
       </x:c>
       <x:c r="I381" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:9">
       <x:c r="A382" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B382" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C382" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D382" t="str">
         <x:v/>
       </x:c>
       <x:c r="E382" t="str">
         <x:v/>
       </x:c>
       <x:c r="F382" t="str">
-        <x:v>8.5 %</x:v>
+        <x:v>17 %</x:v>
       </x:c>
       <x:c r="G382" t="str">
         <x:v/>
       </x:c>
       <x:c r="H382" t="str">
-        <x:v>17121916</x:v>
+        <x:v>9744</x:v>
       </x:c>
       <x:c r="I382" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:9">
       <x:c r="A383" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B383" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C383" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D383" t="str">
         <x:v/>
       </x:c>
       <x:c r="E383" t="str">
         <x:v/>
       </x:c>
       <x:c r="F383" t="str">
-        <x:v>28.6 %</x:v>
+        <x:v>7.6 %</x:v>
       </x:c>
       <x:c r="G383" t="str">
         <x:v/>
       </x:c>
       <x:c r="H383" t="str">
-        <x:v>57861283</x:v>
+        <x:v>15344048</x:v>
       </x:c>
       <x:c r="I383" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:9">
       <x:c r="A384" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B384" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C384" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D384" t="str">
         <x:v/>
       </x:c>
       <x:c r="E384" t="str">
         <x:v/>
       </x:c>
       <x:c r="F384" t="str">
-        <x:v>21 %</x:v>
+        <x:v>6.7 %</x:v>
       </x:c>
       <x:c r="G384" t="str">
         <x:v/>
       </x:c>
       <x:c r="H384" t="str">
-        <x:v>42350233</x:v>
+        <x:v>265571</x:v>
       </x:c>
       <x:c r="I384" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:9">
       <x:c r="A385" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B385" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C385" t="str">
         <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D385" t="str">
         <x:v/>
       </x:c>
       <x:c r="E385" t="str">
         <x:v/>
       </x:c>
       <x:c r="F385" t="str">
-        <x:v>7.6 %</x:v>
+        <x:v>6.1 %</x:v>
       </x:c>
       <x:c r="G385" t="str">
         <x:v/>
       </x:c>
       <x:c r="H385" t="str">
-        <x:v>15344048</x:v>
+        <x:v>5624</x:v>
       </x:c>
       <x:c r="I385" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:9">
       <x:c r="A386" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B386" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C386" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D386" t="str">
         <x:v/>
       </x:c>
       <x:c r="E386" t="str">
         <x:v/>
       </x:c>
       <x:c r="F386" t="str">
-        <x:v>17.7 %</x:v>
+        <x:v>5.6 %</x:v>
       </x:c>
       <x:c r="G386" t="str">
         <x:v/>
       </x:c>
       <x:c r="H386" t="str">
-        <x:v>35852277</x:v>
+        <x:v>4228</x:v>
       </x:c>
       <x:c r="I386" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:9">
       <x:c r="A387" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B387" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C387" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D387" t="str">
         <x:v/>
       </x:c>
       <x:c r="E387" t="str">
         <x:v/>
       </x:c>
       <x:c r="F387" t="str">
-        <x:v>10.5 %</x:v>
+        <x:v>5.3 %</x:v>
       </x:c>
       <x:c r="G387" t="str">
         <x:v/>
       </x:c>
       <x:c r="H387" t="str">
-        <x:v>21121347</x:v>
+        <x:v>3045</x:v>
       </x:c>
       <x:c r="I387" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:9">
       <x:c r="A388" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B388" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C388" t="str">
         <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D388" t="str">
         <x:v/>
       </x:c>
       <x:c r="E388" t="str">
         <x:v/>
       </x:c>
       <x:c r="F388" t="str">
-        <x:v>4.66 %</x:v>
+        <x:v>6.23 %</x:v>
       </x:c>
       <x:c r="G388" t="str">
         <x:v/>
       </x:c>
       <x:c r="H388" t="str">
-        <x:v>182145</x:v>
+        <x:v>12435227</x:v>
       </x:c>
       <x:c r="I388" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:9">
       <x:c r="A389" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B389" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C389" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D389" t="str">
         <x:v/>
       </x:c>
       <x:c r="E389" t="str">
         <x:v/>
       </x:c>
       <x:c r="F389" t="str">
-        <x:v>9.18 %</x:v>
+        <x:v>4.66 %</x:v>
       </x:c>
       <x:c r="G389" t="str">
         <x:v/>
       </x:c>
       <x:c r="H389" t="str">
-        <x:v>358523</x:v>
+        <x:v>182145</x:v>
       </x:c>
       <x:c r="I389" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:9">
       <x:c r="A390" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B390" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C390" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D390" t="str">
         <x:v/>
       </x:c>
       <x:c r="E390" t="str">
         <x:v/>
       </x:c>
       <x:c r="F390" t="str">
-        <x:v>32.6 %</x:v>
+        <x:v>2.02 %</x:v>
       </x:c>
       <x:c r="G390" t="str">
         <x:v/>
       </x:c>
       <x:c r="H390" t="str">
-        <x:v>1272495</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="I390" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:9">
       <x:c r="A391" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B391" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C391" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D391" t="str">
         <x:v/>
       </x:c>
       <x:c r="E391" t="str">
         <x:v/>
       </x:c>
       <x:c r="F391" t="str">
-        <x:v>11.8 %</x:v>
+        <x:v>2 %</x:v>
       </x:c>
       <x:c r="G391" t="str">
         <x:v/>
       </x:c>
       <x:c r="H391" t="str">
-        <x:v>462596</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="I391" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:9">
       <x:c r="A392" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B392" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C392" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Less Than 9th Grade</x:v>
       </x:c>
       <x:c r="D392" t="str">
         <x:v/>
       </x:c>
       <x:c r="E392" t="str">
         <x:v/>
       </x:c>
       <x:c r="F392" t="str">
-        <x:v>6.6 %</x:v>
+        <x:v>1.97 %</x:v>
       </x:c>
       <x:c r="G392" t="str">
         <x:v/>
       </x:c>
       <x:c r="H392" t="str">
-        <x:v>255955</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="I392" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:9">
       <x:c r="A393" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B393" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C393" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D393" t="str">
         <x:v/>
       </x:c>
       <x:c r="E393" t="str">
         <x:v/>
       </x:c>
       <x:c r="F393" t="str">
-        <x:v>15.8 %</x:v>
+        <x:v>8.74 %</x:v>
       </x:c>
       <x:c r="G393" t="str">
         <x:v/>
       </x:c>
       <x:c r="H393" t="str">
-        <x:v>618502</x:v>
+        <x:v>17463256</x:v>
       </x:c>
       <x:c r="I393" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:9">
       <x:c r="A394" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B394" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C394" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D394" t="str">
         <x:v/>
       </x:c>
       <x:c r="E394" t="str">
         <x:v/>
       </x:c>
       <x:c r="F394" t="str">
-        <x:v>4.8 %</x:v>
+        <x:v>9.18 %</x:v>
       </x:c>
       <x:c r="G394" t="str">
         <x:v/>
       </x:c>
       <x:c r="H394" t="str">
-        <x:v>189001</x:v>
+        <x:v>358523</x:v>
       </x:c>
       <x:c r="I394" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:9">
       <x:c r="A395" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B395" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C395" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D395" t="str">
         <x:v/>
       </x:c>
       <x:c r="E395" t="str">
         <x:v/>
       </x:c>
       <x:c r="F395" t="str">
-        <x:v>2.02 %</x:v>
+        <x:v>6.04 %</x:v>
       </x:c>
       <x:c r="G395" t="str">
         <x:v/>
       </x:c>
       <x:c r="H395" t="str">
-        <x:v>1832</x:v>
+        <x:v>5475</x:v>
       </x:c>
       <x:c r="I395" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:9">
       <x:c r="A396" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B396" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C396" t="str">
         <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D396" t="str">
         <x:v/>
       </x:c>
       <x:c r="E396" t="str">
         <x:v/>
       </x:c>
       <x:c r="F396" t="str">
-        <x:v>6.04 %</x:v>
+        <x:v>5.45 %</x:v>
       </x:c>
       <x:c r="G396" t="str">
         <x:v/>
       </x:c>
       <x:c r="H396" t="str">
-        <x:v>5475</x:v>
+        <x:v>3042</x:v>
       </x:c>
       <x:c r="I396" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:9">
       <x:c r="A397" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B397" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C397" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>9th-12th Grade, No Diploma</x:v>
       </x:c>
       <x:c r="D397" t="str">
         <x:v/>
       </x:c>
       <x:c r="E397" t="str">
         <x:v/>
       </x:c>
       <x:c r="F397" t="str">
-        <x:v>23.3 %</x:v>
+        <x:v>5.34 %</x:v>
       </x:c>
       <x:c r="G397" t="str">
         <x:v/>
       </x:c>
       <x:c r="H397" t="str">
-        <x:v>21176</x:v>
+        <x:v>3938</x:v>
       </x:c>
       <x:c r="I397" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:9">
       <x:c r="A398" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B398" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C398" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D398" t="str">
         <x:v/>
       </x:c>
       <x:c r="E398" t="str">
         <x:v/>
       </x:c>
       <x:c r="F398" t="str">
-        <x:v>9.1 %</x:v>
+        <x:v>29 %</x:v>
       </x:c>
       <x:c r="G398" t="str">
         <x:v/>
       </x:c>
       <x:c r="H398" t="str">
-        <x:v>8259</x:v>
+        <x:v>57903353</x:v>
       </x:c>
       <x:c r="I398" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:9">
       <x:c r="A399" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B399" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C399" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D399" t="str">
         <x:v/>
       </x:c>
       <x:c r="E399" t="str">
         <x:v/>
       </x:c>
       <x:c r="F399" t="str">
-        <x:v>5.9 %</x:v>
+        <x:v>32.6 %</x:v>
       </x:c>
       <x:c r="G399" t="str">
         <x:v/>
       </x:c>
       <x:c r="H399" t="str">
-        <x:v>5371</x:v>
+        <x:v>1272495</x:v>
       </x:c>
       <x:c r="I399" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:9">
       <x:c r="A400" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B400" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C400" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D400" t="str">
         <x:v/>
       </x:c>
       <x:c r="E400" t="str">
         <x:v/>
       </x:c>
       <x:c r="F400" t="str">
-        <x:v>25 %</x:v>
+        <x:v>23.3 %</x:v>
       </x:c>
       <x:c r="G400" t="str">
         <x:v/>
       </x:c>
       <x:c r="H400" t="str">
-        <x:v>22719</x:v>
+        <x:v>21176</x:v>
       </x:c>
       <x:c r="I400" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:9">
       <x:c r="A401" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B401" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C401" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D401" t="str">
         <x:v/>
       </x:c>
       <x:c r="E401" t="str">
         <x:v/>
       </x:c>
       <x:c r="F401" t="str">
-        <x:v>9.5 %</x:v>
+        <x:v>19.6 %</x:v>
       </x:c>
       <x:c r="G401" t="str">
         <x:v/>
       </x:c>
       <x:c r="H401" t="str">
-        <x:v>8579</x:v>
+        <x:v>10951</x:v>
       </x:c>
       <x:c r="I401" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:9">
       <x:c r="A402" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B402" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C402" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>High School Graduate (or Equivalent)</x:v>
       </x:c>
       <x:c r="D402" t="str">
         <x:v/>
       </x:c>
       <x:c r="E402" t="str">
         <x:v/>
       </x:c>
       <x:c r="F402" t="str">
-        <x:v>1.97 %</x:v>
+        <x:v>20.7 %</x:v>
       </x:c>
       <x:c r="G402" t="str">
         <x:v/>
       </x:c>
       <x:c r="H402" t="str">
-        <x:v>1452</x:v>
+        <x:v>15261</x:v>
       </x:c>
       <x:c r="I402" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:9">
       <x:c r="A403" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B403" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C403" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D403" t="str">
         <x:v/>
       </x:c>
       <x:c r="E403" t="str">
         <x:v/>
       </x:c>
       <x:c r="F403" t="str">
-        <x:v>5.34 %</x:v>
+        <x:v>17.6 %</x:v>
       </x:c>
       <x:c r="G403" t="str">
         <x:v/>
       </x:c>
       <x:c r="H403" t="str">
-        <x:v>3938</x:v>
+        <x:v>35148428</x:v>
       </x:c>
       <x:c r="I403" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:9">
       <x:c r="A404" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B404" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C404" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D404" t="str">
         <x:v/>
       </x:c>
       <x:c r="E404" t="str">
         <x:v/>
       </x:c>
       <x:c r="F404" t="str">
-        <x:v>20.7 %</x:v>
+        <x:v>15.8 %</x:v>
       </x:c>
       <x:c r="G404" t="str">
         <x:v/>
       </x:c>
       <x:c r="H404" t="str">
-        <x:v>15261</x:v>
+        <x:v>618502</x:v>
       </x:c>
       <x:c r="I404" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:9">
       <x:c r="A405" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B405" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C405" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D405" t="str">
         <x:v/>
       </x:c>
       <x:c r="E405" t="str">
         <x:v/>
       </x:c>
       <x:c r="F405" t="str">
-        <x:v>8.7 %</x:v>
+        <x:v>25 %</x:v>
       </x:c>
       <x:c r="G405" t="str">
         <x:v/>
       </x:c>
       <x:c r="H405" t="str">
-        <x:v>6432</x:v>
+        <x:v>22719</x:v>
       </x:c>
       <x:c r="I405" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:9">
       <x:c r="A406" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B406" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C406" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D406" t="str">
         <x:v/>
       </x:c>
       <x:c r="E406" t="str">
         <x:v/>
       </x:c>
       <x:c r="F406" t="str">
-        <x:v>5.5 %</x:v>
+        <x:v>27.7 %</x:v>
       </x:c>
       <x:c r="G406" t="str">
         <x:v/>
       </x:c>
       <x:c r="H406" t="str">
-        <x:v>4068</x:v>
+        <x:v>15439</x:v>
       </x:c>
       <x:c r="I406" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:9">
       <x:c r="A407" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B407" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C407" t="str">
         <x:v>Bachelor's Degree</x:v>
       </x:c>
       <x:c r="D407" t="str">
         <x:v/>
       </x:c>
       <x:c r="E407" t="str">
         <x:v/>
       </x:c>
       <x:c r="F407" t="str">
         <x:v>26.8 %</x:v>
       </x:c>
       <x:c r="G407" t="str">
         <x:v/>
       </x:c>
       <x:c r="H407" t="str">
         <x:v>19777</x:v>
       </x:c>
       <x:c r="I407" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:9">
       <x:c r="A408" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B408" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C408" t="str">
         <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D408" t="str">
         <x:v/>
       </x:c>
       <x:c r="E408" t="str">
         <x:v/>
       </x:c>
       <x:c r="F408" t="str">
-        <x:v>10.7 %</x:v>
+        <x:v>5.7 %</x:v>
       </x:c>
       <x:c r="G408" t="str">
         <x:v/>
       </x:c>
       <x:c r="H408" t="str">
-        <x:v>7915</x:v>
+        <x:v>11323456</x:v>
       </x:c>
       <x:c r="I408" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:9">
       <x:c r="A409" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B409" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C409" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D409" t="str">
         <x:v/>
       </x:c>
       <x:c r="E409" t="str">
         <x:v/>
       </x:c>
       <x:c r="F409" t="str">
-        <x:v>2 %</x:v>
+        <x:v>4.8 %</x:v>
       </x:c>
       <x:c r="G409" t="str">
         <x:v/>
       </x:c>
       <x:c r="H409" t="str">
-        <x:v>1115</x:v>
+        <x:v>189001</x:v>
       </x:c>
       <x:c r="I409" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:9">
       <x:c r="A410" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B410" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C410" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D410" t="str">
         <x:v/>
       </x:c>
       <x:c r="E410" t="str">
         <x:v/>
       </x:c>
       <x:c r="F410" t="str">
-        <x:v>5.45 %</x:v>
+        <x:v>9.5 %</x:v>
       </x:c>
       <x:c r="G410" t="str">
         <x:v/>
       </x:c>
       <x:c r="H410" t="str">
-        <x:v>3042</x:v>
+        <x:v>8579</x:v>
       </x:c>
       <x:c r="I410" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:9">
       <x:c r="A411" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B411" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C411" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D411" t="str">
         <x:v/>
       </x:c>
       <x:c r="E411" t="str">
         <x:v/>
       </x:c>
       <x:c r="F411" t="str">
-        <x:v>19.6 %</x:v>
+        <x:v>11.1 %</x:v>
       </x:c>
       <x:c r="G411" t="str">
         <x:v/>
       </x:c>
       <x:c r="H411" t="str">
-        <x:v>10951</x:v>
+        <x:v>6217</x:v>
       </x:c>
       <x:c r="I411" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:9">
       <x:c r="A412" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B412" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C412" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Graduate or Professional Degree</x:v>
       </x:c>
       <x:c r="D412" t="str">
         <x:v/>
       </x:c>
       <x:c r="E412" t="str">
         <x:v/>
       </x:c>
       <x:c r="F412" t="str">
-        <x:v>8.1 %</x:v>
+        <x:v>10.7 %</x:v>
       </x:c>
       <x:c r="G412" t="str">
         <x:v/>
       </x:c>
       <x:c r="H412" t="str">
-        <x:v>4534</x:v>
+        <x:v>7915</x:v>
       </x:c>
       <x:c r="I412" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:9">
       <x:c r="A413" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B413" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C413" t="str">
-        <x:v>Associates Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D413" t="str">
         <x:v/>
       </x:c>
       <x:c r="E413" t="str">
         <x:v/>
       </x:c>
       <x:c r="F413" t="str">
-        <x:v>5.1 %</x:v>
+        <x:v>11.5 %</x:v>
       </x:c>
       <x:c r="G413" t="str">
         <x:v/>
       </x:c>
       <x:c r="H413" t="str">
-        <x:v>2844</x:v>
+        <x:v>22994593</x:v>
       </x:c>
       <x:c r="I413" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:9">
       <x:c r="A414" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B414" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C414" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D414" t="str">
         <x:v/>
       </x:c>
       <x:c r="E414" t="str">
         <x:v/>
       </x:c>
       <x:c r="F414" t="str">
-        <x:v>27.7 %</x:v>
+        <x:v>11.8 %</x:v>
       </x:c>
       <x:c r="G414" t="str">
         <x:v/>
       </x:c>
       <x:c r="H414" t="str">
-        <x:v>15439</x:v>
+        <x:v>462596</x:v>
       </x:c>
       <x:c r="I414" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:9">
       <x:c r="A415" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B415" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C415" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D415" t="str">
         <x:v/>
       </x:c>
       <x:c r="E415" t="str">
         <x:v/>
       </x:c>
       <x:c r="F415" t="str">
-        <x:v>11.1 %</x:v>
+        <x:v>9.1 %</x:v>
       </x:c>
       <x:c r="G415" t="str">
         <x:v/>
       </x:c>
       <x:c r="H415" t="str">
-        <x:v>6217</x:v>
+        <x:v>8259</x:v>
       </x:c>
       <x:c r="I415" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:9">
       <x:c r="A416" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B416" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C416" t="str">
-        <x:v>Less Than 9th Grade</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D416" t="str">
         <x:v/>
       </x:c>
       <x:c r="E416" t="str">
         <x:v/>
       </x:c>
       <x:c r="F416" t="str">
-        <x:v>6.23 %</x:v>
+        <x:v>8.1 %</x:v>
       </x:c>
       <x:c r="G416" t="str">
         <x:v/>
       </x:c>
       <x:c r="H416" t="str">
-        <x:v>12435227</x:v>
+        <x:v>4534</x:v>
       </x:c>
       <x:c r="I416" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:9">
       <x:c r="A417" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B417" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C417" t="str">
-        <x:v>9th-12th Grade, No Diploma</x:v>
+        <x:v>Some College, No Degree</x:v>
       </x:c>
       <x:c r="D417" t="str">
         <x:v/>
       </x:c>
       <x:c r="E417" t="str">
         <x:v/>
       </x:c>
       <x:c r="F417" t="str">
-        <x:v>8.74 %</x:v>
+        <x:v>8.7 %</x:v>
       </x:c>
       <x:c r="G417" t="str">
         <x:v/>
       </x:c>
       <x:c r="H417" t="str">
-        <x:v>17463256</x:v>
+        <x:v>6432</x:v>
       </x:c>
       <x:c r="I417" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:9">
       <x:c r="A418" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B418" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C418" t="str">
-        <x:v>High School Graduate (or Equivalent)</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D418" t="str">
         <x:v/>
       </x:c>
       <x:c r="E418" t="str">
         <x:v/>
       </x:c>
       <x:c r="F418" t="str">
-        <x:v>29 %</x:v>
+        <x:v>7.5 %</x:v>
       </x:c>
       <x:c r="G418" t="str">
         <x:v/>
       </x:c>
       <x:c r="H418" t="str">
-        <x:v>57903353</x:v>
+        <x:v>15021920</x:v>
       </x:c>
       <x:c r="I418" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:9">
       <x:c r="A419" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B419" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C419" t="str">
-        <x:v>Some College, No Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D419" t="str">
         <x:v/>
       </x:c>
       <x:c r="E419" t="str">
         <x:v/>
       </x:c>
       <x:c r="F419" t="str">
-        <x:v>11.5 %</x:v>
+        <x:v>6.6 %</x:v>
       </x:c>
       <x:c r="G419" t="str">
         <x:v/>
       </x:c>
       <x:c r="H419" t="str">
-        <x:v>22994593</x:v>
+        <x:v>255955</x:v>
       </x:c>
       <x:c r="I419" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:9">
       <x:c r="A420" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B420" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C420" t="str">
         <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D420" t="str">
         <x:v/>
       </x:c>
       <x:c r="E420" t="str">
         <x:v/>
       </x:c>
       <x:c r="F420" t="str">
-        <x:v>7.5 %</x:v>
+        <x:v>5.9 %</x:v>
       </x:c>
       <x:c r="G420" t="str">
         <x:v/>
       </x:c>
       <x:c r="H420" t="str">
-        <x:v>15021920</x:v>
+        <x:v>5371</x:v>
       </x:c>
       <x:c r="I420" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:9">
       <x:c r="A421" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B421" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C421" t="str">
-        <x:v>Bachelor's Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D421" t="str">
         <x:v/>
       </x:c>
       <x:c r="E421" t="str">
         <x:v/>
       </x:c>
       <x:c r="F421" t="str">
-        <x:v>17.6 %</x:v>
+        <x:v>5.1 %</x:v>
       </x:c>
       <x:c r="G421" t="str">
         <x:v/>
       </x:c>
       <x:c r="H421" t="str">
-        <x:v>35148428</x:v>
+        <x:v>2844</x:v>
       </x:c>
       <x:c r="I421" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:9">
       <x:c r="A422" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B422" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C422" t="str">
-        <x:v>Graduate or Professional Degree</x:v>
+        <x:v>Associates Degree</x:v>
       </x:c>
       <x:c r="D422" t="str">
         <x:v/>
       </x:c>
       <x:c r="E422" t="str">
         <x:v/>
       </x:c>
       <x:c r="F422" t="str">
-        <x:v>5.7 %</x:v>
+        <x:v>5.5 %</x:v>
       </x:c>
       <x:c r="G422" t="str">
         <x:v/>
       </x:c>
       <x:c r="H422" t="str">
-        <x:v>11323456</x:v>
+        <x:v>4068</x:v>
       </x:c>
       <x:c r="I422" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>