--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1cde2c8f2eb478b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8eb23868ff0349f6ad65db218740d9f4.psmdcp" Id="Rfed8e425a4344679" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa1175c8a17442e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c350df1a8bbe4e97bd167a55f1b0d6f9.psmdcp" Id="R74e2e8a960144bb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>