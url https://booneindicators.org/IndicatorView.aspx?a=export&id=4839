--- v3 (2026-02-24)
+++ v4 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa1175c8a17442e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c350df1a8bbe4e97bd167a55f1b0d6f9.psmdcp" Id="R74e2e8a960144bb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd74267aebb174de9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7450fd61e89441d89210ccc4a0173dd.psmdcp" Id="R96d5f154e9c147e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>