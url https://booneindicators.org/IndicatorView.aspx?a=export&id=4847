--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cde0fccd20642f6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9035fa01d38435fb902055e890fe890.psmdcp" Id="R57d9e0532b3b490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999c124d4b72411a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d50b4e0e7e74304b327180ee2f7915a.psmdcp" Id="R2890d076448f460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>