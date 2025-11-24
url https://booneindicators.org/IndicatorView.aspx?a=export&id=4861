--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2517ac83b9e04540" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df6f1fe45a2541b69911dbff26740551.psmdcp" Id="R4e2ce8f30d3d4a88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe1774680ab4bbc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b394644643c4f9bb4da06777aedef4a.psmdcp" Id="R5d18693dcd1a4ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>