--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe1774680ab4bbc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b394644643c4f9bb4da06777aedef4a.psmdcp" Id="R5d18693dcd1a4ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bfa1efc1d4349ee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4bbc48a4052f4ed0b8a3efdc11f87403.psmdcp" Id="Ra746134831d44d44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -463,3154 +463,3154 @@
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Category 2</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Category 3</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Value</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>ValueMOE</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>NumeratorValue</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>NumeratorMOE</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>12.91 %</x:v>
+        <x:v>4 %</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>551290</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>6.1 %</x:v>
+        <x:v>8.2 %</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>89706</x:v>
+        <x:v>11555</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v/>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>8.2 %</x:v>
+        <x:v>4.7 %</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>11555</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v/>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>4 %</x:v>
+        <x:v>7.8 %</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>1634</x:v>
+        <x:v>7997</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v/>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>8 %</x:v>
+        <x:v>4.4 %</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>10210</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v/>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>4.4 %</x:v>
+        <x:v>8 %</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>1484</x:v>
+        <x:v>10210</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v/>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>7.8 %</x:v>
+        <x:v>6.1 %</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v/>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>7997</x:v>
+        <x:v>89706</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D10" t="str">
         <x:v/>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>4.7 %</x:v>
+        <x:v>12.91 %</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v/>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>1273</x:v>
+        <x:v>551290</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v/>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>12.2 %</x:v>
+        <x:v>5.4 %</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v/>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>27547700</x:v>
+        <x:v>4208983</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v/>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>5.4 %</x:v>
+        <x:v>12.2 %</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v/>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>4208983</x:v>
+        <x:v>27547700</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v/>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>11.6 %</x:v>
+        <x:v>3.9 %</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v/>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>478942</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>8002</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v/>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>6.2 %</x:v>
+        <x:v>7.4 %</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v/>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>90368</x:v>
+        <x:v>9259</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v/>
+        <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v/>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>7.4 %</x:v>
+        <x:v>3.8 %</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v/>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>9259</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>1007</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v/>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>3.9 %</x:v>
+        <x:v>7.5 %</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v/>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>1562</x:v>
+        <x:v>7274</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v/>
+        <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B17" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v/>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>7.6 %</x:v>
+        <x:v>4.1 %</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v/>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>10500</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>1097</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v/>
       </x:c>
       <x:c r="E18" t="str">
         <x:v/>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>4.1 %</x:v>
+        <x:v>7.6 %</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v/>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>1359</x:v>
+        <x:v>10500</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v/>
+        <x:v>1097</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v/>
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>7.5 %</x:v>
+        <x:v>6.2 %</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v/>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>7274</x:v>
+        <x:v>90368</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>865</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D20" t="str">
         <x:v/>
       </x:c>
       <x:c r="E20" t="str">
         <x:v/>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>3.8 %</x:v>
+        <x:v>11.6 %</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v/>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>1021</x:v>
+        <x:v>478942</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v/>
+        <x:v>8002</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D21" t="str">
         <x:v/>
       </x:c>
       <x:c r="E21" t="str">
         <x:v/>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>11.1 %</x:v>
+        <x:v>5.3 %</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v/>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>21979181</x:v>
+        <x:v>4155345</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>150112</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D22" t="str">
         <x:v/>
       </x:c>
       <x:c r="E22" t="str">
         <x:v/>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>5.3 %</x:v>
+        <x:v>11.1 %</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v/>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>4155345</x:v>
+        <x:v>21979181</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v/>
+        <x:v>150112</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D23" t="str">
         <x:v/>
       </x:c>
       <x:c r="E23" t="str">
         <x:v/>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>13.5 %</x:v>
+        <x:v>4 %</x:v>
       </x:c>
       <x:c r="G23" t="str">
         <x:v/>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>482624</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v>8150</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D24" t="str">
         <x:v/>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>6 %</x:v>
+        <x:v>9.3 %</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v/>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>87904</x:v>
+        <x:v>10192</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>3191</x:v>
+        <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D25" t="str">
         <x:v/>
       </x:c>
       <x:c r="E25" t="str">
         <x:v/>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>9.3 %</x:v>
+        <x:v>3.8 %</x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v/>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>10192</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v>894</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D26" t="str">
         <x:v/>
       </x:c>
       <x:c r="E26" t="str">
         <x:v/>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>4 %</x:v>
+        <x:v>9.6 %</x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v/>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>1644</x:v>
+        <x:v>8185</x:v>
       </x:c>
       <x:c r="I26" t="str">
-        <x:v>386</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B27" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v/>
       </x:c>
       <x:c r="E27" t="str">
         <x:v/>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>9.6 %</x:v>
+        <x:v>4 %</x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v/>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>11472</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>921</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B28" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D28" t="str">
         <x:v/>
       </x:c>
       <x:c r="E28" t="str">
         <x:v/>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>4 %</x:v>
+        <x:v>9.6 %</x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v/>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>1368</x:v>
+        <x:v>11472</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v>344</x:v>
+        <x:v>921</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D29" t="str">
         <x:v/>
       </x:c>
       <x:c r="E29" t="str">
         <x:v/>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>9.6 %</x:v>
+        <x:v>6 %</x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v/>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>8185</x:v>
+        <x:v>87904</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v>825</x:v>
+        <x:v>3191</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D30" t="str">
         <x:v/>
       </x:c>
       <x:c r="E30" t="str">
         <x:v/>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>3.8 %</x:v>
+        <x:v>13.5 %</x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v/>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>1014</x:v>
+        <x:v>482624</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v>303</x:v>
+        <x:v>8150</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D31" t="str">
         <x:v/>
       </x:c>
       <x:c r="E31" t="str">
         <x:v/>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>12.5 %</x:v>
+        <x:v>5.3 %</x:v>
       </x:c>
       <x:c r="G31" t="str">
         <x:v/>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>23905904</x:v>
+        <x:v>4168731</x:v>
       </x:c>
       <x:c r="I31" t="str">
-        <x:v>211913</x:v>
+        <x:v>33707</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D32" t="str">
         <x:v/>
       </x:c>
       <x:c r="E32" t="str">
         <x:v/>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>5.3 %</x:v>
+        <x:v>12.5 %</x:v>
       </x:c>
       <x:c r="G32" t="str">
         <x:v/>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>4168731</x:v>
+        <x:v>23905904</x:v>
       </x:c>
       <x:c r="I32" t="str">
-        <x:v>33707</x:v>
+        <x:v>211913</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D33" t="str">
         <x:v/>
       </x:c>
       <x:c r="E33" t="str">
         <x:v/>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>13.4 %</x:v>
+        <x:v>3.6 %</x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v/>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>476266</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v>8013</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D34" t="str">
         <x:v/>
       </x:c>
       <x:c r="E34" t="str">
         <x:v/>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>5.8 %</x:v>
+        <x:v>9 %</x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v/>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>84423</x:v>
+        <x:v>9372</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v>3334</x:v>
+        <x:v>1148</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D35" t="str">
         <x:v/>
       </x:c>
       <x:c r="E35" t="str">
         <x:v/>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>9 %</x:v>
+        <x:v>3.4 %</x:v>
       </x:c>
       <x:c r="G35" t="str">
         <x:v/>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>9372</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v>1148</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D36" t="str">
         <x:v/>
       </x:c>
       <x:c r="E36" t="str">
         <x:v/>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>3.6 %</x:v>
+        <x:v>8.9 %</x:v>
       </x:c>
       <x:c r="G36" t="str">
         <x:v/>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>1454</x:v>
+        <x:v>7561</x:v>
       </x:c>
       <x:c r="I36" t="str">
-        <x:v>394</x:v>
+        <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B37" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D37" t="str">
         <x:v/>
       </x:c>
       <x:c r="E37" t="str">
         <x:v/>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>9.2 %</x:v>
+        <x:v>3.3 %</x:v>
       </x:c>
       <x:c r="G37" t="str">
         <x:v/>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>10734</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>1166</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B38" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D38" t="str">
         <x:v/>
       </x:c>
       <x:c r="E38" t="str">
         <x:v/>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>3.3 %</x:v>
+        <x:v>9.2 %</x:v>
       </x:c>
       <x:c r="G38" t="str">
         <x:v/>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>1095</x:v>
+        <x:v>10734</x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v>318</x:v>
+        <x:v>1166</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D39" t="str">
         <x:v/>
       </x:c>
       <x:c r="E39" t="str">
         <x:v/>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>8.9 %</x:v>
+        <x:v>5.8 %</x:v>
       </x:c>
       <x:c r="G39" t="str">
         <x:v/>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>7561</x:v>
+        <x:v>84423</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v>1010</x:v>
+        <x:v>3334</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C40" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D40" t="str">
         <x:v/>
       </x:c>
       <x:c r="E40" t="str">
         <x:v/>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>3.4 %</x:v>
+        <x:v>13.4 %</x:v>
       </x:c>
       <x:c r="G40" t="str">
         <x:v/>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>884</x:v>
+        <x:v>476266</x:v>
       </x:c>
       <x:c r="I40" t="str">
-        <x:v>255</x:v>
+        <x:v>8013</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B41" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>19-64</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D41" t="str">
         <x:v/>
       </x:c>
       <x:c r="E41" t="str">
         <x:v/>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>12.5 %</x:v>
+        <x:v>5.2 %</x:v>
       </x:c>
       <x:c r="G41" t="str">
         <x:v/>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>23640483</x:v>
+        <x:v>4016835</x:v>
       </x:c>
       <x:c r="I41" t="str">
-        <x:v>214539</x:v>
+        <x:v>33707</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B42" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>19-64</x:v>
       </x:c>
       <x:c r="D42" t="str">
         <x:v/>
       </x:c>
       <x:c r="E42" t="str">
         <x:v/>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>5.2 %</x:v>
+        <x:v>12.5 %</x:v>
       </x:c>
       <x:c r="G42" t="str">
         <x:v/>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>4016835</x:v>
+        <x:v>23640483</x:v>
       </x:c>
       <x:c r="I42" t="str">
-        <x:v>33707</x:v>
+        <x:v>214539</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D43" t="str">
         <x:v/>
       </x:c>
       <x:c r="E43" t="str">
         <x:v/>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>11.1 %</x:v>
+        <x:v>5.1 %</x:v>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>0.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>555130</x:v>
+        <x:v>3945906</x:v>
       </x:c>
       <x:c r="I43" t="str">
-        <x:v>1.48</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D44" t="str">
         <x:v/>
       </x:c>
       <x:c r="E44" t="str">
         <x:v/>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>5.6 %</x:v>
+        <x:v>10.3 %</x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>0.2</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>81097</x:v>
+        <x:v>27856143</x:v>
       </x:c>
       <x:c r="I44" t="str">
-        <x:v>3.53</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C45" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D45" t="str">
         <x:v/>
       </x:c>
       <x:c r="E45" t="str">
         <x:v/>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>7.9 %</x:v>
+        <x:v>5.6 %</x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>0.68</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>12257</x:v>
+        <x:v>81097</x:v>
       </x:c>
       <x:c r="I45" t="str">
-        <x:v>8.56</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D46" t="str">
         <x:v/>
       </x:c>
       <x:c r="E46" t="str">
         <x:v/>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>4.1 %</x:v>
+        <x:v>11.1 %</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>1.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>1638</x:v>
+        <x:v>555130</x:v>
       </x:c>
       <x:c r="I46" t="str">
-        <x:v>27.9</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D47" t="str">
         <x:v/>
       </x:c>
       <x:c r="E47" t="str">
         <x:v/>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>7.9 %</x:v>
+        <x:v>4.1 %</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v>0.74</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>10462</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="I47" t="str">
-        <x:v>9.42</x:v>
+        <x:v>27.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9">
       <x:c r="A48" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D48" t="str">
         <x:v/>
       </x:c>
       <x:c r="E48" t="str">
         <x:v/>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v>4.1 %</x:v>
+        <x:v>7.9 %</x:v>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>1.21</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>1338</x:v>
+        <x:v>12257</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v>29.52</x:v>
+        <x:v>8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9">
       <x:c r="A49" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B49" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D49" t="str">
         <x:v/>
       </x:c>
       <x:c r="E49" t="str">
         <x:v/>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>7.6 %</x:v>
+        <x:v>3.6 %</x:v>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>0.83</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>8209</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="I49" t="str">
-        <x:v>10.88</x:v>
+        <x:v>32.25</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9">
       <x:c r="A50" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B50" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D50" t="str">
         <x:v/>
       </x:c>
       <x:c r="E50" t="str">
         <x:v/>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>3.6 %</x:v>
+        <x:v>7.6 %</x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>1.16</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>927</x:v>
+        <x:v>8209</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v>32.25</x:v>
+        <x:v>10.88</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9">
       <x:c r="A51" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D51" t="str">
         <x:v/>
       </x:c>
       <x:c r="E51" t="str">
         <x:v/>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>10.3 %</x:v>
+        <x:v>4.1 %</x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>0.08</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>27856143</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="I51" t="str">
-        <x:v>0.81</x:v>
+        <x:v>29.52</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9">
       <x:c r="A52" t="str">
         <x:v>2015 - 2019</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D52" t="str">
         <x:v/>
       </x:c>
       <x:c r="E52" t="str">
         <x:v/>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>5.1 %</x:v>
+        <x:v>7.9 %</x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>0.05</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>3945906</x:v>
+        <x:v>10462</x:v>
       </x:c>
       <x:c r="I52" t="str">
-        <x:v>0.92</x:v>
+        <x:v>9.42</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9">
       <x:c r="A53" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D53" t="str">
         <x:v/>
       </x:c>
       <x:c r="E53" t="str">
         <x:v/>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>11.5 %</x:v>
+        <x:v>3.5 %</x:v>
       </x:c>
       <x:c r="G53" t="str">
         <x:v/>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>576685</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="I53" t="str">
-        <x:v>8452</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9">
       <x:c r="A54" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D54" t="str">
         <x:v/>
       </x:c>
       <x:c r="E54" t="str">
         <x:v/>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>5.8 %</x:v>
+        <x:v>7.8 %</x:v>
       </x:c>
       <x:c r="G54" t="str">
         <x:v/>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>85240</x:v>
+        <x:v>12221</x:v>
       </x:c>
       <x:c r="I54" t="str">
-        <x:v>3099</x:v>
+        <x:v>933</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9">
       <x:c r="A55" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D55" t="str">
         <x:v/>
       </x:c>
       <x:c r="E55" t="str">
         <x:v/>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>7.8 %</x:v>
+        <x:v>3.1 %</x:v>
       </x:c>
       <x:c r="G55" t="str">
         <x:v/>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>12221</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="I55" t="str">
-        <x:v>933</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9">
       <x:c r="A56" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D56" t="str">
         <x:v/>
       </x:c>
       <x:c r="E56" t="str">
         <x:v/>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>3.5 %</x:v>
+        <x:v>7.3 %</x:v>
       </x:c>
       <x:c r="G56" t="str">
         <x:v/>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>1415</x:v>
+        <x:v>7878</x:v>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v>377</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9">
       <x:c r="A57" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B57" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D57" t="str">
         <x:v/>
       </x:c>
       <x:c r="E57" t="str">
         <x:v/>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>7.9 %</x:v>
+        <x:v>3.6 %</x:v>
       </x:c>
       <x:c r="G57" t="str">
         <x:v/>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>10410</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="I57" t="str">
-        <x:v>919</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9">
       <x:c r="A58" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B58" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D58" t="str">
         <x:v/>
       </x:c>
       <x:c r="E58" t="str">
         <x:v/>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>3.6 %</x:v>
+        <x:v>7.9 %</x:v>
       </x:c>
       <x:c r="G58" t="str">
         <x:v/>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>1169</x:v>
+        <x:v>10410</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v>327</x:v>
+        <x:v>919</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9">
       <x:c r="A59" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D59" t="str">
         <x:v/>
       </x:c>
       <x:c r="E59" t="str">
         <x:v/>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>7.3 %</x:v>
+        <x:v>5.8 %</x:v>
       </x:c>
       <x:c r="G59" t="str">
         <x:v/>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>7878</x:v>
+        <x:v>85240</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v>788</x:v>
+        <x:v>3099</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9">
       <x:c r="A60" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D60" t="str">
         <x:v/>
       </x:c>
       <x:c r="E60" t="str">
         <x:v/>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>3.1 %</x:v>
+        <x:v>11.5 %</x:v>
       </x:c>
       <x:c r="G60" t="str">
         <x:v/>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>790</x:v>
+        <x:v>576685</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v>276</x:v>
+        <x:v>8452</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9">
       <x:c r="A61" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B61" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D61" t="str">
         <x:v/>
       </x:c>
       <x:c r="E61" t="str">
         <x:v/>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>10.9 %</x:v>
+        <x:v>5.2 %</x:v>
       </x:c>
       <x:c r="G61" t="str">
         <x:v/>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>29359445</x:v>
+        <x:v>4062804</x:v>
       </x:c>
       <x:c r="I61" t="str">
-        <x:v>231357</x:v>
+        <x:v>34509</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9">
       <x:c r="A62" t="str">
         <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B62" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D62" t="str">
         <x:v/>
       </x:c>
       <x:c r="E62" t="str">
         <x:v/>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>5.2 %</x:v>
+        <x:v>10.9 %</x:v>
       </x:c>
       <x:c r="G62" t="str">
         <x:v/>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>4062804</x:v>
+        <x:v>29359445</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v>34509</x:v>
+        <x:v>231357</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9">
       <x:c r="A63" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D63" t="str">
         <x:v/>
       </x:c>
       <x:c r="E63" t="str">
         <x:v/>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>12.2 %</x:v>
+        <x:v>5.7 %</x:v>
       </x:c>
       <x:c r="G63" t="str">
         <x:v/>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>617371</x:v>
+        <x:v>4434876</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v>8300</x:v>
+        <x:v>36565</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9">
       <x:c r="A64" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B64" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C64" t="str">
         <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D64" t="str">
         <x:v/>
       </x:c>
       <x:c r="E64" t="str">
         <x:v/>
       </x:c>
       <x:c r="F64" t="str">
         <x:v>6.1 %</x:v>
       </x:c>
       <x:c r="G64" t="str">
         <x:v/>
       </x:c>
       <x:c r="H64" t="str">
         <x:v>89999</x:v>
       </x:c>
       <x:c r="I64" t="str">
         <x:v>2784</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9">
       <x:c r="A65" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B65" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D65" t="str">
         <x:v/>
       </x:c>
       <x:c r="E65" t="str">
         <x:v/>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>8.2 %</x:v>
+        <x:v>4 %</x:v>
       </x:c>
       <x:c r="G65" t="str">
         <x:v/>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>12755</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="I65" t="str">
-        <x:v>1065</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9">
       <x:c r="A66" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C66" t="str">
         <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D66" t="str">
         <x:v/>
       </x:c>
       <x:c r="E66" t="str">
         <x:v/>
       </x:c>
       <x:c r="F66" t="str">
-        <x:v>4 %</x:v>
+        <x:v>3.8 %</x:v>
       </x:c>
       <x:c r="G66" t="str">
         <x:v/>
       </x:c>
       <x:c r="H66" t="str">
-        <x:v>1584</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="I66" t="str">
-        <x:v>347</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9">
       <x:c r="A67" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B67" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C67" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 19</x:v>
       </x:c>
       <x:c r="D67" t="str">
         <x:v/>
       </x:c>
       <x:c r="E67" t="str">
         <x:v/>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>8.2 %</x:v>
+        <x:v>4.3 %</x:v>
       </x:c>
       <x:c r="G67" t="str">
         <x:v/>
       </x:c>
       <x:c r="H67" t="str">
-        <x:v>10741</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="I67" t="str">
-        <x:v>990</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9">
       <x:c r="A68" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C68" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D68" t="str">
         <x:v/>
       </x:c>
       <x:c r="E68" t="str">
         <x:v/>
       </x:c>
       <x:c r="F68" t="str">
-        <x:v>4.3 %</x:v>
+        <x:v>12.2 %</x:v>
       </x:c>
       <x:c r="G68" t="str">
         <x:v/>
       </x:c>
       <x:c r="H68" t="str">
-        <x:v>1398</x:v>
+        <x:v>32773835</x:v>
       </x:c>
       <x:c r="I68" t="str">
-        <x:v>317</x:v>
+        <x:v>236688</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9">
       <x:c r="A69" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C69" t="str">
         <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D69" t="str">
         <x:v/>
       </x:c>
       <x:c r="E69" t="str">
         <x:v/>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>7.5 %</x:v>
+        <x:v>12.2 %</x:v>
       </x:c>
       <x:c r="G69" t="str">
         <x:v/>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v>7981</x:v>
+        <x:v>617371</x:v>
       </x:c>
       <x:c r="I69" t="str">
-        <x:v>854</x:v>
+        <x:v>8300</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9">
       <x:c r="A70" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C70" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D70" t="str">
         <x:v/>
       </x:c>
       <x:c r="E70" t="str">
         <x:v/>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>3.8 %</x:v>
+        <x:v>8.2 %</x:v>
       </x:c>
       <x:c r="G70" t="str">
         <x:v/>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v>957</x:v>
+        <x:v>12755</x:v>
       </x:c>
       <x:c r="I70" t="str">
-        <x:v>279</x:v>
+        <x:v>1065</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9">
       <x:c r="A71" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B71" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C71" t="str">
         <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D71" t="str">
         <x:v/>
       </x:c>
       <x:c r="E71" t="str">
         <x:v/>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>12.2 %</x:v>
+        <x:v>7.5 %</x:v>
       </x:c>
       <x:c r="G71" t="str">
         <x:v/>
       </x:c>
       <x:c r="H71" t="str">
-        <x:v>32773835</x:v>
+        <x:v>7981</x:v>
       </x:c>
       <x:c r="I71" t="str">
-        <x:v>236688</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9">
       <x:c r="A72" t="str">
         <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B72" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C72" t="str">
-        <x:v>Under 19</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D72" t="str">
         <x:v/>
       </x:c>
       <x:c r="E72" t="str">
         <x:v/>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>5.7 %</x:v>
+        <x:v>8.2 %</x:v>
       </x:c>
       <x:c r="G72" t="str">
         <x:v/>
       </x:c>
       <x:c r="H72" t="str">
-        <x:v>4434876</x:v>
+        <x:v>10741</x:v>
       </x:c>
       <x:c r="I72" t="str">
-        <x:v>36565</x:v>
+        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9">
       <x:c r="A73" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C73" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D73" t="str">
         <x:v/>
       </x:c>
       <x:c r="E73" t="str">
         <x:v/>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>6.3 %</x:v>
+        <x:v>5.9 %</x:v>
       </x:c>
       <x:c r="G73" t="str">
         <x:v/>
       </x:c>
       <x:c r="H73" t="str">
-        <x:v>87432</x:v>
+        <x:v>4333068</x:v>
       </x:c>
       <x:c r="I73" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9">
       <x:c r="A74" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B74" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C74" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D74" t="str">
         <x:v/>
       </x:c>
       <x:c r="E74" t="str">
         <x:v/>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>13.2 %</x:v>
+        <x:v>6.3 %</x:v>
       </x:c>
       <x:c r="G74" t="str">
         <x:v/>
       </x:c>
       <x:c r="H74" t="str">
-        <x:v>669498</x:v>
+        <x:v>87432</x:v>
       </x:c>
       <x:c r="I74" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9">
       <x:c r="A75" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B75" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C75" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D75" t="str">
         <x:v/>
       </x:c>
       <x:c r="E75" t="str">
         <x:v/>
       </x:c>
       <x:c r="F75" t="str">
         <x:v>4.9 %</x:v>
       </x:c>
       <x:c r="G75" t="str">
         <x:v/>
       </x:c>
       <x:c r="H75" t="str">
         <x:v>1729</x:v>
       </x:c>
       <x:c r="I75" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9">
       <x:c r="A76" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C76" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D76" t="str">
         <x:v/>
       </x:c>
       <x:c r="E76" t="str">
         <x:v/>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>8.9 %</x:v>
+        <x:v>5.4 %</x:v>
       </x:c>
       <x:c r="G76" t="str">
         <x:v/>
       </x:c>
       <x:c r="H76" t="str">
-        <x:v>13737</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="I76" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9">
       <x:c r="A77" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C77" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D77" t="str">
         <x:v/>
       </x:c>
       <x:c r="E77" t="str">
         <x:v/>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>5.4 %</x:v>
+        <x:v>5.3 %</x:v>
       </x:c>
       <x:c r="G77" t="str">
         <x:v/>
       </x:c>
       <x:c r="H77" t="str">
-        <x:v>1534</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="I77" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9">
       <x:c r="A78" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B78" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C78" t="str">
         <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D78" t="str">
         <x:v/>
       </x:c>
       <x:c r="E78" t="str">
         <x:v/>
       </x:c>
       <x:c r="F78" t="str">
-        <x:v>8.9 %</x:v>
+        <x:v>13.5 %</x:v>
       </x:c>
       <x:c r="G78" t="str">
         <x:v/>
       </x:c>
       <x:c r="H78" t="str">
-        <x:v>11575</x:v>
+        <x:v>36293307</x:v>
       </x:c>
       <x:c r="I78" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9">
       <x:c r="A79" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B79" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C79" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D79" t="str">
         <x:v/>
       </x:c>
       <x:c r="E79" t="str">
         <x:v/>
       </x:c>
       <x:c r="F79" t="str">
-        <x:v>5.3 %</x:v>
+        <x:v>13.2 %</x:v>
       </x:c>
       <x:c r="G79" t="str">
         <x:v/>
       </x:c>
       <x:c r="H79" t="str">
-        <x:v>1141</x:v>
+        <x:v>669498</x:v>
       </x:c>
       <x:c r="I79" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9">
       <x:c r="A80" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B80" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C80" t="str">
         <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D80" t="str">
         <x:v/>
       </x:c>
       <x:c r="E80" t="str">
         <x:v/>
       </x:c>
       <x:c r="F80" t="str">
-        <x:v>7.8 %</x:v>
+        <x:v>8.9 %</x:v>
       </x:c>
       <x:c r="G80" t="str">
         <x:v/>
       </x:c>
       <x:c r="H80" t="str">
-        <x:v>8268</x:v>
+        <x:v>13737</x:v>
       </x:c>
       <x:c r="I80" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9">
       <x:c r="A81" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B81" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C81" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D81" t="str">
         <x:v/>
       </x:c>
       <x:c r="E81" t="str">
         <x:v/>
       </x:c>
       <x:c r="F81" t="str">
-        <x:v>5.9 %</x:v>
+        <x:v>8.9 %</x:v>
       </x:c>
       <x:c r="G81" t="str">
         <x:v/>
       </x:c>
       <x:c r="H81" t="str">
-        <x:v>4333068</x:v>
+        <x:v>11575</x:v>
       </x:c>
       <x:c r="I81" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9">
       <x:c r="A82" t="str">
         <x:v>2012 - 2016</x:v>
       </x:c>
       <x:c r="B82" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C82" t="str">
         <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D82" t="str">
         <x:v/>
       </x:c>
       <x:c r="E82" t="str">
         <x:v/>
       </x:c>
       <x:c r="F82" t="str">
-        <x:v>13.5 %</x:v>
+        <x:v>7.8 %</x:v>
       </x:c>
       <x:c r="G82" t="str">
         <x:v/>
       </x:c>
       <x:c r="H82" t="str">
-        <x:v>36293307</x:v>
+        <x:v>8268</x:v>
       </x:c>
       <x:c r="I82" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9">
       <x:c r="A83" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B83" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C83" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D83" t="str">
         <x:v/>
       </x:c>
       <x:c r="E83" t="str">
         <x:v/>
       </x:c>
       <x:c r="F83" t="str">
-        <x:v>6.7 %</x:v>
+        <x:v>6.47 %</x:v>
       </x:c>
       <x:c r="G83" t="str">
         <x:v/>
       </x:c>
       <x:c r="H83" t="str">
-        <x:v>93601</x:v>
+        <x:v>4756380</x:v>
       </x:c>
       <x:c r="I83" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9">
       <x:c r="A84" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B84" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C84" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D84" t="str">
         <x:v/>
       </x:c>
       <x:c r="E84" t="str">
         <x:v/>
       </x:c>
       <x:c r="F84" t="str">
-        <x:v>14.27 %</x:v>
+        <x:v>6.7 %</x:v>
       </x:c>
       <x:c r="G84" t="str">
         <x:v/>
       </x:c>
       <x:c r="H84" t="str">
-        <x:v>722816</x:v>
+        <x:v>93601</x:v>
       </x:c>
       <x:c r="I84" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9">
       <x:c r="A85" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B85" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C85" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D85" t="str">
         <x:v/>
       </x:c>
       <x:c r="E85" t="str">
         <x:v/>
       </x:c>
       <x:c r="F85" t="str">
         <x:v>5.02 %</x:v>
       </x:c>
       <x:c r="G85" t="str">
         <x:v/>
       </x:c>
       <x:c r="H85" t="str">
         <x:v>1760</x:v>
       </x:c>
       <x:c r="I85" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9">
       <x:c r="A86" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B86" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C86" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D86" t="str">
         <x:v/>
       </x:c>
       <x:c r="E86" t="str">
         <x:v/>
       </x:c>
       <x:c r="F86" t="str">
-        <x:v>9.1 %</x:v>
+        <x:v>5.39 %</x:v>
       </x:c>
       <x:c r="G86" t="str">
         <x:v/>
       </x:c>
       <x:c r="H86" t="str">
-        <x:v>13902</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="I86" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9">
       <x:c r="A87" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B87" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C87" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D87" t="str">
         <x:v/>
       </x:c>
       <x:c r="E87" t="str">
         <x:v/>
       </x:c>
       <x:c r="F87" t="str">
         <x:v>5.52 %</x:v>
       </x:c>
       <x:c r="G87" t="str">
         <x:v/>
       </x:c>
       <x:c r="H87" t="str">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="I87" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9">
       <x:c r="A88" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B88" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C88" t="str">
         <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D88" t="str">
         <x:v/>
       </x:c>
       <x:c r="E88" t="str">
         <x:v/>
       </x:c>
       <x:c r="F88" t="str">
-        <x:v>8.99 %</x:v>
+        <x:v>14.93 %</x:v>
       </x:c>
       <x:c r="G88" t="str">
         <x:v/>
       </x:c>
       <x:c r="H88" t="str">
-        <x:v>11609</x:v>
+        <x:v>40032445</x:v>
       </x:c>
       <x:c r="I88" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9">
       <x:c r="A89" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B89" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C89" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D89" t="str">
         <x:v/>
       </x:c>
       <x:c r="E89" t="str">
         <x:v/>
       </x:c>
       <x:c r="F89" t="str">
-        <x:v>5.39 %</x:v>
+        <x:v>14.27 %</x:v>
       </x:c>
       <x:c r="G89" t="str">
         <x:v/>
       </x:c>
       <x:c r="H89" t="str">
-        <x:v>1161</x:v>
+        <x:v>722816</x:v>
       </x:c>
       <x:c r="I89" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9">
       <x:c r="A90" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B90" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C90" t="str">
         <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D90" t="str">
         <x:v/>
       </x:c>
       <x:c r="E90" t="str">
         <x:v/>
       </x:c>
       <x:c r="F90" t="str">
-        <x:v>8.34 %</x:v>
+        <x:v>9.1 %</x:v>
       </x:c>
       <x:c r="G90" t="str">
         <x:v/>
       </x:c>
       <x:c r="H90" t="str">
-        <x:v>8714</x:v>
+        <x:v>13902</x:v>
       </x:c>
       <x:c r="I90" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9">
       <x:c r="A91" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B91" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C91" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D91" t="str">
         <x:v/>
       </x:c>
       <x:c r="E91" t="str">
         <x:v/>
       </x:c>
       <x:c r="F91" t="str">
-        <x:v>6.47 %</x:v>
+        <x:v>8.34 %</x:v>
       </x:c>
       <x:c r="G91" t="str">
         <x:v/>
       </x:c>
       <x:c r="H91" t="str">
-        <x:v>4756380</x:v>
+        <x:v>8714</x:v>
       </x:c>
       <x:c r="I91" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9">
       <x:c r="A92" t="str">
         <x:v>2011 - 2015</x:v>
       </x:c>
       <x:c r="B92" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C92" t="str">
         <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D92" t="str">
         <x:v/>
       </x:c>
       <x:c r="E92" t="str">
         <x:v/>
       </x:c>
       <x:c r="F92" t="str">
-        <x:v>14.93 %</x:v>
+        <x:v>8.99 %</x:v>
       </x:c>
       <x:c r="G92" t="str">
         <x:v/>
       </x:c>
       <x:c r="H92" t="str">
-        <x:v>40032445</x:v>
+        <x:v>11609</x:v>
       </x:c>
       <x:c r="I92" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9">
       <x:c r="A93" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B93" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C93" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D93" t="str">
         <x:v/>
       </x:c>
       <x:c r="E93" t="str">
         <x:v/>
       </x:c>
       <x:c r="F93" t="str">
-        <x:v>6.8 %</x:v>
+        <x:v>16.3 %</x:v>
       </x:c>
       <x:c r="G93" t="str">
         <x:v/>
       </x:c>
       <x:c r="H93" t="str">
-        <x:v>95396</x:v>
+        <x:v>43466067</x:v>
       </x:c>
       <x:c r="I93" t="str">
-        <x:v>2784</x:v>
+        <x:v>213154</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9">
       <x:c r="A94" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B94" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C94" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D94" t="str">
         <x:v/>
       </x:c>
       <x:c r="E94" t="str">
         <x:v/>
       </x:c>
       <x:c r="F94" t="str">
-        <x:v>15 %</x:v>
+        <x:v>7.1 %</x:v>
       </x:c>
       <x:c r="G94" t="str">
         <x:v/>
       </x:c>
       <x:c r="H94" t="str">
-        <x:v>758427</x:v>
+        <x:v>5217055</x:v>
       </x:c>
       <x:c r="I94" t="str">
-        <x:v>7372</x:v>
+        <x:v>45373</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9">
       <x:c r="A95" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B95" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C95" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D95" t="str">
         <x:v/>
       </x:c>
       <x:c r="E95" t="str">
         <x:v/>
       </x:c>
       <x:c r="F95" t="str">
-        <x:v>5.8 %</x:v>
+        <x:v>15 %</x:v>
       </x:c>
       <x:c r="G95" t="str">
         <x:v/>
       </x:c>
       <x:c r="H95" t="str">
-        <x:v>2027</x:v>
+        <x:v>758427</x:v>
       </x:c>
       <x:c r="I95" t="str">
-        <x:v>480</x:v>
+        <x:v>7372</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9">
       <x:c r="A96" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B96" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C96" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D96" t="str">
         <x:v/>
       </x:c>
       <x:c r="E96" t="str">
         <x:v/>
       </x:c>
       <x:c r="F96" t="str">
-        <x:v>10 %</x:v>
+        <x:v>6.8 %</x:v>
       </x:c>
       <x:c r="G96" t="str">
         <x:v/>
       </x:c>
       <x:c r="H96" t="str">
-        <x:v>15091</x:v>
+        <x:v>95396</x:v>
       </x:c>
       <x:c r="I96" t="str">
-        <x:v>1098</x:v>
+        <x:v>2784</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9">
       <x:c r="A97" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B97" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C97" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D97" t="str">
         <x:v/>
       </x:c>
       <x:c r="E97" t="str">
         <x:v/>
       </x:c>
       <x:c r="F97" t="str">
-        <x:v>6.1 %</x:v>
+        <x:v>10 %</x:v>
       </x:c>
       <x:c r="G97" t="str">
         <x:v/>
       </x:c>
       <x:c r="H97" t="str">
-        <x:v>1741</x:v>
+        <x:v>15091</x:v>
       </x:c>
       <x:c r="I97" t="str">
-        <x:v>482</x:v>
+        <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9">
       <x:c r="A98" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B98" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C98" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D98" t="str">
         <x:v/>
       </x:c>
       <x:c r="E98" t="str">
         <x:v/>
       </x:c>
       <x:c r="F98" t="str">
-        <x:v>9.9 %</x:v>
+        <x:v>5.8 %</x:v>
       </x:c>
       <x:c r="G98" t="str">
         <x:v/>
       </x:c>
       <x:c r="H98" t="str">
-        <x:v>12618</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="I98" t="str">
-        <x:v>1042</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9">
       <x:c r="A99" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B99" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C99" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D99" t="str">
         <x:v/>
       </x:c>
       <x:c r="E99" t="str">
         <x:v/>
       </x:c>
       <x:c r="F99" t="str">
-        <x:v>5.9 %</x:v>
+        <x:v>9.3 %</x:v>
       </x:c>
       <x:c r="G99" t="str">
         <x:v/>
       </x:c>
       <x:c r="H99" t="str">
-        <x:v>1256</x:v>
+        <x:v>9588</x:v>
       </x:c>
       <x:c r="I99" t="str">
-        <x:v>432</x:v>
+        <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9">
       <x:c r="A100" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B100" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C100" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D100" t="str">
         <x:v/>
       </x:c>
       <x:c r="E100" t="str">
         <x:v/>
       </x:c>
       <x:c r="F100" t="str">
-        <x:v>9.3 %</x:v>
+        <x:v>5.9 %</x:v>
       </x:c>
       <x:c r="G100" t="str">
         <x:v/>
       </x:c>
       <x:c r="H100" t="str">
-        <x:v>9588</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="I100" t="str">
-        <x:v>879</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9">
       <x:c r="A101" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B101" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C101" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>Under 65</x:v>
       </x:c>
       <x:c r="D101" t="str">
         <x:v/>
       </x:c>
       <x:c r="E101" t="str">
         <x:v/>
       </x:c>
       <x:c r="F101" t="str">
-        <x:v>7.1 %</x:v>
+        <x:v>9.9 %</x:v>
       </x:c>
       <x:c r="G101" t="str">
         <x:v/>
       </x:c>
       <x:c r="H101" t="str">
-        <x:v>5217055</x:v>
+        <x:v>12618</x:v>
       </x:c>
       <x:c r="I101" t="str">
-        <x:v>45373</x:v>
+        <x:v>1042</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9">
       <x:c r="A102" t="str">
         <x:v>2010 - 2014</x:v>
       </x:c>
       <x:c r="B102" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C102" t="str">
-        <x:v>Under 65</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D102" t="str">
         <x:v/>
       </x:c>
       <x:c r="E102" t="str">
         <x:v/>
       </x:c>
       <x:c r="F102" t="str">
-        <x:v>16.3 %</x:v>
+        <x:v>6.1 %</x:v>
       </x:c>
       <x:c r="G102" t="str">
         <x:v/>
       </x:c>
       <x:c r="H102" t="str">
-        <x:v>43466067</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="I102" t="str">
-        <x:v>213154</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9">
       <x:c r="A103" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B103" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C103" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D103" t="str">
         <x:v/>
       </x:c>
       <x:c r="E103" t="str">
         <x:v/>
       </x:c>
       <x:c r="F103" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G103" t="str">
         <x:v/>
       </x:c>
       <x:c r="H103" t="str">
         <x:v/>
       </x:c>
       <x:c r="I103" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9">
       <x:c r="A104" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B104" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C104" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D104" t="str">
         <x:v/>
       </x:c>
       <x:c r="E104" t="str">
         <x:v/>
       </x:c>
       <x:c r="F104" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G104" t="str">
         <x:v/>
       </x:c>
       <x:c r="H104" t="str">
         <x:v/>
       </x:c>
       <x:c r="I104" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9">
       <x:c r="A105" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B105" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C105" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D105" t="str">
         <x:v/>
       </x:c>
       <x:c r="E105" t="str">
         <x:v/>
       </x:c>
       <x:c r="F105" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G105" t="str">
         <x:v/>
       </x:c>
       <x:c r="H105" t="str">
         <x:v/>
       </x:c>
       <x:c r="I105" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9">
       <x:c r="A106" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B106" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C106" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D106" t="str">
         <x:v/>
       </x:c>
       <x:c r="E106" t="str">
         <x:v/>
       </x:c>
       <x:c r="F106" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G106" t="str">
         <x:v/>
       </x:c>
       <x:c r="H106" t="str">
         <x:v/>
       </x:c>
       <x:c r="I106" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9">
       <x:c r="A107" t="str">
         <x:v>2007 - 2011</x:v>
       </x:c>
       <x:c r="B107" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C107" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D107" t="str">
         <x:v/>
       </x:c>
       <x:c r="E107" t="str">
         <x:v/>
       </x:c>
       <x:c r="F107" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G107" t="str">
         <x:v/>
       </x:c>
       <x:c r="H107" t="str">
         <x:v/>
       </x:c>
       <x:c r="I107" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9">
       <x:c r="A108" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B108" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C108" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D108" t="str">
         <x:v/>
       </x:c>
       <x:c r="E108" t="str">
         <x:v/>
       </x:c>
       <x:c r="F108" t="str">
         <x:v> %</x:v>
       </x:c>
       <x:c r="G108" t="str">
         <x:v/>
       </x:c>
       <x:c r="H108" t="str">
         <x:v/>
       </x:c>
       <x:c r="I108" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9">
       <x:c r="A109" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B109" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C109" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D109" t="str">
         <x:v/>
       </x:c>
       <x:c r="E109" t="str">
         <x:v/>
       </x:c>
       <x:c r="F109" t="str">
         <x:v> %</x:v>
       </x:c>
       <x:c r="G109" t="str">
         <x:v/>
       </x:c>
       <x:c r="H109" t="str">
         <x:v/>
       </x:c>
       <x:c r="I109" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9">
       <x:c r="A110" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B110" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C110" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D110" t="str">
         <x:v/>
       </x:c>
       <x:c r="E110" t="str">
         <x:v/>
       </x:c>
       <x:c r="F110" t="str">
         <x:v> %</x:v>
       </x:c>
       <x:c r="G110" t="str">
         <x:v/>
       </x:c>
       <x:c r="H110" t="str">
         <x:v/>
       </x:c>
       <x:c r="I110" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9">
       <x:c r="A111" t="str">
@@ -3624,51 +3624,51 @@
       </x:c>
       <x:c r="D111" t="str">
         <x:v/>
       </x:c>
       <x:c r="E111" t="str">
         <x:v/>
       </x:c>
       <x:c r="F111" t="str">
         <x:v> %</x:v>
       </x:c>
       <x:c r="G111" t="str">
         <x:v/>
       </x:c>
       <x:c r="H111" t="str">
         <x:v/>
       </x:c>
       <x:c r="I111" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9">
       <x:c r="A112" t="str">
         <x:v>2006 - 2010</x:v>
       </x:c>
       <x:c r="B112" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C112" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D112" t="str">
         <x:v/>
       </x:c>
       <x:c r="E112" t="str">
         <x:v/>
       </x:c>
       <x:c r="F112" t="str">
         <x:v> %</x:v>
       </x:c>
       <x:c r="G112" t="str">
         <x:v/>
       </x:c>
       <x:c r="H112" t="str">
         <x:v/>
       </x:c>
       <x:c r="I112" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>