--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bfa1efc1d4349ee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4bbc48a4052f4ed0b8a3efdc11f87403.psmdcp" Id="Ra746134831d44d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9c463f478854721" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8887637fa2924a27a7baec6f352175f1.psmdcp" Id="R7677de2f03f746e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>