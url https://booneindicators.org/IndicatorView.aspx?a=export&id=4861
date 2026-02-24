--- v3 (2026-02-24)
+++ v4 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9c463f478854721" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8887637fa2924a27a7baec6f352175f1.psmdcp" Id="R7677de2f03f746e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5998541c204741ec" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd44994c33c542c2aecd7095c037b128.psmdcp" Id="R32e32f51d29e4194" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>