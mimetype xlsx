--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d16cba379a401c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09751ac238d84701b32fdf97b03cd930.psmdcp" Id="R6da7fd139a884f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62dc61677ae14c5c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0af078dd2a347e3a9dff53b12b7927b.psmdcp" Id="Rb3bb422a950f492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>