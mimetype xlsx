--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62dc61677ae14c5c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0af078dd2a347e3a9dff53b12b7927b.psmdcp" Id="Rb3bb422a950f492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda04a058a0254f2f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b08c7b8431b74ac9a6947a307513c999.psmdcp" Id="R45512ea2f4534dec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -460,915 +460,567 @@
       </x:c>
       <x:c r="C2" t="str">
         <x:v>Category 1</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Category 2</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Category 3</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Value</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>ValueMOE</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>NumeratorValue</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>NumeratorMOE</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>White</x:v>
+        <x:v>Total</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>486.28 Per 100,000 infants</x:v>
+        <x:v>560.82 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>1391</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>1136.6 Per 100,000 infants</x:v>
+        <x:v>405.79 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>658</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>Total</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>597.01 Per 100,000 infants</x:v>
+        <x:v>1158.3 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>2131</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>White</x:v>
+        <x:v>Total</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>457.14 Per 100,000 infants</x:v>
+        <x:v>594.52 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>36</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>1180.12 Per 100,000 infants</x:v>
+        <x:v>472.2 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>19</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>Total</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>564.36 Per 100,000 infants</x:v>
+        <x:v>1190.7 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>57</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C9" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>White</x:v>
+        <x:v>Total</x:v>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>504.11 Per 100,000 infants</x:v>
+        <x:v>584.63 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v/>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>1465</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C10" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>1162.04 Per 100,000 infants</x:v>
+        <x:v>491.7 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v/>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>681</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C11" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>Total</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>614.89 Per 100,000 infants</x:v>
+        <x:v>1172.12 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v/>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>2228</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>White</x:v>
+        <x:v>Total</x:v>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>451.01 Per 100,000 infants</x:v>
+        <x:v>632.97 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v/>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>36</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C13" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>1167.08 Per 100,000 infants</x:v>
+        <x:v>526.05 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v/>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>19</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C14" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>Total</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>564.75 Per 100,000 infants</x:v>
+        <x:v>1188.5 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v/>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>58</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2009 - 2013</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C15" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>White</x:v>
+        <x:v>Total</x:v>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>522.38 Per 100,000 infants</x:v>
+        <x:v>416.82 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v/>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>1548</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2009 - 2013</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>1192.77 Per 100,000 infants</x:v>
+        <x:v>329.92 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v/>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>700</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2009 - 2013</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>Total</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>631.61 Per 100,000 infants</x:v>
+        <x:v>938.34 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v/>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>2325</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2009 - 2013</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C18" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>White</x:v>
+        <x:v>Total</x:v>
       </x:c>
       <x:c r="E18" t="str">
         <x:v/>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>483.75 Per 100,000 infants</x:v>
+        <x:v>662.87 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v/>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>39</x:v>
+        <x:v>2534</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2009 - 2013</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C19" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>1169.23 Per 100,000 infants</x:v>
+        <x:v>547 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v/>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>19</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2009 - 2013</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C20" t="str">
         <x:v>Under 1</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>Total</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E20" t="str">
         <x:v/>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>588.24 Per 100,000 infants</x:v>
+        <x:v>1234.21 Per 100,000 infants</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v/>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>61</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v/>
-[...346 lines deleted...]
-      <x:c r="I32" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>