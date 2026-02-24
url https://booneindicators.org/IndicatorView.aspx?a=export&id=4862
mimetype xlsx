--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda04a058a0254f2f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b08c7b8431b74ac9a6947a307513c999.psmdcp" Id="R45512ea2f4534dec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e958d1fd1b4459c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/135b5953c7c741779c6437c19a17e7f7.psmdcp" Id="R00d44b7330794269" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>