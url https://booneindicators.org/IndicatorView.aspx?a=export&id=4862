--- v3 (2026-02-24)
+++ v4 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e958d1fd1b4459c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/135b5953c7c741779c6437c19a17e7f7.psmdcp" Id="R00d44b7330794269" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23187b1faa46430e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5000b6b048904a4a94b3c898f780c236.psmdcp" Id="R4540e2bd4fde4270" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>