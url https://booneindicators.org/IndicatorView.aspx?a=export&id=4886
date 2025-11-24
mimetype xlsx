--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb15d9a251854781" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5ec96ac222940379f57d1d9f47ede97.psmdcp" Id="Re2465d6d1f4344b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bda4588ec214e2f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47d813225bf64d5fbe2357ccab427c7b.psmdcp" Id="Racbb41da6edd48cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>