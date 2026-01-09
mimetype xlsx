--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bda4588ec214e2f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47d813225bf64d5fbe2357ccab427c7b.psmdcp" Id="Racbb41da6edd48cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18823b879a304bcf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a48b17e677fc4276924557eeba1e2d9e.psmdcp" Id="R374ec90e48a34ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -460,741 +460,567 @@
       </x:c>
       <x:c r="C2" t="str">
         <x:v>Category 1</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Category 2</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Category 3</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Value</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>ValueMOE</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>NumeratorValue</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>NumeratorMOE</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>68.47 per 100,000 residents</x:v>
+        <x:v>67.57 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>24669</x:v>
+        <x:v>24934</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>72.81 per 100,000 residents</x:v>
+        <x:v>72.66 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>2627</x:v>
+        <x:v>2707</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>Total</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v/>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>68.45 per 100,000 residents</x:v>
+        <x:v>58.49 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>27652</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v/>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>57.18 per 100,000 residents</x:v>
+        <x:v>79.03 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>462</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Black</x:v>
+        <x:v>Total</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v/>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>83.35 per 100,000 residents</x:v>
+        <x:v>58.88 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>58</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v/>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>59.06 per 100,000 residents</x:v>
+        <x:v>67.39 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>533</x:v>
+        <x:v>27997</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B9" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C9" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v/>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>70.02 per 100,000 residents</x:v>
+        <x:v>73.09 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v/>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>24716</x:v>
+        <x:v>24814</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C10" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="D10" t="str">
         <x:v/>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>75.52 per 100,000 residents</x:v>
+        <x:v>78.81 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v/>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>2646</x:v>
+        <x:v>2634</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>Total</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v/>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>490 per 100,000 residents</x:v>
+        <x:v>58.49 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v/>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>27693</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B12" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v/>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>55.12 per 100,000 residents</x:v>
+        <x:v>79.03 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v/>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>432</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B13" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Black</x:v>
+        <x:v>Total</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v/>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>81.65 per 100,000 residents</x:v>
+        <x:v>58.88 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v/>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>50</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2013 - 2017</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C14" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v/>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>56.23 per 100,000 residents</x:v>
+        <x:v>73.15 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v/>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>490</x:v>
+        <x:v>27741</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
-        <x:v>2014 - 2018</x:v>
+        <x:v>2008 - 2012</x:v>
       </x:c>
       <x:c r="B15" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C15" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v/>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>70.8 per 100,000 residents</x:v>
+        <x:v>76.85 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v/>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>24524</x:v>
+        <x:v>23827</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
-        <x:v>2014 - 2018</x:v>
+        <x:v>2008 - 2012</x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v/>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>76.74 per 100,000 residents</x:v>
+        <x:v>86.38 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v/>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>2621</x:v>
+        <x:v>2527</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
-        <x:v>2014 - 2018</x:v>
+        <x:v>2008 - 2012</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>Total</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v/>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>70.89 per 100,000 residents</x:v>
+        <x:v>65.19 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v/>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>27458</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
-        <x:v>2014 - 2018</x:v>
+        <x:v>2008 - 2012</x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>White</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v/>
       </x:c>
       <x:c r="E18" t="str">
         <x:v/>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>56.29 per 100,000 residents</x:v>
+        <x:v>79.09 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v/>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>423</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" t="str">
-        <x:v>2014 - 2018</x:v>
+        <x:v>2008 - 2012</x:v>
       </x:c>
       <x:c r="B19" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>Black</x:v>
+        <x:v>Total</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v/>
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>90.49 per 100,000 residents</x:v>
+        <x:v>65.89 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v/>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>52</x:v>
+        <x:v>26593</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" t="str">
-        <x:v>2014 - 2018</x:v>
+        <x:v>2008 - 2012</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C20" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D20" t="str">
         <x:v/>
       </x:c>
       <x:c r="E20" t="str">
         <x:v/>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>57.64 per 100,000 residents</x:v>
+        <x:v>77.37 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v/>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>481</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v/>
-[...172 lines deleted...]
-      <x:c r="I26" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>