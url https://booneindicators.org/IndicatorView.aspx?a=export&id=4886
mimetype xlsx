--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18823b879a304bcf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a48b17e677fc4276924557eeba1e2d9e.psmdcp" Id="R374ec90e48a34ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfab8550e77c04759" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b47c797e13b046009216a890b4fc67c0.psmdcp" Id="Rbb2aae9947de4622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>