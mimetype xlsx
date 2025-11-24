--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4b886239a6f4301" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cba8ac73b2064d5cb9ae6fa78605edb6.psmdcp" Id="Rab274d1a26f04861" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R808e2181d9a04595" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13a49e51a224423bb1faeddf8a10a2b9.psmdcp" Id="R346dbc6cb9ea41de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>