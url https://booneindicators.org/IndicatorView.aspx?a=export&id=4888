--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R808e2181d9a04595" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13a49e51a224423bb1faeddf8a10a2b9.psmdcp" Id="R346dbc6cb9ea41de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R630aced42c254da1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/376b6c27675947b1a25b2829839bb729.psmdcp" Id="R890cba6f1d74432b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -460,277 +460,219 @@
       </x:c>
       <x:c r="C2" t="str">
         <x:v>Category 1</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Category 2</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Category 3</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Value</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>ValueMOE</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>NumeratorValue</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>NumeratorMOE</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>33.47 per 100,000 residents</x:v>
+        <x:v>27.6 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>13357</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>27.44 per 100,000 residents</x:v>
+        <x:v>33.58 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>227</x:v>
+        <x:v>12254</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v/>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>32.88 per 100,000 residents</x:v>
+        <x:v>22.59 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>13141</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
-        <x:v>2016 - 2020</x:v>
+        <x:v>2014 - 2018</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v/>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>26.75 per 100,000 residents</x:v>
+        <x:v>30.27 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>219</x:v>
+        <x:v>11703</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2009 - 2013</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v/>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>31.63 per 100,000 residents</x:v>
+        <x:v>31.04 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>12437</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
-        <x:v>2015 - 2019</x:v>
+        <x:v>2009 - 2013</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v/>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>24.41 per 100,000 residents</x:v>
+        <x:v>26.92 per 100,000 residents</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>194</x:v>
+        <x:v>9483</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v/>
-[...56 lines deleted...]
-      <x:c r="I10" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>