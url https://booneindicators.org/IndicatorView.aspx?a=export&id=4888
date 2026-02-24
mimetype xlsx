--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R630aced42c254da1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/376b6c27675947b1a25b2829839bb729.psmdcp" Id="R890cba6f1d74432b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e60cbad08dd47d4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/585f5eda501049b9b13053f2639fe81e.psmdcp" Id="Rb483450c6804482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>