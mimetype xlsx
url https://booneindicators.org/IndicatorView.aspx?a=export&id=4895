--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ceec2b383354684" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/058605a5716347cfa4ca2d55d54fce56.psmdcp" Id="Rf51934cf86be48d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e9ec691d8e4bbb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42d638210c524bd6aa16881e2af2a7b7.psmdcp" Id="Rad03f3ab25954e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1919,762 +1919,762 @@
       </x:c>
       <x:c r="F52" t="str">
         <x:v>5.8 %</x:v>
       </x:c>
       <x:c r="G52" t="str">
         <x:v/>
       </x:c>
       <x:c r="H52" t="str">
         <x:v>9052</x:v>
       </x:c>
       <x:c r="I52" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9">
       <x:c r="A53" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B53" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C53" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>Black Alone</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E53" t="str">
         <x:v/>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>12.6 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G53" t="str">
         <x:v/>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>41393012</x:v>
+        <x:v>329725472</x:v>
       </x:c>
       <x:c r="I53" t="str">
-        <x:v>35528</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9">
       <x:c r="A54" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C54" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>Two or More Races</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E54" t="str">
         <x:v/>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>5.3 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G54" t="str">
         <x:v/>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>9589</x:v>
+        <x:v>6141534</x:v>
       </x:c>
       <x:c r="I54" t="str">
-        <x:v>1240</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9">
       <x:c r="A55" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B55" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C55" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D55" t="str">
         <x:v/>
       </x:c>
       <x:c r="E55" t="str">
         <x:v/>
       </x:c>
       <x:c r="F55" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G55" t="str">
         <x:v/>
       </x:c>
       <x:c r="H55" t="str">
         <x:v>182170</x:v>
       </x:c>
       <x:c r="I55" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9">
       <x:c r="A56" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B56" t="str">
         <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C56" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>Black Alone</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E56" t="str">
         <x:v/>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>11.5 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G56" t="str">
         <x:v/>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>14352</x:v>
+        <x:v>124342</x:v>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v>1043</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9">
       <x:c r="A57" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B57" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C57" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>White Alone</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E57" t="str">
         <x:v/>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>77.1 %</x:v>
+        <x:v> </x:v>
       </x:c>
       <x:c r="G57" t="str">
         <x:v/>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>118082</x:v>
+        <x:v>153193</x:v>
       </x:c>
       <x:c r="I57" t="str">
-        <x:v>1005</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9">
       <x:c r="A58" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C58" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>White Alone</x:v>
+        <x:v>Black Alone</x:v>
       </x:c>
       <x:c r="E58" t="str">
         <x:v/>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>80.3 %</x:v>
+        <x:v>12.6 %</x:v>
       </x:c>
       <x:c r="G58" t="str">
         <x:v/>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>4930466</x:v>
+        <x:v>41393012</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v>4931</x:v>
+        <x:v>35528</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9">
       <x:c r="A59" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C59" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v/>
+        <x:v>Black Alone</x:v>
       </x:c>
       <x:c r="E59" t="str">
         <x:v/>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v> </x:v>
+        <x:v>11.3 %</x:v>
       </x:c>
       <x:c r="G59" t="str">
         <x:v/>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>124342</x:v>
+        <x:v>695678</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v/>
+        <x:v>3059</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9">
       <x:c r="A60" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C60" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>Two or More Races</x:v>
+        <x:v>Black Alone</x:v>
       </x:c>
       <x:c r="E60" t="str">
         <x:v/>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>7 %</x:v>
+        <x:v>9.2 %</x:v>
       </x:c>
       <x:c r="G60" t="str">
         <x:v/>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>23039422</x:v>
+        <x:v>16717</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v>69749</x:v>
+        <x:v>999</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9">
       <x:c r="A61" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C61" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>All Other Races</x:v>
+        <x:v>Black Alone</x:v>
       </x:c>
       <x:c r="E61" t="str">
         <x:v/>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>5.5 %</x:v>
+        <x:v>11.5 %</x:v>
       </x:c>
       <x:c r="G61" t="str">
         <x:v/>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>10196</x:v>
+        <x:v>14352</x:v>
       </x:c>
       <x:c r="I61" t="str">
-        <x:v/>
+        <x:v>1043</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9">
       <x:c r="A62" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C62" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>Two or More Races</x:v>
+        <x:v>Black Alone</x:v>
       </x:c>
       <x:c r="E62" t="str">
         <x:v/>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>5.8 %</x:v>
+        <x:v>10.8 %</x:v>
       </x:c>
       <x:c r="G62" t="str">
         <x:v/>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>7222</x:v>
+        <x:v>16560</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v>1075</x:v>
+        <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9">
       <x:c r="A63" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B63" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C63" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v/>
+        <x:v>White Alone</x:v>
       </x:c>
       <x:c r="E63" t="str">
         <x:v/>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v> </x:v>
+        <x:v>68.2 %</x:v>
       </x:c>
       <x:c r="G63" t="str">
         <x:v/>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>329725472</x:v>
+        <x:v>224789104</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v/>
+        <x:v>97044</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9">
       <x:c r="A64" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B64" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C64" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>Black Alone</x:v>
+        <x:v>White Alone</x:v>
       </x:c>
       <x:c r="E64" t="str">
         <x:v/>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>11.3 %</x:v>
+        <x:v>80.3 %</x:v>
       </x:c>
       <x:c r="G64" t="str">
         <x:v/>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>695678</x:v>
+        <x:v>4930466</x:v>
       </x:c>
       <x:c r="I64" t="str">
-        <x:v>3059</x:v>
+        <x:v>4931</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9">
       <x:c r="A65" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C65" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v>Black Alone</x:v>
+        <x:v>White Alone</x:v>
       </x:c>
       <x:c r="E65" t="str">
         <x:v/>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>10.8 %</x:v>
+        <x:v>80 %</x:v>
       </x:c>
       <x:c r="G65" t="str">
         <x:v/>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>16560</x:v>
+        <x:v>145668</x:v>
       </x:c>
       <x:c r="I65" t="str">
-        <x:v>992</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9">
       <x:c r="A66" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C66" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D66" t="str">
         <x:v>White Alone</x:v>
       </x:c>
       <x:c r="E66" t="str">
         <x:v/>
       </x:c>
       <x:c r="F66" t="str">
-        <x:v>80 %</x:v>
+        <x:v>75.6 %</x:v>
       </x:c>
       <x:c r="G66" t="str">
         <x:v/>
       </x:c>
       <x:c r="H66" t="str">
-        <x:v>145668</x:v>
+        <x:v>93981</x:v>
       </x:c>
       <x:c r="I66" t="str">
-        <x:v>685</x:v>
+        <x:v>982</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9">
       <x:c r="A67" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B67" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C67" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D67" t="str">
-        <x:v>All Other Races</x:v>
+        <x:v>White Alone</x:v>
       </x:c>
       <x:c r="E67" t="str">
         <x:v/>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>7.1 %</x:v>
+        <x:v>77.1 %</x:v>
       </x:c>
       <x:c r="G67" t="str">
         <x:v/>
       </x:c>
       <x:c r="H67" t="str">
-        <x:v>8787</x:v>
+        <x:v>118082</x:v>
       </x:c>
       <x:c r="I67" t="str">
-        <x:v/>
+        <x:v>1005</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9">
       <x:c r="A68" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B68" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C68" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D68" t="str">
         <x:v>All Other Races</x:v>
       </x:c>
       <x:c r="E68" t="str">
         <x:v/>
       </x:c>
       <x:c r="F68" t="str">
         <x:v>12.3 %</x:v>
       </x:c>
       <x:c r="G68" t="str">
         <x:v/>
       </x:c>
       <x:c r="H68" t="str">
         <x:v>40503938</x:v>
       </x:c>
       <x:c r="I68" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9">
       <x:c r="A69" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B69" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C69" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D69" t="str">
-        <x:v>Two or More Races</x:v>
+        <x:v>All Other Races</x:v>
       </x:c>
       <x:c r="E69" t="str">
         <x:v/>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>4.6 %</x:v>
+        <x:v>3.8 %</x:v>
       </x:c>
       <x:c r="G69" t="str">
         <x:v/>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v>279528</x:v>
+        <x:v>235862</x:v>
       </x:c>
       <x:c r="I69" t="str">
-        <x:v>6149</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9">
       <x:c r="A70" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C70" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D70" t="str">
-        <x:v/>
+        <x:v>All Other Races</x:v>
       </x:c>
       <x:c r="E70" t="str">
         <x:v/>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v> </x:v>
+        <x:v>5.5 %</x:v>
       </x:c>
       <x:c r="G70" t="str">
         <x:v/>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v>153193</x:v>
+        <x:v>10196</x:v>
       </x:c>
       <x:c r="I70" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9">
       <x:c r="A71" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B71" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C71" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D71" t="str">
-        <x:v/>
+        <x:v>All Other Races</x:v>
       </x:c>
       <x:c r="E71" t="str">
         <x:v/>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v> </x:v>
+        <x:v>7.1 %</x:v>
       </x:c>
       <x:c r="G71" t="str">
         <x:v/>
       </x:c>
       <x:c r="H71" t="str">
-        <x:v>6141534</x:v>
+        <x:v>8787</x:v>
       </x:c>
       <x:c r="I71" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9">
       <x:c r="A72" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B72" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C72" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D72" t="str">
-        <x:v>Two or More Races</x:v>
+        <x:v>All Other Races</x:v>
       </x:c>
       <x:c r="E72" t="str">
         <x:v/>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>5.6 %</x:v>
+        <x:v>6.6 %</x:v>
       </x:c>
       <x:c r="G72" t="str">
         <x:v/>
       </x:c>
       <x:c r="H72" t="str">
-        <x:v>8619</x:v>
+        <x:v>9932</x:v>
       </x:c>
       <x:c r="I72" t="str">
-        <x:v>1126</x:v>
+        <x:v/>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9">
       <x:c r="A73" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C73" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D73" t="str">
-        <x:v>White Alone</x:v>
+        <x:v>Two or More Races</x:v>
       </x:c>
       <x:c r="E73" t="str">
         <x:v/>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>75.6 %</x:v>
+        <x:v>7 %</x:v>
       </x:c>
       <x:c r="G73" t="str">
         <x:v/>
       </x:c>
       <x:c r="H73" t="str">
-        <x:v>93981</x:v>
+        <x:v>23039422</x:v>
       </x:c>
       <x:c r="I73" t="str">
-        <x:v>982</x:v>
+        <x:v>69749</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9">
       <x:c r="A74" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>United States</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C74" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D74" t="str">
-        <x:v>White Alone</x:v>
+        <x:v>Two or More Races</x:v>
       </x:c>
       <x:c r="E74" t="str">
         <x:v/>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>68.2 %</x:v>
+        <x:v>4.6 %</x:v>
       </x:c>
       <x:c r="G74" t="str">
         <x:v/>
       </x:c>
       <x:c r="H74" t="str">
-        <x:v>224789104</x:v>
+        <x:v>279528</x:v>
       </x:c>
       <x:c r="I74" t="str">
-        <x:v>97044</x:v>
+        <x:v>6149</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9">
       <x:c r="A75" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B75" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C75" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D75" t="str">
-        <x:v>Black Alone</x:v>
+        <x:v>Two or More Races</x:v>
       </x:c>
       <x:c r="E75" t="str">
         <x:v/>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v>9.2 %</x:v>
+        <x:v>5.3 %</x:v>
       </x:c>
       <x:c r="G75" t="str">
         <x:v/>
       </x:c>
       <x:c r="H75" t="str">
-        <x:v>16717</x:v>
+        <x:v>9589</x:v>
       </x:c>
       <x:c r="I75" t="str">
-        <x:v>999</x:v>
+        <x:v>1240</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9">
       <x:c r="A76" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C76" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D76" t="str">
-        <x:v>All Other Races</x:v>
+        <x:v>Two or More Races</x:v>
       </x:c>
       <x:c r="E76" t="str">
         <x:v/>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>6.6 %</x:v>
+        <x:v>5.8 %</x:v>
       </x:c>
       <x:c r="G76" t="str">
         <x:v/>
       </x:c>
       <x:c r="H76" t="str">
-        <x:v>9932</x:v>
+        <x:v>7222</x:v>
       </x:c>
       <x:c r="I76" t="str">
-        <x:v/>
+        <x:v>1075</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9">
       <x:c r="A77" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C77" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D77" t="str">
-        <x:v>All Other Races</x:v>
+        <x:v>Two or More Races</x:v>
       </x:c>
       <x:c r="E77" t="str">
         <x:v/>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>3.8 %</x:v>
+        <x:v>5.6 %</x:v>
       </x:c>
       <x:c r="G77" t="str">
         <x:v/>
       </x:c>
       <x:c r="H77" t="str">
-        <x:v>235862</x:v>
+        <x:v>8619</x:v>
       </x:c>
       <x:c r="I77" t="str">
-        <x:v/>
+        <x:v>1126</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9">
       <x:c r="A78" t="str">
         <x:v>2016 - 2020</x:v>
       </x:c>
       <x:c r="B78" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="C78" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D78" t="str">
         <x:v/>
       </x:c>
       <x:c r="E78" t="str">
         <x:v/>
       </x:c>
       <x:c r="F78" t="str">
         <x:v> </x:v>
       </x:c>
       <x:c r="G78" t="str">
         <x:v/>
       </x:c>
       <x:c r="H78" t="str">