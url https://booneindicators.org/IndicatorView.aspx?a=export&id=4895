--- v1 (2026-03-03)
+++ v2 (2026-03-03)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e9ec691d8e4bbb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42d638210c524bd6aa16881e2af2a7b7.psmdcp" Id="Rad03f3ab25954e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c95f27b9cf442b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/106e28230b6b4190a4d5a60292e41506.psmdcp" Id="Rc42e0f8b9f8a4052" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>