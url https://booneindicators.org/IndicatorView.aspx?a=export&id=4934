--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fb026f497664582" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62639ce565ad4cc59b7a176ccc2028e4.psmdcp" Id="R87bab6d4469c41dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1911aff09ea7498c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d055458bbffd43599092bb9c142395d3.psmdcp" Id="R30bfd54e8ccf4b81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>