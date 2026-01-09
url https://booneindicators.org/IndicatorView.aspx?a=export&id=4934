--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1911aff09ea7498c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d055458bbffd43599092bb9c142395d3.psmdcp" Id="R30bfd54e8ccf4b81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38eff97240de406b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b0d7e7f044e4c09aac74d113275b7b2.psmdcp" Id="R89b0b5c95f5848b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -463,1345 +463,1345 @@
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Category 2</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Category 3</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Value</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>ValueMOE</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>NumeratorValue</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>NumeratorMOE</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>27.3977 %</x:v>
+        <x:v>24.4921 %</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>124694</x:v>
+        <x:v>827392</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>24.9208 %</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>17002</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v/>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>14.2673 %</x:v>
+        <x:v>25.7184 %</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>51239</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D6" t="str">
         <x:v/>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>25.7187 %</x:v>
+        <x:v>22.5363 %</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>3525</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v/>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>25.7184 %</x:v>
+        <x:v>26.2621 %</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>537</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v/>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>13.5972 %</x:v>
+        <x:v>24.6385 %</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>993</x:v>
+        <x:v>5192901</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C9" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v/>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>26.7995 %</x:v>
+        <x:v>27.3977 %</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v/>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>3079</x:v>
+        <x:v>124694</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="D10" t="str">
         <x:v/>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>26.2621 %</x:v>
+        <x:v>25.7187 %</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v/>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>463</x:v>
+        <x:v>3525</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v/>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>15.469 %</x:v>
+        <x:v>27.95 %</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v/>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>874</x:v>
+        <x:v>2506</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v/>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>27.95 %</x:v>
+        <x:v>26.7995 %</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v/>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>2506</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v/>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>22.5363 %</x:v>
+        <x:v>14.4781 %</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v/>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>295</x:v>
+        <x:v>2603389</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C14" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v/>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>17.1236 %</x:v>
+        <x:v>14.2673 %</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v/>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>762</x:v>
+        <x:v>51239</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v/>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>24.6385 %</x:v>
+        <x:v>13.5972 %</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v/>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>5192901</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v/>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>24.4921 %</x:v>
+        <x:v>17.1236 %</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v/>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>827392</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
         <x:v>2019 - 2023</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v/>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>14.4781 %</x:v>
+        <x:v>15.469 %</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v/>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>2603389</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v/>
       </x:c>
       <x:c r="E18" t="str">
         <x:v/>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>27.6187 %</x:v>
+        <x:v>25.4401 %</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v/>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>123811</x:v>
+        <x:v>824005</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B19" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C19" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v/>
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
       <x:c r="F19" t="str">
         <x:v>26.3776 %</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v/>
       </x:c>
       <x:c r="H19" t="str">
         <x:v>17118</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D20" t="str">
         <x:v/>
       </x:c>
       <x:c r="E20" t="str">
         <x:v/>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>13.5133 %</x:v>
+        <x:v>33.5112 %</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v/>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>48629</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D21" t="str">
         <x:v/>
       </x:c>
       <x:c r="E21" t="str">
         <x:v/>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>27.5568 %</x:v>
+        <x:v>33.1742 %</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v/>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>3554</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C22" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="D22" t="str">
         <x:v/>
       </x:c>
       <x:c r="E22" t="str">
         <x:v/>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>33.5112 %</x:v>
+        <x:v>36.3688 %</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v/>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>691</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="D23" t="str">
         <x:v/>
       </x:c>
       <x:c r="E23" t="str">
         <x:v/>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>11.4496 %</x:v>
+        <x:v>24.9176 %</x:v>
       </x:c>
       <x:c r="G23" t="str">
         <x:v/>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>842</x:v>
+        <x:v>5159317</x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C24" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="D24" t="str">
         <x:v/>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>29.3909 %</x:v>
+        <x:v>27.6187 %</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v/>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>3151</x:v>
+        <x:v>123811</x:v>
       </x:c>
       <x:c r="I24" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="D25" t="str">
         <x:v/>
       </x:c>
       <x:c r="E25" t="str">
         <x:v/>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>36.3688 %</x:v>
+        <x:v>27.5568 %</x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v/>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>639</x:v>
+        <x:v>3554</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>65 and over</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="D26" t="str">
         <x:v/>
       </x:c>
       <x:c r="E26" t="str">
         <x:v/>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>12.8732 %</x:v>
+        <x:v>29.815 %</x:v>
       </x:c>
       <x:c r="G26" t="str">
         <x:v/>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>733</x:v>
+        <x:v>2562</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C27" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v/>
       </x:c>
       <x:c r="E27" t="str">
         <x:v/>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>29.815 %</x:v>
+        <x:v>29.3909 %</x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v/>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>2562</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="I27" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="D28" t="str">
         <x:v/>
       </x:c>
       <x:c r="E28" t="str">
         <x:v/>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>33.1742 %</x:v>
+        <x:v>13.8303 %</x:v>
       </x:c>
       <x:c r="G28" t="str">
         <x:v/>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>417</x:v>
+        <x:v>2454826</x:v>
       </x:c>
       <x:c r="I28" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C29" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="D29" t="str">
         <x:v/>
       </x:c>
       <x:c r="E29" t="str">
         <x:v/>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>13.8876 %</x:v>
+        <x:v>13.5133 %</x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v/>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>598</x:v>
+        <x:v>48629</x:v>
       </x:c>
       <x:c r="I29" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="D30" t="str">
         <x:v/>
       </x:c>
       <x:c r="E30" t="str">
         <x:v/>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>24.9176 %</x:v>
+        <x:v>11.4496 %</x:v>
       </x:c>
       <x:c r="G30" t="str">
         <x:v/>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>5159317</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="I30" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65 and over</x:v>
       </x:c>
       <x:c r="D31" t="str">
         <x:v/>
       </x:c>
       <x:c r="E31" t="str">
         <x:v/>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>25.4401 %</x:v>
+        <x:v>13.8876 %</x:v>
       </x:c>
       <x:c r="G31" t="str">
         <x:v/>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>824005</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="I31" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" t="str">
         <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C32" t="str">
         <x:v>65 and over</x:v>
       </x:c>
       <x:c r="D32" t="str">
         <x:v/>
       </x:c>
       <x:c r="E32" t="str">
         <x:v/>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>13.8303 %</x:v>
+        <x:v>12.8732 %</x:v>
       </x:c>
       <x:c r="G32" t="str">
         <x:v/>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>2454826</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="I32" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C33" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E33" t="str">
         <x:v/>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>27.1 %</x:v>
+        <x:v>26.1 %</x:v>
       </x:c>
       <x:c r="G33" t="str">
         <x:v/>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>121078</x:v>
+        <x:v>834430</x:v>
       </x:c>
       <x:c r="I33" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B34" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C34" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>65+</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E34" t="str">
         <x:v/>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>12.3 %</x:v>
+        <x:v>27 %</x:v>
       </x:c>
       <x:c r="G34" t="str">
         <x:v/>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>43433</x:v>
+        <x:v>17432</x:v>
       </x:c>
       <x:c r="I34" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C35" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D35" t="str">
         <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E35" t="str">
         <x:v/>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>27 %</x:v>
+        <x:v>29.4 %</x:v>
       </x:c>
       <x:c r="G35" t="str">
         <x:v/>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>17432</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I35" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C36" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>18-64</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E36" t="str">
         <x:v/>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>26.7 %</x:v>
+        <x:v>25.5 %</x:v>
       </x:c>
       <x:c r="G36" t="str">
         <x:v/>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>3485</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I36" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C37" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>65+</x:v>
+        <x:v>Under 18</x:v>
       </x:c>
       <x:c r="E37" t="str">
         <x:v/>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>9.4 %</x:v>
+        <x:v>31.1 %</x:v>
       </x:c>
       <x:c r="G37" t="str">
         <x:v/>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>683</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I37" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C38" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E38" t="str">
         <x:v/>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>29.4 %</x:v>
+        <x:v>25 %</x:v>
       </x:c>
       <x:c r="G38" t="str">
         <x:v/>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>562</x:v>
+        <x:v>5093269</x:v>
       </x:c>
       <x:c r="I38" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C39" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D39" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E39" t="str">
         <x:v/>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>28.2 %</x:v>
+        <x:v>27.1 %</x:v>
       </x:c>
       <x:c r="G39" t="str">
         <x:v/>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>3043</x:v>
+        <x:v>121078</x:v>
       </x:c>
       <x:c r="I39" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C40" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D40" t="str">
-        <x:v>65+</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E40" t="str">
         <x:v/>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>10 %</x:v>
+        <x:v>26.7 %</x:v>
       </x:c>
       <x:c r="G40" t="str">
         <x:v/>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>560</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="I40" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>Columbia Schools</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C41" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>18-64</x:v>
       </x:c>
       <x:c r="E41" t="str">
         <x:v/>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>31.1 %</x:v>
+        <x:v>28.8 %</x:v>
       </x:c>
       <x:c r="G41" t="str">
         <x:v/>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>486</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="I41" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C42" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D42" t="str">
         <x:v>18-64</x:v>
       </x:c>
       <x:c r="E42" t="str">
         <x:v/>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>28.8 %</x:v>
+        <x:v>28.2 %</x:v>
       </x:c>
       <x:c r="G42" t="str">
         <x:v/>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>2415</x:v>
+        <x:v>3043</x:v>
       </x:c>
       <x:c r="I42" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="C43" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D43" t="str">
         <x:v>65+</x:v>
       </x:c>
       <x:c r="E43" t="str">
         <x:v/>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>10 %</x:v>
+        <x:v>13.2 %</x:v>
       </x:c>
       <x:c r="G43" t="str">
         <x:v/>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>438</x:v>
+        <x:v>2278455</x:v>
       </x:c>
       <x:c r="I43" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9">
       <x:c r="A44" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>City of Columbia</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C44" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65+</x:v>
       </x:c>
       <x:c r="E44" t="str">
         <x:v/>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>25.5 %</x:v>
+        <x:v>12.3 %</x:v>
       </x:c>
       <x:c r="G44" t="str">
         <x:v/>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>278</x:v>
+        <x:v>43433</x:v>
       </x:c>
       <x:c r="I44" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9">
       <x:c r="A45" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>United States</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C45" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>18-64</x:v>
+        <x:v>65+</x:v>
       </x:c>
       <x:c r="E45" t="str">
         <x:v/>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>25 %</x:v>
+        <x:v>9.4 %</x:v>
       </x:c>
       <x:c r="G45" t="str">
         <x:v/>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>5093269</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I45" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9">
       <x:c r="A46" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>United States</x:v>
+        <x:v>City of Columbia</x:v>
       </x:c>
       <x:c r="C46" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D46" t="str">
         <x:v>65+</x:v>
       </x:c>
       <x:c r="E46" t="str">
         <x:v/>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>13.2 %</x:v>
+        <x:v>10 %</x:v>
       </x:c>
       <x:c r="G46" t="str">
         <x:v/>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>2278455</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="I46" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9">
       <x:c r="A47" t="str">
         <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>United States</x:v>
+        <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C47" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>Under 18</x:v>
+        <x:v>65+</x:v>
       </x:c>
       <x:c r="E47" t="str">
         <x:v/>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>26.1 %</x:v>
+        <x:v>10 %</x:v>
       </x:c>
       <x:c r="G47" t="str">
         <x:v/>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>834430</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I47" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>