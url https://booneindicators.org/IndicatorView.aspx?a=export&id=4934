--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38eff97240de406b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b0d7e7f044e4c09aac74d113275b7b2.psmdcp" Id="R89b0b5c95f5848b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d65d9e44c6492f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6225dc867cec4d35854b2a57a81a9aab.psmdcp" Id="Rce40adc0899c4f2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>