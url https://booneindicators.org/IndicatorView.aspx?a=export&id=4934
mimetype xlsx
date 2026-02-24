--- v3 (2026-02-24)
+++ v4 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d65d9e44c6492f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6225dc867cec4d35854b2a57a81a9aab.psmdcp" Id="Rce40adc0899c4f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3747265927e4d03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff1313260a574d76a6f2557dbecd45f1.psmdcp" Id="R34ca717f327e4fd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>