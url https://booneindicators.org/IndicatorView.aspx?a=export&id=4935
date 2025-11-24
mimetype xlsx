--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b155c801274954" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc40ee361f5e434694115ccc262bbbbc.psmdcp" Id="R26ee274fad1c40c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8892e0fc130d4ff0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43907b4975444c48ad392d45a89e914a.psmdcp" Id="R0298bd68ea3240b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>