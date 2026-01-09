--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8892e0fc130d4ff0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43907b4975444c48ad392d45a89e914a.psmdcp" Id="R0298bd68ea3240b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c56096158c48dc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d40f98303e6041b1ba7f0f6353294203.psmdcp" Id="Rc95ab830ec294936" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -460,741 +460,1089 @@
       </x:c>
       <x:c r="C2" t="str">
         <x:v>Category 1</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>Category 2</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Category 3</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>Value</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>ValueMOE</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>NumeratorValue</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>NumeratorMOE</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:9">
       <x:c r="A3" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v/>
       </x:c>
       <x:c r="E3" t="str">
         <x:v/>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>11.88 per 10,000 residents</x:v>
+        <x:v>18.12 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>33970</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>10.26 per 10,000 residents</x:v>
+        <x:v>12.77 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>24170</x:v>
+        <x:v>33970</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>22.21 per 10,000 residents</x:v>
+        <x:v>19.44 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>8161</x:v>
+        <x:v>24170</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>ER</x:v>
+        <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>2.89 per 1,000 residents</x:v>
+        <x:v>14.93 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>81788</x:v>
+        <x:v>8161</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>ER</x:v>
+        <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E7" t="str">
         <x:v/>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>2.43 per 1,000 residents</x:v>
+        <x:v>12.81 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v/>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>57045</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>ER</x:v>
+        <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>0.91 per 1,000 residents</x:v>
+        <x:v>11.32 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v/>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>21220</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B9" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Inpatient</x:v>
+        <x:v>ER</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v/>
       </x:c>
       <x:c r="E9" t="str">
         <x:v/>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>10.56 per 10,000 residents</x:v>
+        <x:v>3.06 per 1,000 residents</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v/>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>925</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Inpatient</x:v>
+        <x:v>ER</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E10" t="str">
         <x:v/>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>9.47 per 10,000 residents</x:v>
+        <x:v>2.83 per 1,000 residents</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v/>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>681</x:v>
+        <x:v>81788</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>Inpatient</x:v>
+        <x:v>ER</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>23.29 per 10,000 residents</x:v>
+        <x:v>2.48 per 1,000 residents</x:v>
       </x:c>
       <x:c r="G11" t="str">
         <x:v/>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>206</x:v>
+        <x:v>57045</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>ER</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E12" t="str">
         <x:v/>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>1.81 per 1,000 residents</x:v>
+        <x:v>4.75 per 1,000 residents</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v/>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>1666</x:v>
+        <x:v>21220</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B13" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C13" t="str">
         <x:v>ER</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>1.64 per 1,000 residents</x:v>
+        <x:v>3.06 per 1,000 residents</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v/>
       </x:c>
       <x:c r="H13" t="str">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" t="str">
-        <x:v>2017 - 2021</x:v>
+        <x:v>2018 - 2022</x:v>
       </x:c>
       <x:c r="B14" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C14" t="str">
         <x:v>ER</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>3.79 per 1,000 residents</x:v>
+        <x:v>3.99 per 1,000 residents</x:v>
       </x:c>
       <x:c r="G14" t="str">
         <x:v/>
       </x:c>
       <x:c r="H14" t="str">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C15" t="str">
         <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D15" t="str">
         <x:v/>
       </x:c>
       <x:c r="E15" t="str">
         <x:v/>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>20.43 per 10,000 residents</x:v>
+        <x:v>10.56 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G15" t="str">
         <x:v/>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>59934</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>20.35 per 10,000 residents</x:v>
+        <x:v>11.88 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v/>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>50359</x:v>
+        <x:v>33970</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B17" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>21.31 per 10,000 residents</x:v>
+        <x:v>10.26 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G17" t="str">
         <x:v/>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>7500</x:v>
+        <x:v>24170</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>ER</x:v>
+        <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E18" t="str">
         <x:v/>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>4.28 per 1,000 residents</x:v>
+        <x:v>22.21 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v/>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v/>
+        <x:v>8161</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>ER</x:v>
+        <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>3.81 per 1,000 residents</x:v>
+        <x:v>9.47 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v/>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v/>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>State of Missouri</x:v>
+        <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>ER</x:v>
+        <x:v>Inpatient</x:v>
       </x:c>
       <x:c r="D20" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E20" t="str">
         <x:v/>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>7.39 per 1,000 residents</x:v>
+        <x:v>23.29 per 10,000 residents</x:v>
       </x:c>
       <x:c r="G20" t="str">
         <x:v/>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v/>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B21" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>Inpatient</x:v>
+        <x:v>ER</x:v>
       </x:c>
       <x:c r="D21" t="str">
         <x:v/>
       </x:c>
       <x:c r="E21" t="str">
         <x:v/>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>30.44 per 10,000 residents</x:v>
+        <x:v>1.81 per 1,000 residents</x:v>
       </x:c>
       <x:c r="G21" t="str">
         <x:v/>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>2431</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>Inpatient</x:v>
+        <x:v>ER</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>White</x:v>
+        <x:v/>
       </x:c>
       <x:c r="E22" t="str">
         <x:v/>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>31.12 per 10,000 residents</x:v>
+        <x:v>2.89 per 1,000 residents</x:v>
       </x:c>
       <x:c r="G22" t="str">
         <x:v/>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>2099</x:v>
+        <x:v>81788</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>Inpatient</x:v>
+        <x:v>ER</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>Black</x:v>
+        <x:v>White</x:v>
       </x:c>
       <x:c r="E23" t="str">
         <x:v/>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>38.08 per 10,000 residents</x:v>
+        <x:v>2.43 per 1,000 residents</x:v>
       </x:c>
       <x:c r="G23" t="str">
         <x:v/>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>281</x:v>
+        <x:v>57045</x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>Boone County</x:v>
+        <x:v>State of Missouri</x:v>
       </x:c>
       <x:c r="C24" t="str">
         <x:v>ER</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v/>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>3.33 per 1,000 residents</x:v>
+        <x:v>0.91 per 1,000 residents</x:v>
       </x:c>
       <x:c r="G24" t="str">
         <x:v/>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v/>
+        <x:v>21220</x:v>
       </x:c>
       <x:c r="I24" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B25" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C25" t="str">
         <x:v>ER</x:v>
       </x:c>
       <x:c r="D25" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E25" t="str">
         <x:v/>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>3.27 per 1,000 residents</x:v>
+        <x:v>1.64 per 1,000 residents</x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v/>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v/>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" t="str">
-        <x:v>2011 - 2015</x:v>
+        <x:v>2017 - 2021</x:v>
       </x:c>
       <x:c r="B26" t="str">
         <x:v>Boone County</x:v>
       </x:c>
       <x:c r="C26" t="str">
         <x:v>ER</x:v>
       </x:c>
       <x:c r="D26" t="str">
         <x:v>Black</x:v>
       </x:c>
       <x:c r="E26" t="str">
         <x:v/>
       </x:c>
       <x:c r="F26" t="str">
+        <x:v>3.79 per 1,000 residents</x:v>
+      </x:c>
+      <x:c r="G26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H26" t="str">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="I26" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:9">
+      <x:c r="A27" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B27" t="str">
+        <x:v>Boone County</x:v>
+      </x:c>
+      <x:c r="C27" t="str">
+        <x:v>Inpatient</x:v>
+      </x:c>
+      <x:c r="D27" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E27" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F27" t="str">
+        <x:v>30.44 per 10,000 residents</x:v>
+      </x:c>
+      <x:c r="G27" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H27" t="str">
+        <x:v>2431</x:v>
+      </x:c>
+      <x:c r="I27" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:9">
+      <x:c r="A28" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B28" t="str">
+        <x:v>State of Missouri</x:v>
+      </x:c>
+      <x:c r="C28" t="str">
+        <x:v>Inpatient</x:v>
+      </x:c>
+      <x:c r="D28" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E28" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F28" t="str">
+        <x:v>20.43 per 10,000 residents</x:v>
+      </x:c>
+      <x:c r="G28" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H28" t="str">
+        <x:v>59934</x:v>
+      </x:c>
+      <x:c r="I28" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:9">
+      <x:c r="A29" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B29" t="str">
+        <x:v>State of Missouri</x:v>
+      </x:c>
+      <x:c r="C29" t="str">
+        <x:v>Inpatient</x:v>
+      </x:c>
+      <x:c r="D29" t="str">
+        <x:v>White</x:v>
+      </x:c>
+      <x:c r="E29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F29" t="str">
+        <x:v>20.35 per 10,000 residents</x:v>
+      </x:c>
+      <x:c r="G29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H29" t="str">
+        <x:v>50359</x:v>
+      </x:c>
+      <x:c r="I29" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:9">
+      <x:c r="A30" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B30" t="str">
+        <x:v>State of Missouri</x:v>
+      </x:c>
+      <x:c r="C30" t="str">
+        <x:v>Inpatient</x:v>
+      </x:c>
+      <x:c r="D30" t="str">
+        <x:v>Black</x:v>
+      </x:c>
+      <x:c r="E30" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F30" t="str">
+        <x:v>21.31 per 10,000 residents</x:v>
+      </x:c>
+      <x:c r="G30" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H30" t="str">
+        <x:v>7500</x:v>
+      </x:c>
+      <x:c r="I30" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:9">
+      <x:c r="A31" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B31" t="str">
+        <x:v>Boone County</x:v>
+      </x:c>
+      <x:c r="C31" t="str">
+        <x:v>Inpatient</x:v>
+      </x:c>
+      <x:c r="D31" t="str">
+        <x:v>White</x:v>
+      </x:c>
+      <x:c r="E31" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F31" t="str">
+        <x:v>31.12 per 10,000 residents</x:v>
+      </x:c>
+      <x:c r="G31" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H31" t="str">
+        <x:v>2099</x:v>
+      </x:c>
+      <x:c r="I31" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:9">
+      <x:c r="A32" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B32" t="str">
+        <x:v>Boone County</x:v>
+      </x:c>
+      <x:c r="C32" t="str">
+        <x:v>Inpatient</x:v>
+      </x:c>
+      <x:c r="D32" t="str">
+        <x:v>Black</x:v>
+      </x:c>
+      <x:c r="E32" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F32" t="str">
+        <x:v>38.08 per 10,000 residents</x:v>
+      </x:c>
+      <x:c r="G32" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H32" t="str">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="I32" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:9">
+      <x:c r="A33" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B33" t="str">
+        <x:v>Boone County</x:v>
+      </x:c>
+      <x:c r="C33" t="str">
+        <x:v>ER</x:v>
+      </x:c>
+      <x:c r="D33" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E33" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F33" t="str">
+        <x:v>3.33 per 1,000 residents</x:v>
+      </x:c>
+      <x:c r="G33" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H33" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I33" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:9">
+      <x:c r="A34" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B34" t="str">
+        <x:v>State of Missouri</x:v>
+      </x:c>
+      <x:c r="C34" t="str">
+        <x:v>ER</x:v>
+      </x:c>
+      <x:c r="D34" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E34" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F34" t="str">
+        <x:v>4.28 per 1,000 residents</x:v>
+      </x:c>
+      <x:c r="G34" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H34" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I34" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:9">
+      <x:c r="A35" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B35" t="str">
+        <x:v>State of Missouri</x:v>
+      </x:c>
+      <x:c r="C35" t="str">
+        <x:v>ER</x:v>
+      </x:c>
+      <x:c r="D35" t="str">
+        <x:v>White</x:v>
+      </x:c>
+      <x:c r="E35" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F35" t="str">
+        <x:v>3.81 per 1,000 residents</x:v>
+      </x:c>
+      <x:c r="G35" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H35" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I35" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:9">
+      <x:c r="A36" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B36" t="str">
+        <x:v>State of Missouri</x:v>
+      </x:c>
+      <x:c r="C36" t="str">
+        <x:v>ER</x:v>
+      </x:c>
+      <x:c r="D36" t="str">
+        <x:v>Black</x:v>
+      </x:c>
+      <x:c r="E36" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F36" t="str">
+        <x:v>7.39 per 1,000 residents</x:v>
+      </x:c>
+      <x:c r="G36" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H36" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I36" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:9">
+      <x:c r="A37" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B37" t="str">
+        <x:v>Boone County</x:v>
+      </x:c>
+      <x:c r="C37" t="str">
+        <x:v>ER</x:v>
+      </x:c>
+      <x:c r="D37" t="str">
+        <x:v>White</x:v>
+      </x:c>
+      <x:c r="E37" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F37" t="str">
+        <x:v>3.27 per 1,000 residents</x:v>
+      </x:c>
+      <x:c r="G37" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H37" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I37" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:9">
+      <x:c r="A38" t="str">
+        <x:v>2011 - 2015</x:v>
+      </x:c>
+      <x:c r="B38" t="str">
+        <x:v>Boone County</x:v>
+      </x:c>
+      <x:c r="C38" t="str">
+        <x:v>ER</x:v>
+      </x:c>
+      <x:c r="D38" t="str">
+        <x:v>Black</x:v>
+      </x:c>
+      <x:c r="E38" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="F38" t="str">
         <x:v>4.79 per 1,000 residents</x:v>
       </x:c>
-      <x:c r="G26" t="str">
-[...5 lines deleted...]
-      <x:c r="I26" t="str">
+      <x:c r="G38" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="H38" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="I38" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>