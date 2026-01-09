--- v2 (2026-01-09)
+++ v3 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c56096158c48dc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d40f98303e6041b1ba7f0f6353294203.psmdcp" Id="Rc95ab830ec294936" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re509ec1bd1454b8d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/beb95de779574bccb97a3108b1693d40.psmdcp" Id="R09319863ba6f47fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>