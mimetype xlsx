--- v3 (2026-01-09)
+++ v4 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re509ec1bd1454b8d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/beb95de779574bccb97a3108b1693d40.psmdcp" Id="R09319863ba6f47fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b728b9db9f4528" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/161666bc2aa34f5d9fb5c6fa16dc8826.psmdcp" Id="R2f114ac870c14239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>