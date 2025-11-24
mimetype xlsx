--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e3eb7b3e4c4799" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00c0eb9b2f2e489fb02d68dc58c5576c.psmdcp" Id="R9e666d5aa58a423e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9bdfd7b059c4eb6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8590d27afcb64025a34ac40c59536490.psmdcp" Id="R5bf823725fcb44f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>