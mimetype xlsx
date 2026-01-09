--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9bdfd7b059c4eb6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8590d27afcb64025a34ac40c59536490.psmdcp" Id="R5bf823725fcb44f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7f6f567b0ce4bfa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9562d0ad6a634adba9af242a5a104fea.psmdcp" Id="R53906a79726e43a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -498,57 +498,57 @@
       </x:c>
       <x:c r="F3" t="str">
         <x:v>48.65 %</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v/>
       </x:c>
       <x:c r="H3" t="str">
         <x:v/>
       </x:c>
       <x:c r="I3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:9">
       <x:c r="A4" t="str">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>Hispanic</x:v>
+        <x:v>Black</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>38.05 %</x:v>
+        <x:v>33.77 %</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v/>
       </x:c>
       <x:c r="H4" t="str">
         <x:v/>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" t="str">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>White</x:v>
       </x:c>
       <x:c r="E5" t="str">
@@ -556,57 +556,57 @@
       </x:c>
       <x:c r="F5" t="str">
         <x:v>55.6 %</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v/>
       </x:c>
       <x:c r="H5" t="str">
         <x:v/>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" t="str">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>Columbia Schools</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>Total</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>Black</x:v>
+        <x:v>Hispanic</x:v>
       </x:c>
       <x:c r="E6" t="str">
         <x:v/>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>33.77 %</x:v>
+        <x:v>38.05 %</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v/>
       </x:c>
       <x:c r="H6" t="str">
         <x:v/>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>University of Missouri</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>12.0000</ap:AppVersion>