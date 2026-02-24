--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,39 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7f6f567b0ce4bfa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9562d0ad6a634adba9af242a5a104fea.psmdcp" Id="R53906a79726e43a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R482a8412f95443e0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ca83606962a4edf929baccce5214419.psmdcp" Id="Re76c85e2ead64076" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <x:bookViews>
     <x:workbookView xWindow="360" yWindow="75" windowWidth="20955" windowHeight="10485"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="1" r:id="ws1"/>
   </x:sheets>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="6">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>